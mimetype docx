--- v0 (2025-11-09)
+++ v1 (2026-02-19)
@@ -147,50 +147,52 @@
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="48"/>
               </w:rPr>
               <w:t xml:space="preserve">Постановление Правительства РФ от 06.10.2025 N 1552</w:t>
               <w:br/>
+              <w:t xml:space="preserve">(ред. от 05.12.2025)</w:t>
+              <w:br/>
               <w:t xml:space="preserve">"О планировании технологической политики в Российской Федерации"</w:t>
               <w:br/>
               <w:t xml:space="preserve">(вместе с "Положением о планировании технологической политики в Российской Федерации", "Методикой оценки уровней готовности технологий", "Методикой оценки уровней готовности производства", "Методикой определения уровня рыночной готовности и коммерциализации высокотехнологичной продукции", "Методикой определения уровней готовности собственных линий разработки технологий")</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="3031" w:hRule="exact"/>
         </w:trPr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
             <w:insideV w:val="nil"/>
             <w:insideH w:val="nil"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10716" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -224,51 +226,51 @@
                   <w:sz w:val="28"/>
                   <w:color w:val="0000ff"/>
                   <w:b w:val="on"/>
                 </w:rPr>
                 <w:t xml:space="preserve">КонсультантПлюс</w:t>
                 <w:br/>
                 <w:br/>
               </w:r>
             </w:hyperlink>
             <w:hyperlink w:history="0" r:id="rId5" w:tooltip="Ссылка на КонсультантПлюс">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:color w:val="0000ff"/>
                   <w:b w:val="on"/>
                 </w:rPr>
                 <w:t xml:space="preserve">www.consultant.ru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:br/>
-              <w:t xml:space="preserve">Дата сохранения: 05.11.2025</w:t>
+              <w:t xml:space="preserve">Дата сохранения: 19.02.2026</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="841" w:right="595" w:bottom="841" w:left="595" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:outlineLvl w:val="0"/>
@@ -343,213 +345,358 @@
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">О ПЛАНИРОВАНИИ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ТЕХНОЛОГИЧЕСКОЙ ПОЛИТИКИ В РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:spacing w:after="1"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:insideH w:val="nil"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="9921"/>
+        <w:gridCol w:w="113"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="60" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="ced3f1"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="113" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="113" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Список изменяющих документов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(в ред. </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId8" w:tooltip="Постановление Правительства РФ от 05.12.2025 N 1990 &quot;О целевых показателях в области технологической политики в Российской Федерации&quot; (вместе с &quot;Правилами измерения и осуществления мониторинга целевых показателей обеспечения технологического лидерства Российской Федерации, среднесрочного и долгосрочного развития технологий в отраслях экономики и мониторинга эффективности технологической политики в Российской Федерации&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Постановления</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства РФ от 05.12.2025 N 1990)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">статьями 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId8" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId9" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">17</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона "О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации" Правительство Российской Федерации постановляет:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Утвердить прилагаемые:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink w:history="0" w:anchor="P45" w:tooltip="ПОЛОЖЕНИЕ">
+      <w:hyperlink w:history="0" w:anchor="P47" w:tooltip="ПОЛОЖЕНИЕ">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Положение</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> о планировании технологической политики в Российской Федерации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink w:history="0" w:anchor="P287" w:tooltip="МЕТОДИКА ОЦЕНКИ УРОВНЕЙ ГОТОВНОСТИ ТЕХНОЛОГИЙ">
+      <w:hyperlink w:history="0" w:anchor="P298" w:tooltip="МЕТОДИКА ОЦЕНКИ УРОВНЕЙ ГОТОВНОСТИ ТЕХНОЛОГИЙ">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">методику</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> оценки уровней готовности технологий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink w:history="0" w:anchor="P401" w:tooltip="МЕТОДИКА ОЦЕНКИ УРОВНЕЙ ГОТОВНОСТИ ПРОИЗВОДСТВА">
+      <w:hyperlink w:history="0" w:anchor="P412" w:tooltip="МЕТОДИКА ОЦЕНКИ УРОВНЕЙ ГОТОВНОСТИ ПРОИЗВОДСТВА">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">методику</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> оценки уровней готовности производства;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink w:history="0" w:anchor="P538" w:tooltip="МЕТОДИКА">
+      <w:hyperlink w:history="0" w:anchor="P549" w:tooltip="МЕТОДИКА">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">методику</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> определения уровня рыночной готовности и коммерциализации высокотехнологичной продукции;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink w:history="0" w:anchor="P669" w:tooltip="МЕТОДИКА">
+      <w:hyperlink w:history="0" w:anchor="P680" w:tooltip="МЕТОДИКА">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">методику</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> определения уровней готовности собственных линий разработки технологий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -617,181 +764,181 @@
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) в течение 10 месяцев со дня вступления в силу настоящего постановления предложения по перечню отраслей экономики и социальной сферы и (или) технологических направлений, по которым необходимо разрабатывать среднесрочные и долгосрочные планы развития технологий, на утверждение в президиум Правительственной комиссии по модернизации экономики и инновационному развитию России с учетом начала реализации указанных планов не ранее 2027 года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Министерству экономического развития Российской Федерации совместно с Федеральной службой по интеллектуальной собственности и иными заинтересованными федеральными органами исполнительной власти и организациями в течение 9 месяцев со дня вступления в силу особенностей реализации национальных проектов по обеспечению технологического лидерства Российской Федерации, связанных с реализацией технологической политики, предусмотренных </w:t>
-      </w:r>
-[...55 lines deleted...]
-        <w:t xml:space="preserve">7. Министерству экономического развития Российской Федерации в течение 11 месяцев со дня вступления в силу особенностей реализации национальных проектов по обеспечению технологического лидерства Российской Федерации, связанных с реализацией технологической политики, предусмотренных </w:t>
       </w:r>
       <w:hyperlink w:history="0" r:id="rId10" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">частью 2 статьи 12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Федерального закона "О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации", обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) утверждение классификатора технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) проведение технологической сессии для определения с учетом актов Президента Российской Федерации и Правительства Российской Федерации отрасли (отраслей) экономики и социальной сферы и (или) технологического направления (технологических направлений), по которым необходимо разрабатывать среднесрочные и долгосрочные планы развития технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Министерству экономического развития Российской Федерации в течение 11 месяцев со дня вступления в силу особенностей реализации национальных проектов по обеспечению технологического лидерства Российской Федерации, связанных с реализацией технологической политики, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId11" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">частью 2 статьи 12</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Федерального закона "О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации":</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) внести в Правительство Российской Федерации проекты актов Правительства Российской Федерации об утверждении перечня критических технологий, об утверждении перечня сквозных технологий и об утверждении перечня видов высокотехнологичной продукции;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) утвердить методические указания (рекомендации) по планированию технологической политики, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P45" w:tooltip="ПОЛОЖЕНИЕ">
+      <w:hyperlink w:history="0" w:anchor="P47" w:tooltip="ПОЛОЖЕНИЕ">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Положением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, утвержденным настоящим постановлением.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Министерству промышленности и торговли Российской Федерации совместно с Министерством экономического развития Российской Федерации, Министерством финансов Российской Федерации, Федеральной антимонопольной службой при участии заинтересованных федеральных органов исполнительной власти в 15-месячный срок со дня вступления в силу настоящего постановления обеспечить возможность обозначения продукции, включенной в перечень видов высокотехнологичной продукции, знаком "ВП" в каталоге продукции, формируемом в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId11" w:tooltip="Постановление Правительства РФ от 17.07.2015 N 719 (ред. от 18.09.2025) &quot;О подтверждении производства российской промышленной продукции&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId12" w:tooltip="Постановление Правительства РФ от 17.07.2015 N 719 (ред. от 27.01.2026) &quot;О подтверждении производства российской промышленной продукции&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Правилами</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> формирования и ведения реестра российской промышленной продукции, составом сведений, включаемых в реестр, порядком включения таких сведений в реестр и исключения их из реестра, в том числе размещения таких сведений в государственной информационной системе промышленности, и порядком предоставления сведений, включенных в реестр, утвержденными постановлением Правительства Российской Федерации от 17 июля 2015 г. N 719 "О подтверждении производства российской промышленной продукции".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -953,88 +1100,233 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">от 6 октября 2025 г. N 1552</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="45" w:name="P45"/>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:id="47" w:name="P47"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ПОЛОЖЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">О ПЛАНИРОВАНИИ ТЕХНОЛОГИЧЕСКОЙ ПОЛИТИКИ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0"/>
+        <w:spacing w:after="1"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblInd w:w="0" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideV w:val="nil"/>
+          <w:insideH w:val="nil"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="9921"/>
+        <w:gridCol w:w="113"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="60" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="ced3f1"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcMar>
+              <w:top w:w="113" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="113" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Список изменяющих документов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(в ред. </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId13" w:tooltip="Постановление Правительства РФ от 05.12.2025 N 1990 &quot;О целевых показателях в области технологической политики в Российской Федерации&quot; (вместе с &quot;Правилами измерения и осуществления мониторинга целевых показателей обеспечения технологического лидерства Российской Федерации, среднесрочного и долгосрочного развития технологий в отраслях экономики и мониторинга эффективности технологической политики в Российской Федерации&quot;) {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Постановления</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства РФ от 05.12.2025 N 1990)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="113" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:shd w:val="clear" w:fill="f4f3f8"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:outlineLvl w:val="1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">I. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1052,215 +1344,215 @@
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Настоящее Положение определяет требования к среднесрочным и долгосрочным планам развития технологий (далее - планы развития технологий), порядок подготовки планов развития технологий, критерии наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, порядок формирования и актуализации перечня критических технологий, порядок формирования и актуализации перечня сквозных технологий, порядок оценки технологий и отнесения их к сквозным технологиям, а также порядок формирования и актуализации перечня видов высокотехнологичной продукции.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. В настоящем Положении используются понятия, предусмотренные Федеральным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId12" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId14" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">законом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации" (далее - Закон о технологической политике), а также следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">"дорожные карты" развития высокотехнологичных направлений" - "дорожные карты" развития высокотехнологичных направлений, реализация которых предусмотрена распоряжениями Правительства Российской Федерации от 28 декабря 2022 г. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId13" w:tooltip="Ссылка на КонсультантПлюс">
+      <w:hyperlink w:history="0" r:id="rId15" w:tooltip="Распоряжение Правительства РФ от 28.12.2022 N 4262-р (ред. от 27.06.2024) &lt;О подписании Соглашения о намерениях между Правительством Российской Федерации и заинтересованными организациями в целях развития высокотехнологичного направления &quot;Квантовые вычисления&quot;&gt; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 4262-р</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28 декабря 2022 г. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId14" w:tooltip="Ссылка на КонсультантПлюс">
+      <w:hyperlink w:history="0" r:id="rId16" w:tooltip="Распоряжение Правительства РФ от 28.12.2022 N 4263-р (ред. от 27.06.2024) &lt;О подписании Соглашения о намерениях между Правительством Российской Федерации и заинтересованными организациями в целях развития высокотехнологичного направления &quot;Новое индустриальное программное обеспечение&quot;&gt; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 4263-р</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28 декабря 2022 г. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId15" w:tooltip="Ссылка на КонсультантПлюс">
+      <w:hyperlink w:history="0" r:id="rId17" w:tooltip="Распоряжение Правительства РФ от 28.12.2022 N 4264-р (ред. от 27.06.2024) &lt;О подписании Соглашения о намерениях между Правительством Российской Федерации и заинтересованными организациями в целях развития высокотехнологичного направления &quot;Новое общесистемное программное обеспечение&quot;&gt; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 4264-р</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28 декабря 2022 г. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId16" w:tooltip="Ссылка на КонсультантПлюс">
+      <w:hyperlink w:history="0" r:id="rId18" w:tooltip="Распоряжение Правительства РФ от 28.12.2022 N 4265-р (ред. от 27.06.2024) &lt;О подписании Соглашения о намерениях между Правительством Российской Федерации и заинтересованными организациями в целях развития высокотехнологичного направления &quot;Квантовые коммуникации&quot;&gt; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 4265-р</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28 декабря 2022 г. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId17" w:tooltip="Ссылка на КонсультантПлюс">
+      <w:hyperlink w:history="0" r:id="rId19" w:tooltip="Распоряжение Правительства РФ от 28.12.2022 N 4266-р (ред. от 27.06.2024) &lt;О подписании Соглашения о намерениях между Правительством Российской Федерации и заинтересованными организациями в целях развития высокотехнологичного направления &quot;Современные и перспективные сети мобильной связи&quot;&gt; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 4266-р</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28 декабря 2022 г. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId18" w:tooltip="Ссылка на КонсультантПлюс">
+      <w:hyperlink w:history="0" r:id="rId20" w:tooltip="Распоряжение Правительства РФ от 28.12.2022 N 4267-р (ред. от 01.08.2024) &lt;О подписании Соглашения о намерениях между Правительством Российской Федерации и заинтересованными организациями в целях развития высокотехнологичного направления &quot;Искусственный интеллект&quot;&gt; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 4267-р</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 31 декабря 2022 г. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId19" w:tooltip="Ссылка на КонсультантПлюс">
+      <w:hyperlink w:history="0" r:id="rId21" w:tooltip="Распоряжение Правительства РФ от 31.12.2022 N 4403-р (ред. от 05.03.2025) &lt;О подписании Соглашений о намерениях между Правительством Российской Федерации и заинтересованными организациями в целях развития высокотехнологичного направления &quot;Технологии новых материалов и веществ&quot;&gt; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 4403-р</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 14 января 2023 г. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId20" w:tooltip="Ссылка на КонсультантПлюс">
+      <w:hyperlink w:history="0" r:id="rId22" w:tooltip="Распоряжение Правительства РФ от 14.01.2023 N 22-р &lt;О подписании соглашений о намерениях между Правительством Российской Федерации и заинтересованными организациями в целях развития высокотехнологичного направления &quot;Перспективные космические системы и сервисы&quot;&gt; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 22-р</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 16 января 2023 г. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId21" w:tooltip="Распоряжение Правительства РФ от 16.01.2023 N 40-р &lt;О подписании соглашений о намерениях между Правительством Российской Федерации и заинтересованными организациями в целях развития высокотехнологичного направления &quot;Развитие водородной энергетики&quot;&gt; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId23" w:tooltip="Распоряжение Правительства РФ от 16.01.2023 N 40-р &lt;О подписании соглашений о намерениях между Правительством Российской Федерации и заинтересованными организациями в целях развития высокотехнологичного направления &quot;Развитие водородной энергетики&quot;&gt; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 40-р</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 16 января 2023 г. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId22" w:tooltip="Ссылка на КонсультантПлюс">
+      <w:hyperlink w:history="0" r:id="rId24" w:tooltip="Распоряжение Правительства РФ от 16.01.2023 N 43-р &lt;Об образовании межведомственной рабочей группы по развитию в Российской Федерации систем накопления электроэнергии&gt; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 43-р</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -1343,51 +1635,51 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">"экспертный совет" - орган по технологической политике в Российской Федерации, формируемый при президиуме Правительственной комиссии по модернизации экономики и инновационному развитию России в целях экспертного сопровождения деятельности указанного президиума. Положение и состав экспертного совета утверждаются президиумом Правительственной комиссии по модернизации экономики и инновационному развитию России.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Не менее половины состава экспертного совета, за исключением представителя российского юридического лица, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId23" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId25" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 6 части 2 статьи 25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о технологической политике (далее - уполномоченная организация), должны составлять представители научно-технического совета Комиссии по научно-технологическому развитию Российской Федерации (далее - Комиссия по научно-технологическому развитию).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -1518,51 +1810,51 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Планы развития технологий разрабатываются на среднесрочный (до 6 лет включительно) и долгосрочный (7 и более лет) периоды с учетом прогноза научно-технологического развития Российской Федерации (далее - прогноз) в целях обеспечения реализации технологической политики.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">9. К планам развития технологий прилагаются методики расчета (измерения) целевых показателей среднесрочного и долгосрочного развития технологий в отраслях экономики, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P91" w:tooltip="15. В планы развития технологий в соответствии с порядком, утверждаемым Правительством Российской Федерации в соответствии с пунктом 1 части 1 статьи 7 Закона о технологической политике, включаются следующие показатели развития технологий:">
+      <w:hyperlink w:history="0" w:anchor="P95" w:tooltip="15. В планы развития технологий в соответствии с порядком, утверждаемым Правительством Российской Федерации в соответствии с пунктом 1 части 1 статьи 7 Закона о технологической политике, включаются следующие показатели развития технологий:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения (далее - показатели развития технологий).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -1576,52 +1868,52 @@
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) перечень создаваемых и (или) развиваемых (совершенствуемых) видов продукции, результатов работ и оказания услуг, планируемых к включению в перечень видов высокотехнологичной продукции (далее - потенциальная высокотехнологичная продукция), с указанием технологий, направленных на создание потенциальной высокотехнологичной продукции, включая технологии, планируемые к включению в перечень критических технологий (далее - потенциальные критические технологии), и (или) технологии, планируемые к включению в перечень сквозных технологий (далее - потенциальные сквозные технологии);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) описание вызовов и трендов, определяющих необходимость создания и (или) развития (совершенствования) потенциальной высокотехнологичной продукции и потенциальных критических технологий и (или) потенциальных сквозных технологий, указанных в плане развития технологий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="77" w:name="P77"/>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:id="81" w:name="P81"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) оценка текущего состояния развития потенциальной высокотехнологичной продукции и потенциальных критических технологий и (или) потенциальных сквозных технологий, указанных в плане развития технологий, в мире и в Российской Федерации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -1648,52 +1940,52 @@
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">е) основные направления развития потенциальной высокотехнологичной продукции и потенциальных критических технологий и (или) потенциальных сквозных технологий, указанных в плане развития технологий, в Российской Федерации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ж) показатели развития технологий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="82" w:name="P82"/>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:id="86" w:name="P86"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">з) перечень мероприятий по созданию и (или) развитию (совершенствованию) потенциальной высокотехнологичной продукции и потенциальных критических технологий и (или) потенциальных сквозных технологий, указанных в плане развития технологий, включая мероприятие по предоставлению информации для формирования отчета о реализации плана развития технологий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -1733,275 +2025,275 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Неурегулированные разногласия по методическим рекомендациям рассматриваются Заместителем Председателя Правительства Российской Федерации (в соответствии с распределением обязанностей), и в отношении указанных разногласий принимаются соответствующие решения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">13. Подготовка раздела плана развития технологий, предусмотренная </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P77" w:tooltip="в) оценка текущего состояния развития потенциальной высокотехнологичной продукции и потенциальных критических технологий и (или) потенциальных сквозных технологий, указанных в плане развития технологий, в мире и в Российской Федерации;">
+      <w:hyperlink w:history="0" w:anchor="P81" w:tooltip="в) оценка текущего состояния развития потенциальной высокотехнологичной продукции и потенциальных критических технологий и (или) потенциальных сквозных технологий, указанных в плане развития технологий, в мире и в Российской Федерации;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "в" пункта 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, осуществляется в том числе на основе анализа патентной информации и тенденций патентования, иных источников научных знаний (в том числе научных публикаций, аналитических исследований, монографий, отчетов о результатах научных исследований и разработок, конструкторской документации), статистической информации, тенденций развития науки и технологий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Анализ патентной информации и тенденций патентования для формирования планов развития технологий должен проводиться в соответствии с методическими рекомендациями и с применением государственной информационной системы "Поддержки управленческих решений в сфере интеллектуальной собственности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="89" w:name="P89"/>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:id="93" w:name="P93"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">14. Перечень мероприятий, предусмотренный </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P82" w:tooltip="з) перечень мероприятий по созданию и (или) развитию (совершенствованию) потенциальной высокотехнологичной продукции и потенциальных критических технологий и (или) потенциальных сквозных технологий, указанных в плане развития технологий, включая мероприятие по предоставлению информации для формирования отчета о реализации плана развития технологий;">
+      <w:hyperlink w:history="0" w:anchor="P86" w:tooltip="з) перечень мероприятий по созданию и (или) развитию (совершенствованию) потенциальной высокотехнологичной продукции и потенциальных критических технологий и (или) потенциальных сквозных технологий, указанных в плане развития технологий, включая мероприятие по предоставлению информации для формирования отчета о реализации плана развития технологий;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "з" пункта 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, должен включать в себя сведения об относящихся к плану развития технологий мероприятиях национальных проектов, государственных программ Российской Федерации, программ инновационного развития организаций с государственным участием, проектов по развитию сквозных технологий, мероприятиях агентов развития технологий и других необходимых мероприятиях.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">По решению разработчика с предварительным уведомлением об этом Министерства экономического развития Российской Федерации при направлении проекта плана развития технологий на согласование положения </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P89" w:tooltip="14. Перечень мероприятий, предусмотренный подпунктом &quot;з&quot; пункта 10 настоящего Положения, должен включать в себя сведения об относящихся к плану развития технологий мероприятиях национальных проектов, государственных программ Российской Федерации, программ инновационного развития организаций с государственным участием, проектов по развитию сквозных технологий, мероприятиях агентов развития технологий и других необходимых мероприятиях.">
+      <w:hyperlink w:history="0" w:anchor="P93" w:tooltip="14. Перечень мероприятий, предусмотренный подпунктом &quot;з&quot; пункта 10 настоящего Положения, должен включать в себя сведения об относящихся к плану развития технологий мероприятиях национальных проектов, государственных программ Российской Федерации, программ инновационного развития организаций с государственным участием, проектов по развитию сквозных технологий, мероприятиях агентов развития технологий и других необходимых мероприятиях.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаца первого</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта могут не применяться.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="91" w:name="P91"/>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:id="95" w:name="P95"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">15. В планы развития технологий в соответствии с порядком, утверждаемым Правительством Российской Федерации в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId24" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId26" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 1 части 1 статьи 7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о технологической политике, включаются следующие показатели развития технологий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="92" w:name="P92"/>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:id="96" w:name="P96"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) достигнутый уровень технологической независимости по отрасли (отраслям) экономики, здравоохранению и иным отраслям социальной сферы и (или) технологическому направлению (технологическим направлениям);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="93" w:name="P93"/>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:id="97" w:name="P97"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) достигнутый уровень превосходства по приоритетной высокотехнологичной продукции над зарубежными аналогами.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">16. Методики расчета показателей развития технологий разрабатываются с учетом требований, предусмотренных порядком, утверждаемым Правительством Российской Федерации в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId25" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId27" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 1 части 1 статьи 7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о технологической политике, и методическими рекомендациями.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Показатель развития технологий, указанный в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P92" w:tooltip="а) достигнутый уровень технологической независимости по отрасли (отраслям) экономики, здравоохранению и иным отраслям социальной сферы и (или) технологическому направлению (технологическим направлениям);">
+      <w:hyperlink w:history="0" w:anchor="P96" w:tooltip="а) достигнутый уровень технологической независимости по отрасли (отраслям) экономики, здравоохранению и иным отраслям социальной сферы и (или) технологическому направлению (технологическим направлениям);">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпункте "а" пункта 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, рассчитывается по всей номенклатуре видов высокотехнологичной продукции, включенной в планы развития технологий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Показатель развития технологий, указанный в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P93" w:tooltip="б) достигнутый уровень превосходства по приоритетной высокотехнологичной продукции над зарубежными аналогами.">
+      <w:hyperlink w:history="0" w:anchor="P97" w:tooltip="б) достигнутый уровень превосходства по приоритетной высокотехнологичной продукции над зарубежными аналогами.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпункте "б" пункта 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, рассчитывается по части номенклатуры видов высокотехнологичной продукции (отдельным ее позициям), включенной в планы развития технологий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -2023,140 +2315,140 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:outlineLvl w:val="1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">III. Порядок подготовки планов развития технологий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="101" w:name="P101"/>
-[...59 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:id="105" w:name="P105"/>
     <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:lineRule="auto"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">г) экспертиза проекта плана развития технологий;</w:t>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Порядок подготовки плана развития технологий включает в себя следующие этапы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="106" w:name="P106"/>
     <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">а) инициирование разработки плана развития технологий (проведение сессии для определения отрасли (отраслей) экономики и социальной сферы и (или) технологического направления (технологических направлений), по которым необходимо разработать планы развития технологий (далее - сессия по направлениям разработки планов развития технологий);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="107" w:name="P107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) проведение сессии для разработки плана развития технологий, по итогам которой определяются структура и содержание плана развития технологий (далее - сессия по плану развития технологий), либо подготовка аналитического обзора по плану развития технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) формирование проекта плана развития технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="109" w:name="P109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г) экспертиза проекта плана развития технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="110" w:name="P110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">д) согласование проекта плана развития технологий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">е) рассмотрение проекта плана развития технологий на заседаниях президиума Комиссии по научно-технологическому развитию и президиума Правительственной комиссии по модернизации экономики и инновационному развитию России (далее - президиум Правительственной комиссии по модернизации экономики);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2171,139 +2463,139 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">з) приведение (при необходимости) государственных программ Российской Федерации и их структурных элементов (за исключением федеральных проектов, входящих в состав национальных проектов), национальных проектов в части, касающейся кадрового и научного обеспечения плана развития технологий, государственных заданий в соответствие с проектом плана развития технологий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">18. Актуализация плана развития технологий проводится при необходимости. Актуализация плана развития технологий проводится в порядке, аналогичном порядку подготовки плана развития технологий, указанному в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P101" w:tooltip="17. Порядок подготовки плана развития технологий включает в себя следующие этапы:">
+      <w:hyperlink w:history="0" w:anchor="P105" w:tooltip="17. Порядок подготовки плана развития технологий включает в себя следующие этапы:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 17</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">По решению разработчика этапы, указанные в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P102" w:tooltip="а) инициирование разработки плана развития технологий (проведение сессии для определения отрасли (отраслей) экономики и социальной сферы и (или) технологического направления (технологических направлений), по которым необходимо разработать планы развития технологий (далее - сессия по направлениям разработки планов развития технологий);">
+      <w:hyperlink w:history="0" w:anchor="P106" w:tooltip="а) инициирование разработки плана развития технологий (проведение сессии для определения отрасли (отраслей) экономики и социальной сферы и (или) технологического направления (технологических направлений), по которым необходимо разработать планы развития технологий (далее - сессия по направлениям разработки планов развития технологий);">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктах "а"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P103" w:tooltip="б) проведение сессии для разработки плана развития технологий, по итогам которой определяются структура и содержание плана развития технологий (далее - сессия по плану развития технологий), либо подготовка аналитического обзора по плану развития технологий;">
+      <w:hyperlink w:history="0" w:anchor="P107" w:tooltip="б) проведение сессии для разработки плана развития технологий, по итогам которой определяются структура и содержание плана развития технологий (далее - сессия по плану развития технологий), либо подготовка аналитического обзора по плану развития технологий;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"б" пункта 17</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, могут не применяться при актуализации плана развития технологий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">19. Инициирование разработки плана развития технологий (проведение сессии по направлениям разработки планов развития технологий) осуществляется в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P119" w:tooltip="21. Технологическая сессия включает в себя следующие этапы:">
+      <w:hyperlink w:history="0" w:anchor="P123" w:tooltip="21. Технологическая сессия включает в себя следующие этапы:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 21</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P126" w:tooltip="23. При проведении технологической сессии могут применяться методики прогнозирования в формате патентного анализа, анализа рынков профильной продукции, обратного инжиниринга, эвристического подхода с использованием мнений ведущих научно-технических специалистов о степени перспективности технологий.">
+      <w:hyperlink w:history="0" w:anchor="P130" w:tooltip="23. При проведении технологической сессии могут применяться методики прогнозирования в формате патентного анализа, анализа рынков профильной продукции, обратного инжиниринга, эвристического подхода с использованием мнений ведущих научно-технических специалистов о степени перспективности технологий.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">23</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -2330,126 +2622,126 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Перечень направлений по разработке планов развития технологий рассматривается и утверждается на заседании президиума Правительственной комиссии по модернизации экономики.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">20. На этапе, указанном в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P103" w:tooltip="б) проведение сессии для разработки плана развития технологий, по итогам которой определяются структура и содержание плана развития технологий (далее - сессия по плану развития технологий), либо подготовка аналитического обзора по плану развития технологий;">
+      <w:hyperlink w:history="0" w:anchor="P107" w:tooltip="б) проведение сессии для разработки плана развития технологий, по итогам которой определяются структура и содержание плана развития технологий (далее - сессия по плану развития технологий), либо подготовка аналитического обзора по плану развития технологий;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпункте "б" пункта 17</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, разработчик принимает решение о проведении сессии по плану развития технологий либо о подготовке аналитического обзора по плану развития технологий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Проведение сессии по плану развития технологий осуществляется в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P119" w:tooltip="21. Технологическая сессия включает в себя следующие этапы:">
+      <w:hyperlink w:history="0" w:anchor="P123" w:tooltip="21. Технологическая сессия включает в себя следующие этапы:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 21</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P126" w:tooltip="23. При проведении технологической сессии могут применяться методики прогнозирования в формате патентного анализа, анализа рынков профильной продукции, обратного инжиниринга, эвристического подхода с использованием мнений ведущих научно-технических специалистов о степени перспективности технологий.">
+      <w:hyperlink w:history="0" w:anchor="P130" w:tooltip="23. При проведении технологической сессии могут применяться методики прогнозирования в формате патентного анализа, анализа рынков профильной продукции, обратного инжиниринга, эвристического подхода с использованием мнений ведущих научно-технических специалистов о степени перспективности технологий.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">23</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения и методическими рекомендациями, включающими в себя указания (рекомендации) по проведению технологических сессий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Подготовка аналитического обзора по плану развития технологий осуществляется с учетом требований методических рекомендаций, включающих в себя указания (рекомендации) по подготовке аналитического обзора по плану развития технологий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="119" w:name="P119"/>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:id="123" w:name="P123"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">21. Технологическая сессия включает в себя следующие этапы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -2502,468 +2794,468 @@
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">22. К проведению технологической сессии разработчик привлекает на добровольной основе ведущих российских ученых, включая членов Российской академии наук, руководителей, ответственных за научно-технологическое развитие, и (или) их представителей, представителей заинтересованных федеральных органов исполнительной власти, бизнеса и агентов развития технологий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">При необходимости к проведению технологической сессии разработчик может привлекать на добровольной основе иных заинтересованных лиц.</w:t>
-      </w:r>
-[...56 lines deleted...]
-        <w:t xml:space="preserve">25. Технологии, отнесенные к критическим технологиям и (или) сквозным технологиям в рамках утвержденных Правительством Российской Федерации планов развития технологий, включаются в перечень критических технологий и перечень сквозных технологий соответственно.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="130" w:name="P130"/>
     <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">23. При проведении технологической сессии могут применяться методики прогнозирования в формате патентного анализа, анализа рынков профильной продукции, обратного инжиниринга, эвристического подхода с использованием мнений ведущих научно-технических специалистов о степени перспективности технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. Проект плана развития технологий формируется разработчиком в цифровом виде и в установленном порядке утверждается Правительством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Российская академия наук, руководители, ответственные за научно-технологическое развитие, федеральные органы исполнительной власти, агенты развития технологий и иные юридические лица, включая организации с государственным участием, вправе представлять разработчику предложения по содержанию плана развития технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. Технологии, отнесенные к критическим технологиям и (или) сквозным технологиям в рамках утвержденных Правительством Российской Федерации планов развития технологий, включаются в перечень критических технологий и перечень сквозных технологий соответственно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="134" w:name="P134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Одновременно с проектом плана развития технологий разработчик готовит проекты актов Правительства Российской Федерации о внесении изменений в перечень видов высокотехнологичной продукции, перечень критических технологий и (или) перечень сквозных технологий (в зависимости от наличия потенциальных критических технологий и (или) потенциальных сквозных технологий в проекте плана развития технологий), а также при необходимости в иные акты Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Указанные в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P130" w:tooltip="Одновременно с проектом плана развития технологий разработчик готовит проекты актов Правительства Российской Федерации о внесении изменений в перечень видов высокотехнологичной продукции, перечень критических технологий и (или) перечень сквозных технологий (в зависимости от наличия потенциальных критических технологий и (или) потенциальных сквозных технологий в проекте плана развития технологий), а также при необходимости в иные акты Правительства Российской Федерации.">
+      <w:hyperlink w:history="0" w:anchor="P134" w:tooltip="Одновременно с проектом плана развития технологий разработчик готовит проекты актов Правительства Российской Федерации о внесении изменений в перечень видов высокотехнологичной продукции, перечень критических технологий и (или) перечень сквозных технологий (в зависимости от наличия потенциальных критических технологий и (или) потенциальных сквозных технологий в проекте плана развития технологий), а также при необходимости в иные акты Правительства Российской Федерации.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце втором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта проекты актов Правительства Российской Федерации подготавливаются в рамках этапа формирования проекта плана развития технологий и вместе с проектом плана развития технологий проходят этапы, указанные в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P105" w:tooltip="г) экспертиза проекта плана развития технологий;">
+      <w:hyperlink w:history="0" w:anchor="P109" w:tooltip="г) экспертиза проекта плана развития технологий;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктах "г"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P106" w:tooltip="д) согласование проекта плана развития технологий;">
+      <w:hyperlink w:history="0" w:anchor="P110" w:tooltip="д) согласование проекта плана развития технологий;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"д" пункта 17</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, а также рассмотрение на заседании президиума Правительственной комиссии по модернизации экономики.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">26. Сформированный разработчиком проект плана развития технологий направляется на экспертизу и согласование в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P133" w:tooltip="27. Экспертиза проекта плана развития технологий проводится экспертным советом, а также по решению разработчика агентами развития технологий и (или) иными юридическими лицами (далее - экспертные организации) в течение 20 рабочих дней со дня поступления проекта плана развития технологий в экспертную организацию. В случае отсутствия результатов экспертизы в указанный срок проект плана развития технологий считается прошедшим экспертизу экспертным советом и экспертной организацией.">
+      <w:hyperlink w:history="0" w:anchor="P137" w:tooltip="27. Экспертиза проекта плана развития технологий проводится экспертным советом, а также по решению разработчика агентами развития технологий и (или) иными юридическими лицами (далее - экспертные организации) в течение 20 рабочих дней со дня поступления проекта плана развития технологий в экспертную организацию. В случае отсутствия результатов экспертизы в указанный срок проект плана развития технологий считается прошедшим экспертизу экспертным советом и экспертной организацией.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 27</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P139" w:tooltip="29. Проект плана развития технологий по итогам согласования, указанного в пункте 28 настоящего Положения, направляется разработчиком на согласование заместителям Председателя Правительства Российской Федерации, координирующим (в соответствии с распределением обязанностей) разработку и реализацию государственных программ Российской Федерации и национальных проектов, изменение которых потребуется в связи с утверждением такого проекта.">
+      <w:hyperlink w:history="0" w:anchor="P143" w:tooltip="29. Проект плана развития технологий по итогам согласования, указанного в пункте 28 настоящего Положения, направляется разработчиком на согласование заместителям Председателя Правительства Российской Федерации, координирующим (в соответствии с распределением обязанностей) разработку и реализацию государственных программ Российской Федерации и национальных проектов, изменение которых потребуется в связи с утверждением такого проекта.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">29</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="133" w:name="P133"/>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:id="137" w:name="P137"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">27. Экспертиза проекта плана развития технологий проводится экспертным советом, а также по решению разработчика агентами развития технологий и (или) иными юридическими лицами (далее - экспертные организации) в течение 20 рабочих дней со дня поступления проекта плана развития технологий в экспертную организацию. В случае отсутствия результатов экспертизы в указанный срок проект плана развития технологий считается прошедшим экспертизу экспертным советом и экспертной организацией.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Экспертиза проекта плана развития технологий включает в себя в том числе оценку потенциальных критических технологий на соответствие требованиям к критическим технологиям, установленным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P207" w:tooltip="52. Потенциальная критическая технология определяется как критическая технология при условии ее соответствия каждому из следующих требований к критическим технологиям:">
+      <w:hyperlink w:history="0" w:anchor="P218" w:tooltip="52. Потенциальная критическая технология определяется как критическая технология при условии ее соответствия каждому из следующих требований к критическим технологиям:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 52</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, а также оценку потенциальных сквозных технологий на соответствие требованиям к сквозным технологиям и оценку потенциальной высокотехнологичной продукции на соответствие требованиям к видам высокотехнологичной продукции, установленным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P233" w:tooltip="60. Потенциальная сквозная технология определяется как сквозная технология при условии ее соответствия каждому из следующих требований к сквозным технологиям:">
+      <w:hyperlink w:history="0" w:anchor="P244" w:tooltip="60. Потенциальная сквозная технология определяется как сквозная технология при условии ее соответствия каждому из следующих требований к сквозным технологиям:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 60</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P266" w:tooltip="69. Потенциальная высокотехнологичная продукция определяется как вид высокотехнологичной продукции при условии ее соответствия каждому из следующих требований к видам высокотехнологичной продукции:">
+      <w:hyperlink w:history="0" w:anchor="P277" w:tooltip="69. Потенциальная высокотехнологичная продукция определяется как вид высокотехнологичной продукции при условии ее соответствия каждому из следующих требований к видам высокотехнологичной продукции:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">69</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения соответственно.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Экспертный совет и экспертные организации при проведении экспертизы проекта плана развития технологий должны руководствоваться методическими рекомендациями, включающими в себя указания (рекомендации) по проведению экспертизы по вопросам технологической политики и определение предмета такой экспертизы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Результаты экспертизы проекта плана развития технологий представляются экспертным советом и экспертными организациями разработчику, в Министерство экономического развития Российской Федерации и заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="137" w:name="P137"/>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:id="141" w:name="P141"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">28. Проект плана развития технологий направляется разработчиком на согласование в Министерство экономического развития Российской Федерации, Министерство финансов Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае непредставления в течение 35 рабочих дней согласующим, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P137" w:tooltip="28. Проект плана развития технологий направляется разработчиком на согласование в Министерство экономического развития Российской Федерации, Министерство финансов Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
+      <w:hyperlink w:history="0" w:anchor="P141" w:tooltip="28. Проект плана развития технологий направляется разработчиком на согласование в Министерство экономического развития Российской Федерации, Министерство финансов Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, за исключением Центрального банка Российской Федерации, своей позиции проект плана развития технологий считается согласованным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="139" w:name="P139"/>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:id="143" w:name="P143"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">29. Проект плана развития технологий по итогам согласования, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P137" w:tooltip="28. Проект плана развития технологий направляется разработчиком на согласование в Министерство экономического развития Российской Федерации, Министерство финансов Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
+      <w:hyperlink w:history="0" w:anchor="P141" w:tooltip="28. Проект плана развития технологий направляется разработчиком на согласование в Министерство экономического развития Российской Федерации, Министерство финансов Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 28</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, направляется разработчиком на согласование заместителям Председателя Правительства Российской Федерации, координирующим (в соответствии с распределением обязанностей) разработку и реализацию государственных программ Российской Федерации и национальных проектов, изменение которых потребуется в связи с утверждением такого проекта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае непредставления в течение 20 рабочих дней согласующим, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P139" w:tooltip="29. Проект плана развития технологий по итогам согласования, указанного в пункте 28 настоящего Положения, направляется разработчиком на согласование заместителям Председателя Правительства Российской Федерации, координирующим (в соответствии с распределением обязанностей) разработку и реализацию государственных программ Российской Федерации и национальных проектов, изменение которых потребуется в связи с утверждением такого проекта.">
+      <w:hyperlink w:history="0" w:anchor="P143" w:tooltip="29. Проект плана развития технологий по итогам согласования, указанного в пункте 28 настоящего Положения, направляется разработчиком на согласование заместителям Председателя Правительства Российской Федерации, координирующим (в соответствии с распределением обязанностей) разработку и реализацию государственных программ Российской Федерации и национальных проектов, изменение которых потребуется в связи с утверждением такого проекта.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, своей позиции проект плана развития технологий считается согласованным.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="141" w:name="P141"/>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:id="145" w:name="P145"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">30. После проведения экспертизы и согласования проекта плана развития технологий в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P133" w:tooltip="27. Экспертиза проекта плана развития технологий проводится экспертным советом, а также по решению разработчика агентами развития технологий и (или) иными юридическими лицами (далее - экспертные организации) в течение 20 рабочих дней со дня поступления проекта плана развития технологий в экспертную организацию. В случае отсутствия результатов экспертизы в указанный срок проект плана развития технологий считается прошедшим экспертизу экспертным советом и экспертной организацией.">
+      <w:hyperlink w:history="0" w:anchor="P137" w:tooltip="27. Экспертиза проекта плана развития технологий проводится экспертным советом, а также по решению разработчика агентами развития технологий и (или) иными юридическими лицами (далее - экспертные организации) в течение 20 рабочих дней со дня поступления проекта плана развития технологий в экспертную организацию. В случае отсутствия результатов экспертизы в указанный срок проект плана развития технологий считается прошедшим экспертизу экспертным советом и экспертной организацией.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 27</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P139" w:tooltip="29. Проект плана развития технологий по итогам согласования, указанного в пункте 28 настоящего Положения, направляется разработчиком на согласование заместителям Председателя Правительства Российской Федерации, координирующим (в соответствии с распределением обязанностей) разработку и реализацию государственных программ Российской Федерации и национальных проектов, изменение которых потребуется в связи с утверждением такого проекта.">
+      <w:hyperlink w:history="0" w:anchor="P143" w:tooltip="29. Проект плана развития технологий по итогам согласования, указанного в пункте 28 настоящего Положения, направляется разработчиком на согласование заместителям Председателя Правительства Российской Федерации, координирующим (в соответствии с распределением обязанностей) разработку и реализацию государственных программ Российской Федерации и национальных проектов, изменение которых потребуется в связи с утверждением такого проекта.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">29</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения указанный проект с приложением результатов экспертизы и согласования направляется разработчиком на рассмотрение на заседании президиума Комиссии по научно-технологическому развитию. По итогам рассмотрения проекта плана развития технологий президиумом Комиссии по научно-технологическому развитию принимается одно из следующих решений:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -2977,231 +3269,231 @@
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) согласование проекта плана развития технологий с необходимостью его доработки;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) несогласование проекта плана развития технологий с необходимостью его доработки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="145" w:name="P145"/>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:id="149" w:name="P149"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">31. Проект плана развития технологий после рассмотрения в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P141" w:tooltip="30. После проведения экспертизы и согласования проекта плана развития технологий в соответствии с пунктами 27 - 29 настоящего Положения указанный проект с приложением результатов экспертизы и согласования направляется разработчиком на рассмотрение на заседании президиума Комиссии по научно-технологическому развитию. По итогам рассмотрения проекта плана развития технологий президиумом Комиссии по научно-технологическому развитию принимается одно из следующих решений:">
+      <w:hyperlink w:history="0" w:anchor="P145" w:tooltip="30. После проведения экспертизы и согласования проекта плана развития технологий в соответствии с пунктами 27 - 29 настоящего Положения указанный проект с приложением результатов экспертизы и согласования направляется разработчиком на рассмотрение на заседании президиума Комиссии по научно-технологическому развитию. По итогам рассмотрения проекта плана развития технологий президиумом Комиссии по научно-технологическому развитию принимается одно из следующих решений:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 30</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения направляется разработчиком на рассмотрение на заседании президиума Правительственной комиссии по модернизации экономики с приложением результатов экспертизы и согласования указанного проекта, а также решения, принятого президиумом Комиссии по научно-технологическому развитию. По итогам рассмотрения проекта плана развития технологий президиумом Правительственной комиссии по модернизации экономики принимается одно из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="146" w:name="P146"/>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:id="150" w:name="P150"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) согласование проекта плана развития технологий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="147" w:name="P147"/>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:id="151" w:name="P151"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) согласование проекта плана развития технологий с необходимостью его доработки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="148" w:name="P148"/>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:id="152" w:name="P152"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) несогласование проекта плана развития технологий с необходимостью его доработки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">32. В случае принятия президиумом Правительственной комиссии по модернизации экономики решения, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P146" w:tooltip="а) согласование проекта плана развития технологий;">
+      <w:hyperlink w:history="0" w:anchor="P150" w:tooltip="а) согласование проекта плана развития технологий;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпункте "а" пункта 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, проект плана развития технологий вносится в Правительство Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае принятия президиумом Правительственной комиссии по модернизации экономики решения, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P147" w:tooltip="б) согласование проекта плана развития технологий с необходимостью его доработки;">
+      <w:hyperlink w:history="0" w:anchor="P151" w:tooltip="б) согласование проекта плана развития технологий с необходимостью его доработки;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпункте "б" пункта 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, проект плана развития технологий дорабатывается и вносится в Правительство Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае принятия президиумом Правительственной комиссии по модернизации экономики решения, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P148" w:tooltip="в) несогласование проекта плана развития технологий с необходимостью его доработки.">
+      <w:hyperlink w:history="0" w:anchor="P152" w:tooltip="в) несогласование проекта плана развития технологий с необходимостью его доработки.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпункте "в" пункта 31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, проект плана развития технологий дорабатывается и повторно проходит процедуры, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P133" w:tooltip="27. Экспертиза проекта плана развития технологий проводится экспертным советом, а также по решению разработчика агентами развития технологий и (или) иными юридическими лицами (далее - экспертные организации) в течение 20 рабочих дней со дня поступления проекта плана развития технологий в экспертную организацию. В случае отсутствия результатов экспертизы в указанный срок проект плана развития технологий считается прошедшим экспертизу экспертным советом и экспертной организацией.">
+      <w:hyperlink w:history="0" w:anchor="P137" w:tooltip="27. Экспертиза проекта плана развития технологий проводится экспертным советом, а также по решению разработчика агентами развития технологий и (или) иными юридическими лицами (далее - экспертные организации) в течение 20 рабочих дней со дня поступления проекта плана развития технологий в экспертную организацию. В случае отсутствия результатов экспертизы в указанный срок проект плана развития технологий считается прошедшим экспертизу экспертным советом и экспертной организацией.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 27</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P145" w:tooltip="31. Проект плана развития технологий после рассмотрения в соответствии с пунктом 30 настоящего Положения направляется разработчиком на рассмотрение на заседании президиума Правительственной комиссии по модернизации экономики с приложением результатов экспертизы и согласования указанного проекта, а также решения, принятого президиумом Комиссии по научно-технологическому развитию. По итогам рассмотрения проекта плана развития технологий президиумом Правительственной комиссии по модернизации экономики прини...">
+      <w:hyperlink w:history="0" w:anchor="P149" w:tooltip="31. Проект плана развития технологий после рассмотрения в соответствии с пунктом 30 настоящего Положения направляется разработчиком на рассмотрение на заседании президиума Правительственной комиссии по модернизации экономики с приложением результатов экспертизы и согласования указанного проекта, а также решения, принятого президиумом Комиссии по научно-технологическому развитию. По итогам рассмотрения проекта плана развития технологий президиумом Правительственной комиссии по модернизации экономики прини...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -3214,80 +3506,80 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">34. В случае если утверждение плана развития технологий влечет за собой необходимость изменения государственных программ Российской Федерации и (или) их структурных элементов (за исключением федеральных проектов, входящих в состав национальных проектов), национальных проектов в части, касающейся кадрового и научного обеспечения плана развития технологий, государственных заданий, разработчиком совместно с заинтересованными федеральными органами исполнительной власти и (или) иными государственными органами и организациями (при необходимости) формируются:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) единые запросы на изменение государственных программ Российской Федерации, подлежащие согласованию и утверждению в порядке, предусмотренном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId26" w:tooltip="Постановление Правительства РФ от 26.05.2021 N 786 (ред. от 02.08.2025) &quot;О системе управления государственными программами Российской Федерации&quot; (вместе с &quot;Положением о системе управления государственными программами Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId28" w:tooltip="Постановление Правительства РФ от 26.05.2021 N 786 (ред. от 02.08.2025) &quot;О системе управления государственными программами Российской Федерации&quot; (вместе с &quot;Положением о системе управления государственными программами Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 39</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения о системе управления государственными программами Российской Федерации, утвержденного постановлением Правительства Российской Федерации от 26 мая 2021 г. N 786 "О системе управления государственными программами Российской Федерации", с учетом вступления в силу указанных единых запросов в течение 30 дней со дня утверждения плана развития технологий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) единые запросы на изменение национальных проектов и федеральных проектов, входящих в состав национальных проектов, подлежащие согласованию и утверждению в порядке, предусмотренном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId27" w:tooltip="Постановление Правительства РФ от 31.10.2018 N 1288 (ред. от 02.08.2025) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId29" w:tooltip="Постановление Правительства РФ от 31.10.2018 N 1288 (ред. от 06.11.2025) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 31 октября 2018 г. N 1288 "Об организации проектной деятельности в Правительстве Российской Федерации", в части, касающейся кадрового и научного обеспечения плана развития технологий, с учетом вступления в силу указанных единых запросов в течение 30 дней со дня утверждения плана развития технологий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -3298,110 +3590,137 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">35. Технологии, предусмотренные в рамках утвержденных Правительством Российской Федерации планов развития технологий, включаются в классификатор технологий, который формируется уполномоченной организацией с учетом указаний (рекомендаций) по формированию классификатора технологий, предусмотренных методическими рекомендациями.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">36. Экспертиза отчета о реализации плана развития технологий проводится экспертным советом, а также по решению разработчика - экспертными организациями. Ежегодно, до 15 марта года, следующего за отчетным годом, разработчик направляет на экспертизу в экспертный совет и экспертные организации отчет о реализации плана развития технологий, который должен в том числе содержать следующие разделы:</w:t>
+        <w:t xml:space="preserve">36. Экспертиза отчета о реализации плана развития технологий проводится экспертным советом, а также по решению разработчика - экспертными организациями. Ежегодно, до 7 марта года, следующего за отчетным годом, разработчик направляет на экспертизу в экспертный совет и экспертные организации отчет о реализации плана развития технологий, который должен в том числе содержать следующие разделы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId30" w:tooltip="Постановление Правительства РФ от 05.12.2025 N 1990 &quot;О целевых показателях в области технологической политики в Российской Федерации&quot; (вместе с &quot;Правилами измерения и осуществления мониторинга целевых показателей обеспечения технологического лидерства Российской Федерации, среднесрочного и долгосрочного развития технологий в отраслях экономики и мониторинга эффективности технологической политики в Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.12.2025 N 1990)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">статус развития технологий и видов высокотехнологичной продукции, указанных в плане развития технологий (по уровню готовности технологий, по уровню готовности производства и иным компонентам, указанным в методических рекомендациях);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">статус достижения показателей развития технологий по каждой технологии и каждому виду высокотехнологичной продукции, указанным в плане развития технологий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">перечень лиц, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId28" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId31" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктах 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId29" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId32" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">3 части 1 статьи 13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о технологической политике, по каждой технологии и каждому виду высокотехнологичной продукции, указанным в плане развития технологий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -3429,348 +3748,497 @@
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">предложения по корректировке плана развития технологий (при наличии).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Отчет о реализации плана развития технологий должен быть подготовлен с учетом методических рекомендаций, включающих в себя указания (рекомендации) по отчету о реализации плана развития технологий и форму этого отчета. Отчет о реализации плана развития технологий формируется разработчиком в цифровом виде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="166" w:name="P166"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">37. Экспертный совет и экспертные организации до 10 апреля года, следующего за отчетным годом, проводят экспертизу отчета о реализации плана развития технологий. Экспертные заключения по итогам экспертизы отчета о реализации плана развития технологий (далее - экспертные заключения) направляются разработчику. В случае отсутствия экспертных заключений в указанный срок отчет о реализации плана развития технологий считается прошедшим экспертизу экспертным советом и экспертной организацией.</w:t>
+    <w:bookmarkStart w:id="171" w:name="P171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37. Экспертный совет и экспертные организации до 25 марта года, следующего за отчетным годом, проводят экспертизу отчета о реализации плана развития технологий. Экспертные заключения по итогам экспертизы отчета о реализации плана развития технологий (далее - экспертные заключения) направляются разработчику, в Министерство экономического развития Российской Федерации и президиум Комиссии по научно-технологическому развитию. В случае отсутствия экспертных заключений в указанный срок фиксируется факт отсутствия экспертных заключений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId33" w:tooltip="Постановление Правительства РФ от 05.12.2025 N 1990 &quot;О целевых показателях в области технологической политики в Российской Федерации&quot; (вместе с &quot;Правилами измерения и осуществления мониторинга целевых показателей обеспечения технологического лидерства Российской Федерации, среднесрочного и долгосрочного развития технологий в отраслях экономики и мониторинга эффективности технологической политики в Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.12.2025 N 1990)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Экспертный совет и экспертные организации при проведении экспертизы отчета о реализации плана развития технологий должны руководствоваться методическими рекомендациями, включающими в себя указания (рекомендации) по проведению экспертизы по вопросам технологической политики и определение предмета такой экспертизы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Экспертные заключения могут приниматься во внимание президиумом Правительственной комиссии по модернизации экономики и президиумом Комиссии по научно-технологическому развитию при принятии решений, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P170" w:tooltip="39. Отчет о реализации плана развития технологий рассматривается на заседании президиума Комиссии по научно-технологическому развитию до 5 мая года, следующего за отчетным годом. По итогам рассмотрения материалов, указанных в пункте 38 настоящего Положения, президиумом Комиссии по научно-технологическому развитию принимается одно из следующих решений:">
+      <w:hyperlink w:history="0" w:anchor="P177" w:tooltip="39. Отчет о реализации плана развития технологий рассматривается на заседании президиума Комиссии по научно-технологическому развитию до 3 апреля года, следующего за отчетным годом. По итогам рассмотрения материалов, указанных в пункте 38 настоящего Положения, президиумом Комиссии по научно-технологическому развитию принимается одно из следующих решений:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктах 39</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P175" w:tooltip="41. Отчет о реализации плана развития технологий рассматривается на заседании президиума Правительственной комиссии по модернизации экономики до 1 июня года, следующего за отчетным годом. По итогам рассмотрения отчета о реализации плана развития технологий и материалов, указанных в пункте 40 настоящего Положения, президиумом Правительственной комиссии по модернизации экономики принимается одно из следующих решений:">
+      <w:hyperlink w:history="0" w:anchor="P185" w:tooltip="41. Отчет о реализации плана развития технологий рассматривается на заседании президиума Правительственной комиссии по модернизации экономики до 1 мая года, следующего за отчетным годом. По итогам рассмотрения отчета о реализации плана развития технологий и материалов, указанных в пункте 40 настоящего Положения, президиумом Правительственной комиссии по модернизации экономики принимается одно из следующих решений:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">41</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="169" w:name="P169"/>
-[...30 lines deleted...]
-      <w:hyperlink w:history="0" w:anchor="P169" w:tooltip="38. Разработчик до 20 апреля года, следующего за отчетным годом, направляет отчет о реализации плана развития технологий, а также экспертные заключения в Министерство экономического развития Российской Федерации и президиум Комиссии по научно-технологическому развитию.">
+    <w:bookmarkStart w:id="175" w:name="P175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">38. Разработчик до 7 марта года, следующего за отчетным годом, направляет отчет о реализации плана развития технологий на согласование в Министерство экономического развития Российской Федерации и президиум Комиссии по научно-технологическому развитию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 38 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId34" w:tooltip="Постановление Правительства РФ от 05.12.2025 N 1990 &quot;О целевых показателях в области технологической политики в Российской Федерации&quot; (вместе с &quot;Правилами измерения и осуществления мониторинга целевых показателей обеспечения технологического лидерства Российской Федерации, среднесрочного и долгосрочного развития технологий в отраслях экономики и мониторинга эффективности технологической политики в Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.12.2025 N 1990)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="177" w:name="P177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">39. Отчет о реализации плана развития технологий рассматривается на заседании президиума Комиссии по научно-технологическому развитию до 3 апреля года, следующего за отчетным годом. По итогам рассмотрения материалов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P175" w:tooltip="38. Разработчик до 7 марта года, следующего за отчетным годом, направляет отчет о реализации плана развития технологий на согласование в Министерство экономического развития Российской Федерации и президиум Комиссии по научно-технологическому развитию.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 38</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, президиумом Комиссии по научно-технологическому развитию принимается одно из следующих решений:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId35" w:tooltip="Постановление Правительства РФ от 05.12.2025 N 1990 &quot;О целевых показателях в области технологической политики в Российской Федерации&quot; (вместе с &quot;Правилами измерения и осуществления мониторинга целевых показателей обеспечения технологического лидерства Российской Федерации, среднесрочного и долгосрочного развития технологий в отраслях экономики и мониторинга эффективности технологической политики в Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.12.2025 N 1990)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) согласование отчета о реализации плана развития технологий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) согласование отчета о реализации плана развития технологий с необходимостью его доработки;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) несогласование отчета о реализации плана развития технологий с необходимостью его доработки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="174" w:name="P174"/>
-[...30 lines deleted...]
-      <w:hyperlink w:history="0" w:anchor="P174" w:tooltip="40. Разработчик до 15 мая года, следующего за отчетным годом, направляет отчет о реализации плана развития технологий, экспертные заключения экспертных организаций, решение президиума Комиссии по научно-технологическому развитию в Министерство экономического развития Российской Федерации и президиум Правительственной комиссии по модернизации экономики.">
+    <w:bookmarkStart w:id="182" w:name="P182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40. В случае непредставления в срок до 3 апреля года, следующего за отчетным годом, решений президиума Комиссии по научно-технологическому развитию, Министерства экономического развития Российской Федерации отчет о реализации плана развития технологий считается согласованным ими.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Разработчик до 10 апреля года, следующего за отчетным годом, направляет отчет о реализации плана развития технологий с экспертными заключениями и решениями президиума Комиссии по научно-технологическому развитию и Министерства экономического развития Российской Федерации в президиум Правительственной комиссии по модернизации экономики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 40 в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId36" w:tooltip="Постановление Правительства РФ от 05.12.2025 N 1990 &quot;О целевых показателях в области технологической политики в Российской Федерации&quot; (вместе с &quot;Правилами измерения и осуществления мониторинга целевых показателей обеспечения технологического лидерства Российской Федерации, среднесрочного и долгосрочного развития технологий в отраслях экономики и мониторинга эффективности технологической политики в Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.12.2025 N 1990)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="185" w:name="P185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">41. Отчет о реализации плана развития технологий рассматривается на заседании президиума Правительственной комиссии по модернизации экономики до 1 мая года, следующего за отчетным годом. По итогам рассмотрения отчета о реализации плана развития технологий и материалов, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P182" w:tooltip="40. В случае непредставления в срок до 3 апреля года, следующего за отчетным годом, решений президиума Комиссии по научно-технологическому развитию, Министерства экономического развития Российской Федерации отчет о реализации плана развития технологий считается согласованным ими.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 40</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, президиумом Правительственной комиссии по модернизации экономики принимается одно из следующих решений:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId37" w:tooltip="Постановление Правительства РФ от 05.12.2025 N 1990 &quot;О целевых показателях в области технологической политики в Российской Федерации&quot; (вместе с &quot;Правилами измерения и осуществления мониторинга целевых показателей обеспечения технологического лидерства Российской Федерации, среднесрочного и долгосрочного развития технологий в отраслях экономики и мониторинга эффективности технологической политики в Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 05.12.2025 N 1990)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) утверждение отчета о реализации плана развития технологий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) утверждение отчета о реализации плана развития технологий с необходимостью его доработки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="178" w:name="P178"/>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:id="189" w:name="P189"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) отклонение отчета о реализации плана развития технологий с необходимостью его доработки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">42. В случае принятия президиумом Правительственной комиссии по модернизации экономики решения, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P178" w:tooltip="в) отклонение отчета о реализации плана развития технологий с необходимостью его доработки.">
+      <w:hyperlink w:history="0" w:anchor="P189" w:tooltip="в) отклонение отчета о реализации плана развития технологий с необходимостью его доработки.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпункте "в" пункта 41</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, отчет о реализации плана развития технологий дорабатывается и повторно проходит процедуры, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P166" w:tooltip="37. Экспертный совет и экспертные организации до 10 апреля года, следующего за отчетным годом, проводят экспертизу отчета о реализации плана развития технологий. Экспертные заключения по итогам экспертизы отчета о реализации плана развития технологий (далее - экспертные заключения) направляются разработчику. В случае отсутствия экспертных заключений в указанный срок отчет о реализации плана развития технологий считается прошедшим экспертизу экспертным советом и экспертной организацией.">
+      <w:hyperlink w:history="0" w:anchor="P171" w:tooltip="37. Экспертный совет и экспертные организации до 25 марта года, следующего за отчетным годом, проводят экспертизу отчета о реализации плана развития технологий. Экспертные заключения по итогам экспертизы отчета о реализации плана развития технологий (далее - экспертные заключения) направляются разработчику, в Министерство экономического развития Российской Федерации и президиум Комиссии по научно-технологическому развитию. В случае отсутствия экспертных заключений в указанный срок фиксируется факт отсутс...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 37</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P175" w:tooltip="41. Отчет о реализации плана развития технологий рассматривается на заседании президиума Правительственной комиссии по модернизации экономики до 1 июня года, следующего за отчетным годом. По итогам рассмотрения отчета о реализации плана развития технологий и материалов, указанных в пункте 40 настоящего Положения, президиумом Правительственной комиссии по модернизации экономики принимается одно из следующих решений:">
+      <w:hyperlink w:history="0" w:anchor="P185" w:tooltip="41. Отчет о реализации плана развития технологий рассматривается на заседании президиума Правительственной комиссии по модернизации экономики до 1 мая года, следующего за отчетным годом. По итогам рассмотрения отчета о реализации плана развития технологий и материалов, указанных в пункте 40 настоящего Положения, президиумом Правительственной комиссии по модернизации экономики принимается одно из следующих решений:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">41</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -3804,52 +4272,52 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">критических технологий и перечень сквозных технологий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="185" w:name="P185"/>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:id="196" w:name="P196"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) технология требует специфических знаний для разработки, внедрения, реализации и (или) применения, которыми обладают лица с учеными (научными) степенями или приравненными к ним степенями и (или) званиями, в том числе иностранными;</w:t>
@@ -3875,185 +4343,185 @@
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) разработка технологии требует использования новых закономерностей и принципов, установленных по результатам научных исследований, или новой комбинации известных закономерностей и принципов, что подтверждается публикациями в научных журналах "Белого списка" или публикациями по итогам конференций;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">г) при разработке технологии созданы результаты интеллектуальной деятельности, которым предоставлена правовая охрана в установленном законодательством Российской Федерации порядке, или использованы такие ранее созданные результаты интеллектуальной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="190" w:name="P190"/>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:id="201" w:name="P201"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">45. Заместитель Председателя Правительства Российской Федерации вправе в отношении отрасли экономики или социальной сферы или технологического направления (в соответствии с распределением обязанностей) определить в качестве обязательных один или несколько критериев, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P185" w:tooltip="44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:">
+      <w:hyperlink w:history="0" w:anchor="P196" w:tooltip="44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 44</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="191" w:name="P191"/>
-    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:id="202" w:name="P202"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">46. Технология считается наукоемкой, если соответствует одному из критериев, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P185" w:tooltip="44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:">
+      <w:hyperlink w:history="0" w:anchor="P196" w:tooltip="44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 44</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, либо в случае, указанном в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P190" w:tooltip="45. Заместитель Председателя Правительства Российской Федерации вправе в отношении отрасли экономики или социальной сферы или технологического направления (в соответствии с распределением обязанностей) определить в качестве обязательных один или несколько критериев, указанных в пункте 44 настоящего Положения.">
+      <w:hyperlink w:history="0" w:anchor="P201" w:tooltip="45. Заместитель Председателя Правительства Российской Федерации вправе в отношении отрасли экономики или социальной сферы или технологического направления (в соответствии с распределением обязанностей) определить в качестве обязательных один или несколько критериев, указанных в пункте 44 настоящего Положения.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 45</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, если соответствует нескольким обязательным критериям, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P185" w:tooltip="44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:">
+      <w:hyperlink w:history="0" w:anchor="P196" w:tooltip="44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 44</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">47. Оценка соответствия технологии критериям, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P185" w:tooltip="44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:">
+      <w:hyperlink w:history="0" w:anchor="P196" w:tooltip="44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 44</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, проводится экспертным советом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">48. Детализация критериев, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P185" w:tooltip="44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:">
+      <w:hyperlink w:history="0" w:anchor="P196" w:tooltip="44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 44</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, осуществляется в рамках методических рекомендаций.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -4085,492 +4553,492 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">49. Перечень </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId30" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId38" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">критических технологий</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> включает в себя в том числе перечисление критических технологий с указанием ответственных за их развитие федеральных органов исполнительной власти и (или) государственных корпораций.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Федеральные органы исполнительной власти и (или) государственные корпорации могут определяться ответственными за развитие критических технологий, в том числе в зависимости от уровня готовности технологий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">50. Подготовка проекта распоряжения Правительства Российской Федерации об утверждении перечня критических технологий осуществляется Министерством экономического развития Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="201" w:name="P201"/>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:id="212" w:name="P212"/>
+    <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Проект распоряжения Правительства Российской Федерации об утверждении перечня критических технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае непредставления в течение 15 рабочих дней согласующим, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P201" w:tooltip="Проект распоряжения Правительства Российской Федерации об утверждении перечня критических технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
+      <w:hyperlink w:history="0" w:anchor="P212" w:tooltip="Проект распоряжения Правительства Российской Федерации об утверждении перечня критических технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце втором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, за исключением Центрального банка Российской Федерации, своей позиции проект распоряжения Правительства Российской Федерации об утверждении перечня критических технологий считается согласованным.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Перечень критических технологий определяется в соответствии с нормативными правовыми актами Президента Российской Федерации и формируется на основе технологий, включенных в планы развития технологий (при их наличии), технологий, включенных в карты технологической кооперации национальных проектов технологического лидерства по истечении 9 месяцев со дня вступления в силу особенностей реализации национальных проектов по обеспечению технологического лидерства Российской Федерации, связанных с реализацией технологической политики, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId31" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId39" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">частью 2 статьи 12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о технологической политике (далее - особенности), а также технологий, включенных в "дорожные карты" развития высокотехнологичных направлений по истечении 9 месяцев со дня вступления в силу особенностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="204" w:name="P204"/>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:id="215" w:name="P215"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">51. Подготовка проектов распоряжений Правительства Российской Федерации об изменении перечня критических технологий осуществляется:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) разработчиками при подготовке (актуализации) планов развития технологий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) при наличии соответствующего решения Заместителя Председателя Правительства Российской Федерации, который курирует вопросы, относящиеся к сфере реализации соответствующего национального проекта технологического лидерства, и функции которого устанавливаются нормативным правовым актом Правительства Российской Федерации в сфере проектной деятельности (далее - куратор национального проекта технологического лидерства), о рассмотрении потенциальной критической технологии на соответствие требованиям к критическим технологиям, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P207" w:tooltip="52. Потенциальная критическая технология определяется как критическая технология при условии ее соответствия каждому из следующих требований к критическим технологиям:">
+      <w:hyperlink w:history="0" w:anchor="P218" w:tooltip="52. Потенциальная критическая технология определяется как критическая технология при условии ее соответствия каждому из следующих требований к критическим технологиям:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 52</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, ответственными за реализацию национальных проектов технологического лидерства после подготовки (изменения) карт технологической кооперации национальных проектов технологического лидерства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="207" w:name="P207"/>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:id="218" w:name="P218"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">52. Потенциальная критическая технология определяется как критическая технология при условии ее соответствия каждому из следующих требований к критическим технологиям:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) потенциальная критическая технология соответствует критериям наукоемкости технологий в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P185" w:tooltip="44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:">
+      <w:hyperlink w:history="0" w:anchor="P196" w:tooltip="44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 44</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P191" w:tooltip="46. Технология считается наукоемкой, если соответствует одному из критериев, указанных в пункте 44 настоящего Положения, либо в случае, указанном в пункте 45 настоящего Положения, если соответствует нескольким обязательным критериям, указанным в пункте 44 настоящего Положения.">
+      <w:hyperlink w:history="0" w:anchor="P202" w:tooltip="46. Технология считается наукоемкой, если соответствует одному из критериев, указанных в пункте 44 настоящего Положения, либо в случае, указанном в пункте 45 настоящего Положения, если соответствует нескольким обязательным критериям, указанным в пункте 44 настоящего Положения.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">46</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения или будет соответствовать указанным критериям на момент завершения ее разработки;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) потенциальная критическая технология используется для создания продукции, имеющей системное значение для функционирования экономики, решения социально-экономических задач, обеспечения обороны страны и безопасности государства.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">53. Детализация требований к критическим технологиям, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P207" w:tooltip="52. Потенциальная критическая технология определяется как критическая технология при условии ее соответствия каждому из следующих требований к критическим технологиям:">
+      <w:hyperlink w:history="0" w:anchor="P218" w:tooltip="52. Потенциальная критическая технология определяется как критическая технология при условии ее соответствия каждому из следующих требований к критическим технологиям:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 52</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, осуществляется в рамках методических рекомендаций.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">54. Подготовленный проект распоряжения Правительства Российской Федерации об изменении перечня критических технологий в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P212" w:tooltip="55. Оценка на соответствие критическим технологиям проводится экспертным советом в течение 20 рабочих дней со дня поступления проекта распоряжения Правительства Российской Федерации об изменении перечня критических технологий в экспертный совет. В случае отсутствия результатов оценки на соответствие критическим технологиям в указанный срок проект распоряжения Правительства Российской Федерации об изменении перечня критических технологий считается прошедшим указанную оценку экспертным советом.">
+      <w:hyperlink w:history="0" w:anchor="P223" w:tooltip="55. Оценка на соответствие критическим технологиям проводится экспертным советом в течение 20 рабочих дней со дня поступления проекта распоряжения Правительства Российской Федерации об изменении перечня критических технологий в экспертный совет. В случае отсутствия результатов оценки на соответствие критическим технологиям в указанный срок проект распоряжения Правительства Российской Федерации об изменении перечня критических технологий считается прошедшим указанную оценку экспертным советом.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 55</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P215" w:tooltip="56. Проект распоряжения Правительства Российской Федерации об изменении перечня критических технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
+      <w:hyperlink w:history="0" w:anchor="P226" w:tooltip="56. Проект распоряжения Правительства Российской Федерации об изменении перечня критических технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">56</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения направляется для оценки потенциальных критических технологий на соответствие требованиям к критическим технологиям, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P207" w:tooltip="52. Потенциальная критическая технология определяется как критическая технология при условии ее соответствия каждому из следующих требований к критическим технологиям:">
+      <w:hyperlink w:history="0" w:anchor="P218" w:tooltip="52. Потенциальная критическая технология определяется как критическая технология при условии ее соответствия каждому из следующих требований к критическим технологиям:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 52</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения (далее - оценка на соответствие критическим технологиям), и согласования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="212" w:name="P212"/>
-    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:id="223" w:name="P223"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">55. Оценка на соответствие критическим технологиям проводится экспертным советом в течение 20 рабочих дней со дня поступления проекта распоряжения Правительства Российской Федерации об изменении перечня критических технологий в экспертный совет. В случае отсутствия результатов оценки на соответствие критическим технологиям в указанный срок проект распоряжения Правительства Российской Федерации об изменении перечня критических технологий считается прошедшим указанную оценку экспертным советом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Экспертный совет при оценке на соответствие критическим технологиям должен руководствоваться методическими рекомендациями, включающими в себя указания (рекомендации) по проведению такой оценки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Результаты оценки на соответствие критическим технологиям представляются экспертным советом ответственному за подготовку проекта распоряжения Правительства Российской Федерации об изменении перечня критических технологий, предусмотренному </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P204" w:tooltip="51. Подготовка проектов распоряжений Правительства Российской Федерации об изменении перечня критических технологий осуществляется:">
+      <w:hyperlink w:history="0" w:anchor="P215" w:tooltip="51. Подготовка проектов распоряжений Правительства Российской Федерации об изменении перечня критических технологий осуществляется:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 51</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, Комиссии по научно-технологическому развитию, а также в Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="215" w:name="P215"/>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:id="226" w:name="P226"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">56. Проект распоряжения Правительства Российской Федерации об изменении перечня критических технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство экономического развития Российской Федерации рассматривает проект распоряжения Правительства Российской Федерации об изменении перечня критических технологий с учетом результатов оценки на соответствие критическим технологиям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае непредставления в течение 35 рабочих дней согласующим, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P215" w:tooltip="56. Проект распоряжения Правительства Российской Федерации об изменении перечня критических технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
+      <w:hyperlink w:history="0" w:anchor="P226" w:tooltip="56. Проект распоряжения Правительства Российской Федерации об изменении перечня критических технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, за исключением Центрального банка Российской Федерации, своей позиции проект распоряжения Правительства Российской Федерации об изменении перечня критических технологий считается согласованным.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
@@ -4613,271 +5081,271 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">57. Перечень </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId32" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId40" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">сквозных технологий</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> включает в себя в том числе перечисление сквозных технологий с указанием ответственных за их развитие федеральных органов исполнительной власти и (или) государственных корпораций.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Федеральные органы исполнительной власти и (или) государственные корпорации могут определяться ответственными за развитие сквозных технологий, в том числе в зависимости от уровня готовности технологий, отраслей экономики и социальной сферы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">58. Подготовка проекта распоряжения Правительства Российской Федерации об утверждении перечня сквозных технологий осуществляется Министерством экономического развития Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="226" w:name="P226"/>
-    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:id="237" w:name="P237"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Проект распоряжения Правительства Российской Федерации об утверждении перечня сквозных технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае непредставления в течение 15 рабочих дней согласующим, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P226" w:tooltip="Проект распоряжения Правительства Российской Федерации об утверждении перечня сквозных технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
+      <w:hyperlink w:history="0" w:anchor="P237" w:tooltip="Проект распоряжения Правительства Российской Федерации об утверждении перечня сквозных технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце втором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, за исключением Центрального банка Российской Федерации, своей позиции проект распоряжения Правительства Российской Федерации об утверждении перечня сквозных технологий считается согласованным.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Перечень сквозных технологий определяется в соответствии с нормативными правовыми актами Президента Российской Федерации и формируется на основе технологий, включенных в планы развития технологий (при их наличии), а также технологий, включенных в карты технологической кооперации национальных проектов технологического лидерства по истечении 9 месяцев со дня вступления в силу особенностей, и технологий, включенных в "дорожные карты" развития высокотехнологичных направлений по истечении 9 месяцев со дня вступления в силу особенностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="229" w:name="P229"/>
-    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:id="240" w:name="P240"/>
+    <w:bookmarkEnd w:id="240"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">59. Подготовка проектов распоряжений Правительства Российской Федерации об изменении перечня сквозных технологий осуществляется:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) разработчиками при подготовке (актуализации) планов развития технологий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) при наличии соответствующего решения куратора национального проекта технологического лидерства о рассмотрении потенциальной сквозной технологии на соответствие требованиям к сквозным технологиям, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P233" w:tooltip="60. Потенциальная сквозная технология определяется как сквозная технология при условии ее соответствия каждому из следующих требований к сквозным технологиям:">
+      <w:hyperlink w:history="0" w:anchor="P244" w:tooltip="60. Потенциальная сквозная технология определяется как сквозная технология при условии ее соответствия каждому из следующих требований к сквозным технологиям:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 60</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, ответственными за реализацию национальных проектов технологического лидерства после подготовки (изменения) карт технологической кооперации национальных проектов технологического лидерства;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) Министерством экономического развития Российской Федерации совместно с заинтересованными федеральными органами исполнительной власти на основании предложений федеральных органов исполнительной власти, осуществляющих функции по выработке и реализации государственной политики и нормативно-правовому регулированию в сферах, к которым относятся отрасли реализации проектов по развитию сквозных технологий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="233" w:name="P233"/>
-    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:id="244" w:name="P244"/>
+    <w:bookmarkEnd w:id="244"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">60. Потенциальная сквозная технология определяется как сквозная технология при условии ее соответствия каждому из следующих требований к сквозным технологиям:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) потенциальная сквозная технология соответствует критериям наукоемкости технологий в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P185" w:tooltip="44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:">
+      <w:hyperlink w:history="0" w:anchor="P196" w:tooltip="44. Критериями наукоемкости технологий, включенных в перечень критических технологий и перечень сквозных технологий, являются следующие критерии:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 44</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P191" w:tooltip="46. Технология считается наукоемкой, если соответствует одному из критериев, указанных в пункте 44 настоящего Положения, либо в случае, указанном в пункте 45 настоящего Положения, если соответствует нескольким обязательным критериям, указанным в пункте 44 настоящего Положения.">
+      <w:hyperlink w:history="0" w:anchor="P202" w:tooltip="46. Технология считается наукоемкой, если соответствует одному из критериев, указанных в пункте 44 настоящего Положения, либо в случае, указанном в пункте 45 настоящего Положения, если соответствует нескольким обязательным критериям, указанным в пункте 44 настоящего Положения.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">46</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения или будет соответствовать указанным критериям на момент завершения ее разработки;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -4918,243 +5386,243 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д) потенциальная сквозная технология имеет межотраслевое значение.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">61. Детализация требований к сквозным технологиям, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P233" w:tooltip="60. Потенциальная сквозная технология определяется как сквозная технология при условии ее соответствия каждому из следующих требований к сквозным технологиям:">
+      <w:hyperlink w:history="0" w:anchor="P244" w:tooltip="60. Потенциальная сквозная технология определяется как сквозная технология при условии ее соответствия каждому из следующих требований к сквозным технологиям:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 60</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, осуществляется в рамках методических рекомендаций.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">62. Подготовленный проект распоряжения Правительства Российской Федерации об изменении перечня сквозных технологий в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P241" w:tooltip="63. Оценка на соответствие сквозным технологиям проводится экспертным советом в течение 20 рабочих дней со дня поступления проекта распоряжения Правительства Российской Федерации об изменении перечня сквозных технологий в экспертный совет. В рамках оценки на соответствие к сквозным технологиям Российская академия наук проводит экспертизу потенциальных сквозных технологий на соответствие требованиям к сквозным технологиям, указанным в пункте 60 настоящего Положения, результаты которой представляются экспе...">
+      <w:hyperlink w:history="0" w:anchor="P252" w:tooltip="63. Оценка на соответствие сквозным технологиям проводится экспертным советом в течение 20 рабочих дней со дня поступления проекта распоряжения Правительства Российской Федерации об изменении перечня сквозных технологий в экспертный совет. В рамках оценки на соответствие к сквозным технологиям Российская академия наук проводит экспертизу потенциальных сквозных технологий на соответствие требованиям к сквозным технологиям, указанным в пункте 60 настоящего Положения, результаты которой представляются экспе...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 63</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P244" w:tooltip="64. Проект распоряжения Правительства Российской Федерации об изменении перечня сквозных технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
+      <w:hyperlink w:history="0" w:anchor="P255" w:tooltip="64. Проект распоряжения Правительства Российской Федерации об изменении перечня сквозных технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">64</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения направляется для оценки потенциальных сквозных технологий на соответствие требованиям к сквозным технологиям, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P233" w:tooltip="60. Потенциальная сквозная технология определяется как сквозная технология при условии ее соответствия каждому из следующих требований к сквозным технологиям:">
+      <w:hyperlink w:history="0" w:anchor="P244" w:tooltip="60. Потенциальная сквозная технология определяется как сквозная технология при условии ее соответствия каждому из следующих требований к сквозным технологиям:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 60</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения (далее - оценка на соответствие сквозным технологиям), и согласования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="241" w:name="P241"/>
-    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:id="252" w:name="P252"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">63. Оценка на соответствие сквозным технологиям проводится экспертным советом в течение 20 рабочих дней со дня поступления проекта распоряжения Правительства Российской Федерации об изменении перечня сквозных технологий в экспертный совет. В рамках оценки на соответствие к сквозным технологиям Российская академия наук проводит экспертизу потенциальных сквозных технологий на соответствие требованиям к сквозным технологиям, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P233" w:tooltip="60. Потенциальная сквозная технология определяется как сквозная технология при условии ее соответствия каждому из следующих требований к сквозным технологиям:">
+      <w:hyperlink w:history="0" w:anchor="P244" w:tooltip="60. Потенциальная сквозная технология определяется как сквозная технология при условии ее соответствия каждому из следующих требований к сквозным технологиям:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 60</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, результаты которой представляются экспертному совету. В случае отсутствия результатов оценки на соответствие сквозным технологиям в указанный срок проект распоряжения Правительства Российской Федерации об изменении перечня сквозных технологий считается прошедшим такую оценку экспертным советом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Экспертный совет при оценке на соответствие к сквозным технологиям должен руководствоваться методическими рекомендациями, включающими в себя указания (рекомендации) по проведению такой оценки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Результаты оценки на соответствие к сквозным технологиям представляются экспертным советом ответственному за подготовку проекта распоряжения Правительства Российской Федерации об изменении перечня сквозных технологий, предусмотренному </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P229" w:tooltip="59. Подготовка проектов распоряжений Правительства Российской Федерации об изменении перечня сквозных технологий осуществляется:">
+      <w:hyperlink w:history="0" w:anchor="P240" w:tooltip="59. Подготовка проектов распоряжений Правительства Российской Федерации об изменении перечня сквозных технологий осуществляется:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 59</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, Комиссии по научно-технологическому развитию, а также в Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="244" w:name="P244"/>
-    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:id="255" w:name="P255"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">64. Проект распоряжения Правительства Российской Федерации об изменении перечня сквозных технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство экономического развития Российской Федерации рассматривает проект распоряжения Правительства Российской Федерации об изменении перечня сквозных технологий с учетом результатов оценки на соответствие сквозным технологиям.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае непредставления в течение 35 рабочих дней согласующим, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P244" w:tooltip="64. Проект распоряжения Правительства Российской Федерации об изменении перечня сквозных технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
+      <w:hyperlink w:history="0" w:anchor="P255" w:tooltip="64. Проект распоряжения Правительства Российской Федерации об изменении перечня сквозных технологий направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, за исключением Центрального банка Российской Федерации, своей позиции проект распоряжения Правительства Российской Федерации об изменении перечня сквозных технологий считается согласованным.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
@@ -5185,168 +5653,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">65. Перечень видов высокотехнологичной продукции включает в себя в том числе перечисление видов </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId33" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId41" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">высокотехнологичной продукции</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> с указанием ответственных за их развитие федеральных органов исполнительной власти и (или) государственных корпораций, а также критических технологий и (или) сквозных технологий, которые лежат в основе разработки и производства видов высокотехнологичной продукции.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Федеральные органы исполнительной власти и (или) государственные корпорации могут определяться ответственными за развитие видов высокотехнологичной продукции, в том числе в зависимости от уровня готовности технологий, которые лежат в основе разработки и производства видов высокотехнологичной продукции.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Виды высокотехнологичной продукции в перечне видов высокотехнологичной продукции должны быть классифицированы в соответствии с Общероссийским </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId34" w:tooltip="&quot;ОК 034-2014 (КПЕС 2008). Общероссийский классификатор продукции по видам экономической деятельности&quot; (утв. Приказом Росстандарта от 31.01.2014 N 14-ст) (ред. от 28.08.2025) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId42" w:tooltip="&quot;ОК 034-2014 (КПЕС 2008). Общероссийский классификатор продукции по видам экономической деятельности&quot; (утв. Приказом Росстандарта от 31.01.2014 N 14-ст) (ред. от 10.11.2025) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">классификатором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> продукции по видам экономической деятельности и единой Товарной </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId35" w:tooltip="Решение Совета Евразийской экономической комиссии от 14.09.2021 N 80 (ред. от 26.09.2025) &quot;Об утверждении единой Товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза и Единого таможенного тарифа Евразийского экономического союза, а также об изменении и признании утратившими силу некоторых решений Совета Евразийской экономической комиссии&quot; (с изм. и доп., вступ. в силу с 25.10.2025) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId43" w:tooltip="Решение Совета Евразийской экономической комиссии от 14.09.2021 N 80 (ред. от 28.01.2026) &quot;Об утверждении единой Товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза и Единого таможенного тарифа Евразийского экономического союза, а также об изменении и признании утратившими силу некоторых решений Совета Евразийской экономической комиссии&quot; (с изм. и доп., вступ. в силу с 15.02.2026) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">номенклатурой</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> внешнеэкономической деятельности Евразийского экономического союза.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">66. Подготовка проекта распоряжения Правительства Российской Федерации об утверждении перечня видов высокотехнологичной продукции осуществляется Министерством экономического развития Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="255" w:name="P255"/>
-    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:id="266" w:name="P266"/>
+    <w:bookmarkEnd w:id="266"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Проект распоряжения Правительства Российской Федерации об утверждении перечня видов высокотехнологичной продукции направляется на согласование в президиум Комиссии по научно-технологическому развитию, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае непредставления в течение 15 рабочих дней согласующим, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P255" w:tooltip="Проект распоряжения Правительства Российской Федерации об утверждении перечня видов высокотехнологичной продукции направляется на согласование в президиум Комиссии по научно-технологическому развитию, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
+      <w:hyperlink w:history="0" w:anchor="P266" w:tooltip="Проект распоряжения Правительства Российской Федерации об утверждении перечня видов высокотехнологичной продукции направляется на согласование в президиум Комиссии по научно-технологическому развитию, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце втором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, за исключением Центрального банка Российской Федерации, своей позиции проект распоряжения Правительства Российской Федерации об утверждении перечня видов высокотехнологичной продукции считается согласованным.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -5388,125 +5856,125 @@
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) продукции, результатов работ и оказания услуг, включенных в карты технологической кооперации национальных проектов технологического лидерства по истечении 9 месяцев со дня вступления в силу особенностей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">г) продукции, результатов работ и оказания услуг, включенных в "дорожные карты" развития высокотехнологичных направлений по истечении 9 месяцев со дня вступления в силу особенностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="262" w:name="P262"/>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:id="273" w:name="P273"/>
+    <w:bookmarkEnd w:id="273"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">68. Подготовка проектов распоряжений Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции осуществляется:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) разработчиками при подготовке (актуализации) планов развития технологий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) при наличии соответствующего решения куратора национального проекта технологического лидерства о рассмотрении потенциальной высокотехнологичной продукции на соответствие требованиям к видам высокотехнологичной продукции, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P266" w:tooltip="69. Потенциальная высокотехнологичная продукция определяется как вид высокотехнологичной продукции при условии ее соответствия каждому из следующих требований к видам высокотехнологичной продукции:">
+      <w:hyperlink w:history="0" w:anchor="P277" w:tooltip="69. Потенциальная высокотехнологичная продукция определяется как вид высокотехнологичной продукции при условии ее соответствия каждому из следующих требований к видам высокотехнологичной продукции:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 69</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, ответственными за реализацию национальных проектов технологического лидерства после подготовки (изменения) карт технологической кооперации национальных проектов технологического лидерства;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) Министерством экономического развития Российской Федерации совместно с заинтересованными федеральными органами исполнительной власти на основании предложений федеральных органов исполнительной власти, осуществляющих функции по выработке и реализации государственной политики и нормативно-правовому регулированию в сферах, к которым относятся отрасли реализации проектов по развитию сквозных технологий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="266" w:name="P266"/>
-    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:id="277" w:name="P277"/>
+    <w:bookmarkEnd w:id="277"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">69. Потенциальная высокотехнологичная продукция определяется как вид высокотехнологичной продукции при условии ее соответствия каждому из следующих требований к видам высокотехнологичной продукции:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -5518,228 +5986,228 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) потенциальная высокотехнологичная продукция разработана и произведена с использованием передовых научных и технических достижений и инновационных методов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">70. Детализация требований к видам высокотехнологичной продукции, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P266" w:tooltip="69. Потенциальная высокотехнологичная продукция определяется как вид высокотехнологичной продукции при условии ее соответствия каждому из следующих требований к видам высокотехнологичной продукции:">
+      <w:hyperlink w:history="0" w:anchor="P277" w:tooltip="69. Потенциальная высокотехнологичная продукция определяется как вид высокотехнологичной продукции при условии ее соответствия каждому из следующих требований к видам высокотехнологичной продукции:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 69</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, осуществляется в рамках методических рекомендаций.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">71. Подготовленный проект распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P271" w:tooltip="72. Оценка на соответствие высокотехнологичной продукции проводится экспертным советом в течение 20 рабочих дней со дня поступления проекта распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции в экспертный совет. В случае отсутствия результатов оценки на соответствие высокотехнологичной продукции в указанный срок проект распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции считается прошедшим указанную ...">
+      <w:hyperlink w:history="0" w:anchor="P282" w:tooltip="72. Оценка на соответствие высокотехнологичной продукции проводится экспертным советом в течение 20 рабочих дней со дня поступления проекта распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции в экспертный совет. В случае отсутствия результатов оценки на соответствие высокотехнологичной продукции в указанный срок проект распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции считается прошедшим указанную ...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 72</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P274" w:tooltip="73. Проект распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
+      <w:hyperlink w:history="0" w:anchor="P285" w:tooltip="73. Проект распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">73</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения направляется для оценки потенциальной высокотехнологичной продукции на соответствие требованиям, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P266" w:tooltip="69. Потенциальная высокотехнологичная продукция определяется как вид высокотехнологичной продукции при условии ее соответствия каждому из следующих требований к видам высокотехнологичной продукции:">
+      <w:hyperlink w:history="0" w:anchor="P277" w:tooltip="69. Потенциальная высокотехнологичная продукция определяется как вид высокотехнологичной продукции при условии ее соответствия каждому из следующих требований к видам высокотехнологичной продукции:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 69</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения (далее - оценка на соответствие высокотехнологичной продукции), и согласования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="271" w:name="P271"/>
-    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:id="282" w:name="P282"/>
+    <w:bookmarkEnd w:id="282"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">72. Оценка на соответствие высокотехнологичной продукции проводится экспертным советом в течение 20 рабочих дней со дня поступления проекта распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции в экспертный совет. В случае отсутствия результатов оценки на соответствие высокотехнологичной продукции в указанный срок проект распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции считается прошедшим указанную оценку экспертным советом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Экспертный совет при оценке на соответствие высокотехнологичной продукции должен руководствоваться методическими рекомендациями, включающими в себя указания (рекомендации) по проведению такой оценки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Результаты оценки на соответствие высокотехнологичной продукции представляются экспертным советом ответственному за подготовку проекта распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции, предусмотренному </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P262" w:tooltip="68. Подготовка проектов распоряжений Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции осуществляется:">
+      <w:hyperlink w:history="0" w:anchor="P273" w:tooltip="68. Подготовка проектов распоряжений Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции осуществляется:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 68</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, Комиссии по научно-технологическому развитию, а также в Министерство экономического развития Российской Федерации и заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="274" w:name="P274"/>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:id="285" w:name="P285"/>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">73. Проект распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство экономического развития Российской Федерации рассматривает проект распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции с учетом результатов оценки на соответствие высокотехнологичной продукции.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае непредставления в течение 35 рабочих дней согласующим, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P274" w:tooltip="73. Проект распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
+      <w:hyperlink w:history="0" w:anchor="P285" w:tooltip="73. Проект распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции направляется на согласование в президиум Комиссии по научно-технологическому развитию, Министерство экономического развития Российской Федерации, заинтересованные федеральные органы исполнительной власти и организации, в том числе в Центральный банк Российской Федерации (в части, касающейся банковской сферы и иных сфер финансового рынка).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, за исключением Центрального банка Российской Федерации, своей позиции проект распоряжения Правительства Российской Федерации об изменении перечня видов высокотехнологичной продукции считается согласованным.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -5832,118 +6300,118 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">от 6 октября 2025 г. N 1552</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="287" w:name="P287"/>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:id="298" w:name="P298"/>
+    <w:bookmarkEnd w:id="298"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">МЕТОДИКА ОЦЕНКИ УРОВНЕЙ ГОТОВНОСТИ ТЕХНОЛОГИЙ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Настоящий документ устанавливает условия оценки уровней готовности технологий в зависимости от стадии жизненного цикла товаров, работ и услуг (далее - продукция) (совокупности взаимосвязанных процессов последовательного изменения состояния продукции от формирования исходных требований к ней до окончания ее эксплуатации или применения) и предназначен для использования организациями, которые получили финансирование через агентов развития технологий или которым предоставлены меры государственного стимулирования, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId36" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId44" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">статьей 22</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона "О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. В настоящем документе используются понятия, предусмотренные Федеральным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId37" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId45" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">законом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации", а также следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -5984,51 +6452,51 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">"уровень готовности технологии" - стадия развития технологии, создание и (или) внедрение которой (в том числе посредством трансфера, разработки, коммерциализации и масштабирования) предусмотрено в рамках реализации проекта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Оценка уровня готовности технологии осуществляется в целях принятия решения о дальнейшем продвижении разработанной на основе технологии продукции по шкале оценки уровней готовности технологий согласно </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P323" w:tooltip="ШКАЛА ОЦЕНКИ УРОВНЕЙ ГОТОВНОСТИ ТЕХНОЛОГИЙ">
+      <w:hyperlink w:history="0" w:anchor="P334" w:tooltip="ШКАЛА ОЦЕНКИ УРОВНЕЙ ГОТОВНОСТИ ТЕХНОЛОГИЙ">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложению</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее - шкала готовности технологий) с учетом того, что шкала готовности технологий совершенство технологий не определяет и идентичные технологии могут иметь разные уровни готовности при применении их в разных производствах.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -6097,51 +6565,51 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Инициатор самостоятельно или с привлечением экспертной организации проводит внутреннюю оценку уровня готовности технологии. Организация, принимающая технологии, и инвестор самостоятельно или с привлечением экспертной организации проводят внешнюю оценку уровня готовности технологии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Оценка уровня готовности технологии, за исключением случаев предоставления сведений об уровнях готовности технологий в единую государственную информационную систему учета научно-исследовательских, опытно-конструкторских и технологических работ гражданского назначения (далее - информационная система) в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId38" w:tooltip="Постановление Правительства РФ от 12.04.2013 N 327 (ред. от 15.01.2025) &quot;О единой государственной информационной системе учета научно-исследовательских, опытно-конструкторских и технологических работ гражданского назначения&quot; (вместе с &quot;Положением о единой государственной информационной системе учета научно-исследовательских, опытно-конструкторских и технологических работ гражданского назначения&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId46" w:tooltip="Постановление Правительства РФ от 12.04.2013 N 327 (ред. от 28.11.2025) &quot;О единой государственной информационной системе учета научно-исследовательских, опытно-конструкторских и технологических работ гражданского назначения&quot; (вместе с &quot;Положением о единой государственной информационной системе учета научно-исследовательских, опытно-конструкторских и технологических работ гражданского назначения&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 3(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения о единой государственной информационной системе учета научно-исследовательских, опытно-конструкторских и технологических работ гражданского назначения, утвержденного постановлением Правительства Российской Федерации от 12 апреля 2013 г. N 327 "О единой государственной информационной системе учета научно-исследовательских, опытно-конструкторских и технологических работ гражданского назначения", осуществляется в соответствии со следующими этапами:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -6238,51 +6706,51 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) всех результатов, соответствующих уровню готовности технологии;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) всех обязательных для достижения результатов, соответствующих уровню готовности технологии, в случае если такие результаты в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId39" w:tooltip="Постановление Правительства РФ от 12.04.2013 N 327 (ред. от 15.01.2025) &quot;О единой государственной информационной системе учета научно-исследовательских, опытно-конструкторских и технологических работ гражданского назначения&quot; (вместе с &quot;Положением о единой государственной информационной системе учета научно-исследовательских, опытно-конструкторских и технологических работ гражданского назначения&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId47" w:tooltip="Постановление Правительства РФ от 12.04.2013 N 327 (ред. от 28.11.2025) &quot;О единой государственной информационной системе учета научно-исследовательских, опытно-конструкторских и технологических работ гражданского назначения&quot; (вместе с &quot;Положением о единой государственной информационной системе учета научно-исследовательских, опытно-конструкторских и технологических работ гражданского назначения&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения о единой государственной информационной системе учета научно-исследовательских, опытно-конструкторских и технологических работ гражданского назначения, утвержденного постановлением Правительства Российской Федерации от 12 апреля 2013 г. N 327 "О единой государственной информационной системе учета научно-исследовательских, опытно-конструкторских и технологических работ гражданского назначения", определены федеральным органом исполнительной власти, осуществляющим функции по выработке и реализации государственной политики и нормативно-правовому регулированию в установленной сфере деятельности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -6391,52 +6859,52 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">готовности технологий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="323" w:name="P323"/>
-    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:id="334" w:name="P334"/>
+    <w:bookmarkEnd w:id="334"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ШКАЛА ОЦЕНКИ УРОВНЕЙ ГОТОВНОСТИ ТЕХНОЛОГИЙ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
@@ -7640,118 +8108,118 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">от 6 октября 2025 г. N 1552</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="401" w:name="P401"/>
-    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:id="412" w:name="P412"/>
+    <w:bookmarkEnd w:id="412"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">МЕТОДИКА ОЦЕНКИ УРОВНЕЙ ГОТОВНОСТИ ПРОИЗВОДСТВА</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Настоящий документ устанавливает условия оценки уровней готовности производства в отношении как вновь создаваемых, так и передаваемых технологий производства товаров, работ и услуг (далее - продукция) и предназначен для использования организациями, которые получили финансирование через агентов развития технологий или которым предоставлены меры государственного стимулирования, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId40" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId48" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">статьей 22</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона "О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации". Успешное прохождение каждого из уровней готовности производства повышает готовность производственно-технологической базы к началу производства при параллельном снижении рисков.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. В настоящем документе используются понятия, предусмотренные Федеральным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId41" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId49" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">законом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации", а также следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -7792,51 +8260,51 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">"уровень готовности производства" - степень развития производства или производственно-технологической базы в целях организации внедрения в производство конечного продукта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Оценка уровня готовности производства осуществляется для эффективной реализации проектов по созданию, подготовке и развитию производства или производственно-технологической базы по шкале оценки уровня готовности производства согласно </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P436" w:tooltip="ШКАЛА ОЦЕНКИ УРОВНЕЙ ГОТОВНОСТИ ПРОИЗВОДСТВА">
+      <w:hyperlink w:history="0" w:anchor="P447" w:tooltip="ШКАЛА ОЦЕНКИ УРОВНЕЙ ГОТОВНОСТИ ПРОИЗВОДСТВА">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложению</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -8031,51 +8499,51 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д) если целевой уровень готовности производства не был достигнут, инициатор разрабатывает план мероприятий по достижению целевого уровня готовности производства, руководствуясь рекомендациями сформированного отчета об оценке уровня готовности производства.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">7. К объективным свидетельствам достижения уровня готовности производства для целей настоящего документа могут относиться документы, подтверждающие выполнение инициатором условий достижения соответствующего уровня готовности производства, указанные в шкале оценки уровня готовности производства в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P436" w:tooltip="ШКАЛА ОЦЕНКИ УРОВНЕЙ ГОТОВНОСТИ ПРОИЗВОДСТВА">
+      <w:hyperlink w:history="0" w:anchor="P447" w:tooltip="ШКАЛА ОЦЕНКИ УРОВНЕЙ ГОТОВНОСТИ ПРОИЗВОДСТВА">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему документу. Форма и структура указанных документов могут отличаться в зависимости от особенностей деятельности инициатора, особенностей деятельности потенциального инвестора и типа проекта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -8165,52 +8633,52 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">готовности производства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="436" w:name="P436"/>
-    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:id="447" w:name="P447"/>
+    <w:bookmarkEnd w:id="447"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ШКАЛА ОЦЕНКИ УРОВНЕЙ ГОТОВНОСТИ ПРОИЗВОДСТВА</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
@@ -9710,52 +10178,52 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">от 6 октября 2025 г. N 1552</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="538" w:name="P538"/>
-    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:id="549" w:name="P549"/>
+    <w:bookmarkEnd w:id="549"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">МЕТОДИКА</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ОПРЕДЕЛЕНИЯ УРОВНЯ РЫНОЧНОЙ ГОТОВНОСТИ И КОММЕРЦИАЛИЗАЦИИ</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9771,80 +10239,80 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Настоящий документ устанавливает условия определения уровня рыночной готовности и коммерциализации высокотехнологичной продукции (далее - уровень рыночной готовности) в отношении как вновь создаваемых, так и передаваемых технологий производства продукции и предназначен для использования организациями, которые получили финансирование через агентов развития технологий или которым предоставлены меры государственного стимулирования, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId42" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId50" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">статьей 22</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона "О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. В настоящем документе используются понятия, предусмотренные Федеральным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId43" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId51" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">законом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации", а также следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -9913,51 +10381,51 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">"уровень рыночной готовности" - степень развития разрабатываемой технологии в целях осуществления успешного запуска и интегрирования продукции на рынке.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Определение уровня рыночной готовности позволяет оценить вероятность успешного запуска и интегрирования продукции на рынке, а также осуществить принятие решений по дальнейшему продвижению продукции на рынке. Определение уровня рыночной готовности осуществляется по шкале определения уровня рыночной готовности и коммерциализации высокотехнологичной продукции согласно </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P579" w:tooltip="ШКАЛА">
+      <w:hyperlink w:history="0" w:anchor="P590" w:tooltip="ШКАЛА">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложению</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. К ключевым задачам определения уровня рыночной готовности относятся:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -10166,51 +10634,51 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д) если целевой уровень рыночной готовности не был достигнут, инициатор разрабатывает план мероприятий по достижению целевого уровня рыночной готовности, руководствуясь рекомендациями сформированного отчета об определении уровня рыночной готовности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">7. К объективным свидетельствам достижения уровня рыночной готовности для целей настоящего документа могут относиться документы, подтверждающие выполнение инициатором условий достижения соответствующего уровня рыночной готовности, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P579" w:tooltip="ШКАЛА">
+      <w:hyperlink w:history="0" w:anchor="P590" w:tooltip="ШКАЛА">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему документу. Форма и структура указанных документов могут отличаться в зависимости от особенностей деятельности инициатора, особенностей деятельности потенциального инвестора и типа проекта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -10312,52 +10780,52 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">высокотехнологичной продукции</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="579" w:name="P579"/>
-    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:id="590" w:name="P590"/>
+    <w:bookmarkEnd w:id="590"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ШКАЛА</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ОПРЕДЕЛЕНИЯ УРОВНЯ РЫНОЧНОЙ ГОТОВНОСТИ И КОММЕРЦИАЛИЗАЦИИ</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -11694,52 +12162,52 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">от 6 октября 2025 г. N 1552</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="669" w:name="P669"/>
-    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:id="680" w:name="P680"/>
+    <w:bookmarkEnd w:id="680"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">МЕТОДИКА</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ОПРЕДЕЛЕНИЯ УРОВНЕЙ ГОТОВНОСТИ СОБСТВЕННЫХ ЛИНИЙ</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -11806,51 +12274,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:position w:val="-20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1247775" cy="390525"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Консультант Плюс"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44">
+                    <a:blip r:embed="rId52">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1247775" cy="390525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -11931,51 +12399,51 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Успешное прохождение каждого из уровней готовности собственных линий разработки технологий, связанных с производством (далее - уровень готовности линий, связанных с производством), повышает готовность производства противостоять внешнему давлению, в том числе санкционным механизмам. Определение уровня готовности линий, связанных с производством, предназначено для использования организациями, осуществляющими в том числе производственную деятельность.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4. В настоящем документе используются понятия, предусмотренные Федеральным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId45" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId53" w:tooltip="Федеральный закон от 28.12.2024 N 523-ФЗ &quot;О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">законом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации", а также следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -12044,138 +12512,138 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">"уровень готовности линий, связанных с производством" - степень локализации производства или производственно-технологической базы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Определение уровня готовности линий, связанных с исследованиями, осуществляется по шкале определения уровней готовности линий, связанных с исследованиями, согласно </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P741" w:tooltip="ШКАЛА">
+      <w:hyperlink w:history="0" w:anchor="P752" w:tooltip="ШКАЛА">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложению N 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Определение уровня готовности линий, связанных с производством, осуществляется по шкале определения уровней готовности линий, связанных с производством, согласно </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P765" w:tooltip="ШКАЛА">
+      <w:hyperlink w:history="0" w:anchor="P776" w:tooltip="ШКАЛА">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложению N 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Определение уровня готовности линий, связанных с исследованиями, осуществляется в соответствии с достигнутым значением индекса линий, связанных с исследованиями, согласно </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P789" w:tooltip="ИНДЕКС">
+      <w:hyperlink w:history="0" w:anchor="P800" w:tooltip="ИНДЕКС">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложению N 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Определение уровня готовности линий, связанных с производством, осуществляется в соответствии с достигнутым значением индекса линий, связанных с производством, согласно </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P852" w:tooltip="ИНДЕКС">
+      <w:hyperlink w:history="0" w:anchor="P863" w:tooltip="ИНДЕКС">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложению N 4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -12370,174 +12838,174 @@
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д) если целевой уровень готовности линий не был достигнут, инициатор разрабатывает план мероприятий по достижению целевого уровня готовности линий, руководствуясь рекомендациями сформированного отчета об определении уровня готовности линий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">10. К объективным свидетельствам достижения уровня готовности линий, связанных с исследованиями, для целей настоящего документа могут относиться документы, подтверждающие расчет компонентов, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P789" w:tooltip="ИНДЕКС">
+      <w:hyperlink w:history="0" w:anchor="P800" w:tooltip="ИНДЕКС">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложением N 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему документу. Форма и структура указанных документов могут отличаться в зависимости от особенностей деятельности инициатора, особенностей деятельности потенциального инвестора и типа проекта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">К объективным свидетельствам достижения уровня готовности линий, связанных с производством, для целей настоящего документа могут относиться документы, подтверждающие расчет компонентов, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P852" w:tooltip="ИНДЕКС">
+      <w:hyperlink w:history="0" w:anchor="P863" w:tooltip="ИНДЕКС">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложением N 4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему документу. Форма и структура указанных документов могут отличаться в зависимости от особенностей деятельности инициатора, особенностей деятельности потенциального инвестора и типа проекта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">11. Для определения уровня готовности линий экспертная организация может запросить у инициатора соответствующие определяемому уровню готовности линий документы. Непредставление указанных документов является невыполнением инициатором оцениваемого уровня готовности линий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">12. Индекс линий, связанных с исследованиями, измеряется от 0 до 100 процентов, формируется по продукции исходя из усредненного значения компонентов, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P789" w:tooltip="ИНДЕКС">
+      <w:hyperlink w:history="0" w:anchor="P800" w:tooltip="ИНДЕКС">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложением N 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему документу, и определяется по формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:position w:val="-26"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1143000" cy="466725"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Консультант Плюс"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId46">
+                    <a:blip r:embed="rId54">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1143000" cy="466725"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -12604,101 +13072,101 @@
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - значение компонента индекса линий, связанных с исследованиями, по отдельной продукции, сформированного за отчетный период, процентов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">13. Индекс линий, связанных с производством, измеряется от 0 до 100 процентов, формируется по продукции исходя из усредненного значения компонентов, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P852" w:tooltip="ИНДЕКС">
+      <w:hyperlink w:history="0" w:anchor="P863" w:tooltip="ИНДЕКС">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложением N 4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему документу, и определяется по формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:position w:val="-26"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1038225" cy="466725"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Консультант Плюс"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId47">
+                    <a:blip r:embed="rId55">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1038225" cy="466725"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -12765,142 +13233,142 @@
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - значение компонента индекса линий, связанных с производством, по отдельной продукции, сформированного за отчетный период, процентов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">14. Продукция считается высокотехнологичной продукцией, произведенной на собственных линиях разработки технологий, в одном из следующих случаев:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="727" w:name="P727"/>
-    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:id="738" w:name="P738"/>
+    <w:bookmarkEnd w:id="738"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">высокотехнологичная продукция соответствует не менее чем среднему уровню готовности линий, связанных с исследованиями, и (или) уровню готовности линий, связанных с производством, одновременно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="728" w:name="P728"/>
-    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:id="739" w:name="P739"/>
+    <w:bookmarkEnd w:id="739"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">высокотехнологичная продукция, в отношении которой в среднесрочном и долгосрочном плане развития технологий или карте технологической кооперации национального проекта по обеспечению технологического лидерства Российской Федерации предусмотрено достижение не менее чем среднего уровня готовности линий, связанных с исследованиями, и (или) уровня готовности линий, связанных с производством, одновременно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="729" w:name="P729"/>
-    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:id="740" w:name="P740"/>
+    <w:bookmarkEnd w:id="740"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Президиум Правительственной комиссии по модернизации экономики и инновационному развитию России вправе установить значения индекса линий, связанных с исследованиями, и индекса линий, связанных с производством, соблюдение которых позволяет считать продукцию высокотехнологичной продукцией, произведенной на собственных линиях разработки технологий, для отдельных отраслей, направлений и видов высокотехнологичной продукции, отличных от тех, что указаны в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P727" w:tooltip="высокотехнологичная продукция соответствует не менее чем среднему уровню готовности линий, связанных с исследованиями, и (или) уровню готовности линий, связанных с производством, одновременно;">
+      <w:hyperlink w:history="0" w:anchor="P738" w:tooltip="высокотехнологичная продукция соответствует не менее чем среднему уровню готовности линий, связанных с исследованиями, и (или) уровню готовности линий, связанных с производством, одновременно;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацах втором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P728" w:tooltip="высокотехнологичная продукция, в отношении которой в среднесрочном и долгосрочном плане развития технологий или карте технологической кооперации национального проекта по обеспечению технологического лидерства Российской Федерации предусмотрено достижение не менее чем среднего уровня готовности линий, связанных с исследованиями, и (или) уровня готовности линий, связанных с производством, одновременно.">
+      <w:hyperlink w:history="0" w:anchor="P739" w:tooltip="высокотехнологичная продукция, в отношении которой в среднесрочном и долгосрочном плане развития технологий или карте технологической кооперации национального проекта по обеспечению технологического лидерства Российской Федерации предусмотрено достижение не менее чем среднего уровня готовности линий, связанных с исследованиями, и (или) уровня готовности линий, связанных с производством, одновременно.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">третьем</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Устанавливаемые президиумом Правительственной комиссии по модернизации экономики и инновационному развитию России в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P729" w:tooltip="Президиум Правительственной комиссии по модернизации экономики и инновационному развитию России вправе установить значения индекса линий, связанных с исследованиями, и индекса линий, связанных с производством, соблюдение которых позволяет считать продукцию высокотехнологичной продукцией, произведенной на собственных линиях разработки технологий, для отдельных отраслей, направлений и видов высокотехнологичной продукции, отличных от тех, что указаны в абзацах втором и третьем настоящего пункта.">
+      <w:hyperlink w:history="0" w:anchor="P740" w:tooltip="Президиум Правительственной комиссии по модернизации экономики и инновационному развитию России вправе установить значения индекса линий, связанных с исследованиями, и индекса линий, связанных с производством, соблюдение которых позволяет считать продукцию высокотехнологичной продукцией, произведенной на собственных линиях разработки технологий, для отдельных отраслей, направлений и видов высокотехнологичной продукции, отличных от тех, что указаны в абзацах втором и третьем настоящего пункта.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем четвертым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта значения не могут выходить за пределы, установленные законодательством Российской Федерации, включая акты Президента Российской Федерации и акты Правительства Российской Федерации, а также поручения Президента Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -12993,52 +13461,52 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">разработки технологий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="741" w:name="P741"/>
-    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:id="752" w:name="P752"/>
+    <w:bookmarkEnd w:id="752"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ШКАЛА</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ОПРЕДЕЛЕНИЯ УРОВНЕЙ ГОТОВНОСТИ СОБСТВЕННЫХ ЛИНИЙ РАЗРАБОТКИ</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -13419,52 +13887,52 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">разработки технологий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="765" w:name="P765"/>
-    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:id="776" w:name="P776"/>
+    <w:bookmarkEnd w:id="776"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ШКАЛА</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ОПРЕДЕЛЕНИЯ УРОВНЕЙ ГОТОВНОСТИ СОБСТВЕННЫХ ЛИНИЙ РАЗРАБОТКИ</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -13841,52 +14309,52 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">разработки технологий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="789" w:name="P789"/>
-    <w:bookmarkEnd w:id="789"/>
+    <w:bookmarkStart w:id="800" w:name="P800"/>
+    <w:bookmarkEnd w:id="800"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ИНДЕКС</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ГОТОВНОСТИ СОБСТВЕННЫХ ЛИНИЙ РАЗРАБОТКИ ТЕХНОЛОГИЙ,</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -13959,51 +14427,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Компонент индекса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Данные, необходимые для расчета </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P841" w:tooltip="&lt;*&gt; При расчете значений компонентов, предусмотренных настоящим документом, допустимо учитывать компоненты сторонних организаций, привлекаемых на договорной основе к разработке и совершенствованию технологий (разработке новых поколений технологий), при условии нахождения указанных организаций на территории Российской Федерации или по решению Правительства Российской Федерации за пределами Российской Федерации.">
+            <w:hyperlink w:history="0" w:anchor="P852" w:tooltip="&lt;*&gt; При расчете значений компонентов, предусмотренных настоящим документом, допустимо учитывать компоненты сторонних организаций, привлекаемых на договорной основе к разработке и совершенствованию технологий (разработке новых поколений технологий), при условии нахождения указанных организаций на территории Российской Федерации или по решению Правительства Российской Федерации за пределами Российской Федерации.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;*&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -14078,51 +14546,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-23"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1457325" cy="428625"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId48">
+                          <a:blip r:embed="rId56">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1457325" cy="428625"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -14177,51 +14645,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">при этом К1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="-2"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="123825" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId49">
+                          <a:blip r:embed="rId57">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="123825" cy="152400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -14404,51 +14872,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-23"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1476375" cy="428625"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId50">
+                          <a:blip r:embed="rId58">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1476375" cy="428625"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -14503,51 +14971,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">при этом К2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="-2"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="123825" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId49">
+                          <a:blip r:embed="rId57">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="123825" cy="152400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -14719,51 +15187,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-23"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1476375" cy="428625"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId51">
+                          <a:blip r:embed="rId59">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1476375" cy="428625"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -14818,51 +15286,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">при этом К3 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="-2"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="123825" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId49">
+                          <a:blip r:embed="rId57">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="123825" cy="152400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -14986,51 +15454,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-23"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1476375" cy="428625"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId52">
+                          <a:blip r:embed="rId60">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1476375" cy="428625"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -15085,51 +15553,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">при этом К4 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="-2"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="123825" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId49">
+                          <a:blip r:embed="rId57">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="123825" cy="152400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -15312,51 +15780,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-23"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1476375" cy="428625"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId53">
+                          <a:blip r:embed="rId61">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1476375" cy="428625"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -15411,51 +15879,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">при этом К5 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="-2"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="123825" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId49">
+                          <a:blip r:embed="rId57">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="123825" cy="152400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -15579,51 +16047,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-23"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1476375" cy="428625"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId54">
+                          <a:blip r:embed="rId62">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1476375" cy="428625"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -15678,51 +16146,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">при этом К6 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="-2"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="123825" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId49">
+                          <a:blip r:embed="rId57">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="123825" cy="152400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -15879,51 +16347,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-23"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1476375" cy="428625"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId55">
+                          <a:blip r:embed="rId63">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1476375" cy="428625"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -15978,51 +16446,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">при этом К7 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="-2"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="123825" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId49">
+                          <a:blip r:embed="rId57">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="123825" cy="152400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -16092,52 +16560,52 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">--------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="841" w:name="P841"/>
-    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:id="852" w:name="P852"/>
+    <w:bookmarkEnd w:id="852"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;*&gt; При расчете значений компонентов, предусмотренных настоящим документом, допустимо учитывать компоненты сторонних организаций, привлекаемых на договорной основе к разработке и совершенствованию технологий (разработке новых поколений технологий), при условии нахождения указанных организаций на территории Российской Федерации или по решению Правительства Российской Федерации за пределами Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -16224,52 +16692,52 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">разработки технологий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="852" w:name="P852"/>
-    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:id="863" w:name="P863"/>
+    <w:bookmarkEnd w:id="863"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ИНДЕКС</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ГОТОВНОСТИ СОБСТВЕННЫХ ЛИНИЙ РАЗРАБОТКИ ТЕХНОЛОГИЙ,</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -16341,51 +16809,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Компонент индекса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Данные, необходимые для расчета</w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P892" w:tooltip="&lt;*&gt; При расчете значений компонентов, предусмотренных настоящим документом, допустимо учитывать компоненты сторонних организаций, привлекаемых на договорной основе к выпуску продукции, при условии нахождения указанных организаций на территории Российской Федерации или по решению Правительства Российской Федерации за пределами Российской Федерации.">
+            <w:hyperlink w:history="0" w:anchor="P903" w:tooltip="&lt;*&gt; При расчете значений компонентов, предусмотренных настоящим документом, допустимо учитывать компоненты сторонних организаций, привлекаемых на договорной основе к выпуску продукции, при условии нахождения указанных организаций на территории Российской Федерации или по решению Правительства Российской Федерации за пределами Российской Федерации.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">*</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -16460,51 +16928,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-23"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1485900" cy="428625"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId56">
+                          <a:blip r:embed="rId64">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1485900" cy="428625"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -16571,51 +17039,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">К1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="-2"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="123825" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId49">
+                          <a:blip r:embed="rId57">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="123825" cy="152400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -16787,51 +17255,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-23"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1485900" cy="428625"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId57">
+                          <a:blip r:embed="rId65">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1485900" cy="428625"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -16898,51 +17366,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">К2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="-2"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="123825" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId49">
+                          <a:blip r:embed="rId57">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="123825" cy="152400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -17125,51 +17593,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-23"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1485900" cy="428625"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId58">
+                          <a:blip r:embed="rId66">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1485900" cy="428625"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -17236,51 +17704,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">К3 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="-2"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="123825" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId49">
+                          <a:blip r:embed="rId57">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="123825" cy="152400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -17404,51 +17872,51 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-23"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1485900" cy="428625"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId59">
+                          <a:blip r:embed="rId67">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1485900" cy="428625"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -17515,51 +17983,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">К4 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:position w:val="-2"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="123825" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId49">
+                          <a:blip r:embed="rId57">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="123825" cy="152400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -17610,51 +18078,51 @@
               </w:rPr>
               <w:t xml:space="preserve">К4.2 - количество основных средств, необходимых для выпуска продукции, находящихся на территории Российской Федерации или в случаях, установленных Правительством Российской Федерации, за ее пределами (с сохранением контроля Российской Федерации или российских юридических лиц) и являющихся российскими. Аналитически может оцениваться российское основное средство, которым признается основное средство, соответствующее следующим условиям:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">находится под контролем Российской Федерации или российских юридических лиц;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">соответствует </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId60" w:tooltip="Постановление Правительства РФ от 17.07.2015 N 719 (ред. от 18.09.2025) &quot;О подтверждении производства российской промышленной продукции&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId68" w:tooltip="Постановление Правительства РФ от 17.07.2015 N 719 (ред. от 27.01.2026) &quot;О подтверждении производства российской промышленной продукции&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">требованиям</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к промышленной продукции, предъявляемым в целях ее отнесения к российской промышленной продукции, установленным постановлением Правительства Российской Федерации от 17 июля 2015 г. N 719 "О подтверждении производства российской промышленной продукции", предусмотренным приложением к указанному постановлению;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">не может быть дистанционно управляемо или отключено без согласия собственника основного средства;</w:t>
             </w:r>
@@ -17688,52 +18156,52 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">--------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="892" w:name="P892"/>
-    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:id="903" w:name="P903"/>
+    <w:bookmarkEnd w:id="903"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;*&gt; При расчете значений компонентов, предусмотренных настоящим документом, допустимо учитывать компоненты сторонних организаций, привлекаемых на договорной основе к выпуску продукции, при условии нахождения указанных организаций на территории Российской Федерации или по решению Правительства Российской Федерации за пределами Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -17956,104 +18424,104 @@
       <w:gridCol w:w="1"/>
     </w:tblGrid>
     <w:tr>
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1683"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2700" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Постановление Правительства РФ от 06.10.2025 N 1552</w:t>
             <w:br/>
-            <w:t>"О планировании технологической политики в Российской Федерации"</w:t>
+            <w:t>(ред. от 05.12.2025)</w:t>
             <w:br/>
-            <w:t>(вм...</w:t>
+            <w:t>"О планировании технологической политики в Росс...</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2300" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="end"/>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve">Документ предоставлен </w:t>
           </w:r>
           <w:hyperlink r:id="rId1" w:history="0" w:tooltip="КонсультантПлюс - надежная правовая система">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>КонсультантПлюс</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Дата сохранения: 05.11.2025</w:t>
+            <w:t>Дата сохранения: 19.02.2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p/>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:themeFontLang w:val="ru-RU"/>
 </w:settings>
 </file>
@@ -18290,51 +18758,52 @@
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="word/settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100195" TargetMode = "External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100128" TargetMode = "External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100128" TargetMode = "External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=514887&amp;dst=6787" TargetMode = "External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=850787" TargetMode = "External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=850788" TargetMode = "External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=850789" TargetMode = "External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=850790" TargetMode = "External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=850785" TargetMode = "External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=853808" TargetMode = "External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=868812" TargetMode = "External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=815413" TargetMode = "External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=437678" TargetMode = "External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=815718" TargetMode = "External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100293" TargetMode = "External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100082" TargetMode = "External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100082" TargetMode = "External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498&amp;dst=100451" TargetMode = "External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511499" TargetMode = "External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100133" TargetMode = "External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100135" TargetMode = "External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100117" TargetMode = "External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100128" TargetMode = "External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100122" TargetMode = "External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496909" TargetMode = "External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=515317&amp;dst=100162" TargetMode = "External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100230" TargetMode = "External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496275&amp;dst=78" TargetMode = "External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=496275&amp;dst=80" TargetMode = "External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100230" TargetMode = "External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100230" TargetMode = "External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804" TargetMode = "External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.wmf"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.wmf"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.wmf"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.wmf"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.wmf"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.wmf"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.wmf"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.wmf"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.wmf"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=514887&amp;dst=6205" TargetMode = "External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521512&amp;dst=100332" TargetMode = "External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100195" TargetMode = "External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100128" TargetMode = "External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100128" TargetMode = "External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=525369&amp;dst=6787" TargetMode = "External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521512&amp;dst=100332" TargetMode = "External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=850787" TargetMode = "External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=850788" TargetMode = "External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=850789" TargetMode = "External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=850790" TargetMode = "External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=850785" TargetMode = "External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=853808" TargetMode = "External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=868812" TargetMode = "External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=815413" TargetMode = "External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=437678" TargetMode = "External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=EXP&amp;n=815718" TargetMode = "External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100293" TargetMode = "External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100082" TargetMode = "External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100082" TargetMode = "External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498&amp;dst=100451" TargetMode = "External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518351" TargetMode = "External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521512&amp;dst=100333" TargetMode = "External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100133" TargetMode = "External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100135" TargetMode = "External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521512&amp;dst=100334" TargetMode = "External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521512&amp;dst=100336" TargetMode = "External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521512&amp;dst=100338" TargetMode = "External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521512&amp;dst=100339" TargetMode = "External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521512&amp;dst=100342" TargetMode = "External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100117" TargetMode = "External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100128" TargetMode = "External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100122" TargetMode = "External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518569" TargetMode = "External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=524540&amp;dst=100162" TargetMode = "External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100230" TargetMode = "External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520169&amp;dst=78" TargetMode = "External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520169&amp;dst=80" TargetMode = "External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100230" TargetMode = "External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100230" TargetMode = "External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804" TargetMode = "External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.wmf"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.wmf"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.wmf"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.wmf"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.wmf"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.wmf"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.wmf"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.wmf"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.wmf"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=525369&amp;dst=6205" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>КонсультантПлюс Версия 4025.00.30</Application>
-  <Company>КонсультантПлюс Версия 4025.00.30</Company>
+  <Application>КонсультантПлюс Версия 4025.00.52</Application>
+  <Company>КонсультантПлюс Версия 4025.00.52</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Постановление Правительства РФ от 06.10.2025 N 1552
+(ред. от 05.12.2025)
 "О планировании технологической политики в Российской Федерации"
 (вместе с "Положением о планировании технологической политики в Российской Федерации", "Методикой оценки уровней готовности технологий", "Методикой оценки уровней готовности производства", "Методикой определения уровня рыночной готовности и коммерциализации высокотехнологичной продукции", "Методикой определения уровней готовности собственных линий разработки технологий")</dc:title>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </cp:coreProperties>
 </file>