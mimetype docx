--- v0 (2025-11-08)
+++ v1 (2026-02-19)
@@ -1,50 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...3 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideV w:val="nil"/>
           <w:insideH w:val="nil"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10716"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="3031" w:hRule="exact"/>
         </w:trPr>
@@ -74,51 +71,51 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="5"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-61"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="3810000" cy="904875"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2">
+                          <a:blip r:embed="rId3">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3810000" cy="904875"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -150,1063 +147,1049 @@
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="48"/>
               </w:rPr>
               <w:t xml:space="preserve">Постановление Правительства РФ от 07.02.2025 N 118</w:t>
               <w:br/>
+              <w:t xml:space="preserve">(ред. от 26.12.2025)</w:t>
+              <w:br/>
               <w:t xml:space="preserve">"О пилотной апробации в 2025 году формирования и подписания единых соглашений в целях реализации государственных программ Российской Федерации"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="3031" w:hRule="exact"/>
         </w:trPr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
             <w:insideV w:val="nil"/>
             <w:insideH w:val="nil"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10716" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Документ предоставлен </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId3" w:tooltip="Ссылка на КонсультантПлюс">
+            <w:hyperlink w:history="0" r:id="rId4" w:tooltip="Ссылка на КонсультантПлюс">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:color w:val="0000ff"/>
                   <w:b w:val="on"/>
                 </w:rPr>
                 <w:t xml:space="preserve">КонсультантПлюс</w:t>
                 <w:br/>
                 <w:br/>
               </w:r>
             </w:hyperlink>
-            <w:hyperlink w:history="0" r:id="rId4" w:tooltip="Ссылка на КонсультантПлюс">
+            <w:hyperlink w:history="0" r:id="rId5" w:tooltip="Ссылка на КонсультантПлюс">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:color w:val="0000ff"/>
                   <w:b w:val="on"/>
                 </w:rPr>
                 <w:t xml:space="preserve">www.consultant.ru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:br/>
-              <w:t xml:space="preserve">Дата сохранения: 17.02.2025</w:t>
+              <w:t xml:space="preserve">Дата сохранения: 12.01.2026</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="841" w:right="595" w:bottom="841" w:left="595" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:outlineLvl w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:outlineLvl w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ПРАВИТЕЛЬСТВО РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ПОСТАНОВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">от 7 февраля 2025 г. N 118</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">О ПИЛОТНОЙ АПРОБАЦИИ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В 2025 ГОДУ ФОРМИРОВАНИЯ И ПОДПИСАНИЯ ЕДИНЫХ СОГЛАШЕНИЙ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В ЦЕЛЯХ РЕАЛИЗАЦИИ ГОСУДАРСТВЕННЫХ ПРОГРАММ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...11 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Правительство Российской Федерации постановляет:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="12" w:name="P12"/>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Установить, что в 2025 году дополнительно к соглашениям о предоставлении субсидий бюджетам субъектов Российской Федерации из федерального бюджета, предусмотренным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId7" w:tooltip="Постановление Правительства РФ от 30.09.2014 N 999 (ред. от 11.09.2024) &quot;О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; (вместе с &quot;Правилами формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot;) ------------ Недействующая редакция {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId8" w:tooltip="Постановление Правительства РФ от 30.09.2014 N 999 (ред. от 26.12.2025) &quot;О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; (вместе с &quot;Правилами формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Правилами</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденными постановлением Правительства Российской Федерации от 30 сентября 2014 г. N 999 "О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации" (далее соответственно - Правила формирования, предоставления и распределения субсидий, соглашение о предоставлении субсидии), а также соглашениям о реализации на территориях субъектов Российской Федерации государственных программ субъектов Российской Федерации, направленных на достижение целей и показателей государственных программ Российской Федерации, предусмотренным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId8" w:tooltip="Постановление Правительства РФ от 26.05.2021 N 786 (ред. от 30.05.2024) &quot;О системе управления государственными программами Российской Федерации&quot; (вместе с &quot;Положением о системе управления государственными программами Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId9" w:tooltip="Постановление Правительства РФ от 26.05.2021 N 786 (ред. от 02.08.2025) &quot;О системе управления государственными программами Российской Федерации&quot; (вместе с &quot;Положением о системе управления государственными программами Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Положением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> о системе управления государственными программами Российской Федерации, утвержденным постановлением Правительства Российской Федерации от 26 мая 2021 г. N 786 "О системе управления государственными программами Российской Федерации", в государственной интегрированной информационной системе управления общественными финансами </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId9" w:tooltip="Постановление Правительства РФ от 30.06.2015 N 658 (ред. от 30.05.2024) &quot;О государственной интегрированной информационной системе управления общественными финансами &quot;Электронный бюджет&quot; (вместе с &quot;Положением о государственной интегрированной информационной системе управления общественными финансами &quot;Электронный бюджет&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId10" w:tooltip="Постановление Правительства РФ от 30.06.2015 N 658 (ред. от 01.11.2025) &quot;О государственной интегрированной информационной системе управления общественными финансами &quot;Электронный бюджет&quot; (вместе с &quot;Положением о государственной интегрированной информационной системе управления общественными финансами &quot;Электронный бюджет&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"Электронный бюджет"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее - система "Электронный бюджет") по мере ввода в эксплуатацию соответствующих компонентов и модулей системы "Электронный бюджет" могут формироваться и подписываться единые соглашения в целях реализации государственных программ Российской Федерации (далее соответственно - государственная программа, единое соглашение). Государственная программа, в рамках которой обеспечивается формирование и подписание единого соглашения, определяется Министерством финансов Российской Федерации по согласованию с ответственным исполнителем государственной программы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Единое соглашение формируется в аналитических целях и не является основанием для возникновения правоотношений, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId10" w:tooltip="Постановление Правительства РФ от 30.09.2014 N 999 (ред. от 11.09.2024) &quot;О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; (вместе с &quot;Правилами формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot;) ------------ Недействующая редакция {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId11" w:tooltip="Постановление Правительства РФ от 30.09.2014 N 999 (ред. от 26.12.2025) &quot;О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; (вместе с &quot;Правилами формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Правилами</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> формирования, предоставления и распределения субсидий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...19 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId12" w:tooltip="&quot;Рекомендации по формированию и подписанию единых соглашений в целях реализации государственных программ Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Единое соглашение</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> включает условия предоставления всех субсидий бюджету субъекта Российской Федерации из федерального бюджета в рамках государственной программы, а также положения о реализации государственной программы и (или) ее структурных элементов на территории субъекта Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Подписание единого соглашения осуществляется после согласования уполномоченными исполнительными органами субъекта Российской Федерации в системе "Электронный бюджет" показателей государственной программы и (или) ее структурных элементов и (или) мероприятий (результатов) структурных элементов государственной программы, декомпозированных по субъектам Российской Федерации (далее соответственно - декомпозированные показатели, декомпозированные мероприятия (результаты), в том числе в целях достижения (реализации) которых субъект Российской Федерации принимает расходные обязательства, на софинансирование которых предоставляются субсидии бюджету субъекта Российской Федерации из федерального бюджета.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В целях обеспечения согласования декомпозированных показателей и декомпозированных мероприятий (результатов) в системе "Электронный бюджет" федеральным органом исполнительной власти, являющимся ответственным исполнителем государственной программы, формируются и актуализируются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="17" w:name="P17"/>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">информация о декомпозированных показателях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="18" w:name="P18"/>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">информация о декомпозированных мероприятиях (результатах).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Проект единого соглашения формируется в системе "Электронный бюджет" автоматически с учетом информации, указанной в </w:t>
       </w:r>
       <w:hyperlink w:history="0" w:anchor="P17" w:tooltip="информация о декомпозированных показателях;">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацах третьем</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:hyperlink w:history="0" w:anchor="P18" w:tooltip="информация о декомпозированных мероприятиях (результатах).">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">четвертом пункта 4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего постановления, а также информации, содержащейся в реестре объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета, формирование и ведение которого осуществляются в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId11" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 01.11.2024) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId13" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Положением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета, утвержденным постановлением Правительства Российской Федерации от 30 мая 2024 г. N 702 "Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета" (в случае включения в проект единого соглашения декомпозированных показателей и декомпозированных мероприятий (результатов), в целях достижения (реализации) которых субъект Российской Федерации принимает расходные обязательства, связанные с осуществлением капитальных вложений в объекты капитального строительства государственной собственности субъектов Российской Федерации (муниципальной собственности), приобретением объектов недвижимого имущества в государственную собственность субъектов Российской Федерации (муниципальную собственность).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="20" w:name="P20"/>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Подписание единого соглашения от имени федерального органа исполнительной власти, являющегося ответственным исполнителем государственной программы, осуществляется автоматически с использованием усиленной квалифицированной электронной подписи оператора системы "Электронный бюджет" с учетом информации, указанной в </w:t>
       </w:r>
       <w:hyperlink w:history="0" w:anchor="P17" w:tooltip="информация о декомпозированных показателях;">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацах третьем</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:hyperlink w:history="0" w:anchor="P18" w:tooltip="информация о декомпозированных мероприятиях (результатах).">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">четвертом пункта 4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего постановления, сформированной указанным федеральным органом исполнительной власти.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">7. Внесение изменений в единое соглашение осуществляется путем заключения дополнительного соглашения к единому соглашению, формируемого с учетом </w:t>
       </w:r>
       <w:hyperlink w:history="0" w:anchor="P12" w:tooltip="1. Установить, что в 2025 году дополнительно к соглашениям о предоставлении субсидий бюджетам субъектов Российской Федерации из федерального бюджета, предусмотренным Правилами формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденными постановлением Правительства Российской Федерации от 30 сентября 2014 г. N 999 &quot;О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot;...">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктов 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:hyperlink w:history="0" w:anchor="P20" w:tooltip="6. Подписание единого соглашения от имени федерального органа исполнительной власти, являющегося ответственным исполнителем государственной программы, осуществляется автоматически с использованием усиленной квалифицированной электронной подписи оператора системы &quot;Электронный бюджет&quot; с учетом информации, указанной в абзацах третьем и четвертом пункта 4 настоящего постановления, сформированной указанным федеральным органом исполнительной власти.">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего постановления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="22" w:name="P22"/>
-[...14 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId12" w:tooltip="Постановление Правительства РФ от 30.09.2014 N 999 (ред. от 11.09.2024) &quot;О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; (вместе с &quot;Правилами формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot;) ------------ Недействующая редакция {КонсультантПлюс}">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Утратил силу с 1 января 2026 года. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId14" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
-          <w:t xml:space="preserve">пунктом 2</w:t>
+          <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...17 lines deleted...]
-      <w:hyperlink w:history="0" w:anchor="P22" w:tooltip="8. В случае предоставления единой субсидии, предусмотренной пунктом 2 Правил формирования, предоставления и распределения субсидий, бюджету субъекта Российской Федерации из федерального бюджета заключение соглашения о предоставлении субсидии (дополнительного соглашения к соглашению о предоставлении субсидии) осуществляется с соблюдением требований, установленных нормативными правовыми актами Российской Федерации, после формирования информации о показателях национальных проектов, государственных программ ...">
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 26.12.2025 N 2162.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P38" w:tooltip="ИЗМЕНЕНИЯ,">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
-[...28 lines deleted...]
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">изменения</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, которые вносятся в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId13" w:tooltip="Постановление Правительства РФ от 30.09.2014 N 999 (ред. от 11.09.2024) &quot;О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; (вместе с &quot;Правилами формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot;) ------------ Недействующая редакция {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId15" w:tooltip="Постановление Правительства РФ от 30.09.2014 N 999 (ред. от 11.09.2024) &quot;О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; (вместе с &quot;Правилами формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot;) ------------ Недействующая редакция {КонсультантПлюс}">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Правила</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденные постановлением Правительства Российской Федерации от 30 сентября 2014 г. N 999 "О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации" (Собрание законодательства Российской Федерации, 2014, N 41, ст. 5536).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Председатель Правительства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Российской Федерации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">М.МИШУСТИН</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...43 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:outlineLvl w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Утверждены</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">постановлением Правительства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Российской Федерации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">от 7 февраля 2025 г. N 118</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="38" w:name="P38"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ИЗМЕНЕНИЯ,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">КОТОРЫЕ ВНОСЯТСЯ В ПРАВИЛА ФОРМИРОВАНИЯ, ПРЕДОСТАВЛЕНИЯ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">И РАСПРЕДЕЛЕНИЯ СУБСИДИЙ ИЗ ФЕДЕРАЛЬНОГО БЮДЖЕТА БЮДЖЕТАМ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">СУБЪЕКТОВ РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId14" w:tooltip="Постановление Правительства РФ от 30.09.2014 N 999 (ред. от 11.09.2024) &quot;О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; (вместе с &quot;Правилами формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot;) ------------ Недействующая редакция {КонсультантПлюс}">
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:history="0" r:id="rId16" w:tooltip="Постановление Правительства РФ от 30.09.2014 N 999 (ред. от 11.09.2024) &quot;О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; (вместе с &quot;Правилами формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot;) ------------ Недействующая редакция {КонсультантПлюс}">
         <w:r>
           <w:rPr>
-            <w:sz w:val="24"/>
+            <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Дополнить</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> пунктами 10(2) и 10(3) следующего содержания:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">"10(2). Заключение соглашения (дополнительного соглашения к соглашению) осуществляется после согласования уполномоченными исполнительными органами субъекта Российской Федерации мероприятий (результатов) структурных элементов государственных программ Российской Федерации, декомпозированных по субъектам Российской Федерации, в целях реализации (достижения) которых субъект Российской Федерации принимает расходные обязательства, на софинансирование которых предоставляются субсидии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В целях обеспечения согласования мероприятий (результатов) структурных элементов государственных программ Российской Федерации, декомпозированных по субъектам Российской Федерации, в целях реализации (достижения) которых субъект Российской Федерации принимает расходные обязательства, на софинансирование которых предоставляются субсидии, в системе "Электронный бюджет" по мере ввода в эксплуатацию соответствующих компонентов и модулей системы "Электронный бюджет" формируется и актуализируется информация о таких мероприятиях (результатах).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Порядок формирования и актуализации информации, указанной в абзаце втором настоящего пункта, а также согласования мероприятий (результатов) структурных элементов государственных программ Российской Федерации, декомпозированных по субъектам Российской Федерации, в целях реализации (достижения) которых субъект Российской Федерации принимает расходные обязательства, на софинансирование которых предоставляются субсидии, устанавливается Министерством финансов Российской Федерации по согласованию с Министерством экономического развития Российской Федерации и Аппаратом Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">10(3). Проект соглашения (дополнительного соглашения к соглашению) формируется в системе "Электронный бюджет" автоматически (по мере ввода в эксплуатацию соответствующих компонентов и модулей системы "Электронный бюджет") с учетом информации, указанной в абзаце втором пункта 10(2) настоящих Правил, а также информации, содержащейся в реестре объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета, формирование и ведение которого осуществляются в соответствии с Положением о порядке формирования и ведения реестра объектов (в случае включения в проект соглашения (дополнительного соглашения к соглашению) мероприятий (результатов) структурных элементов государственных программ Российской Федерации, декомпозированных по субъектам Российской Федерации, в целях достижения (реализации) которых субъект Российской Федерации принимает расходные обязательства, связанные с осуществлением капитальных вложений в объекты капитального строительства, приобретением объектов недвижимого имущества).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="240" w:line-rule="auto"/>
-[...5 lines deleted...]
-          <w:sz w:val="24"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Подписание соглашения (дополнительного соглашения к соглашению) от имени главного распорядителя средств федерального бюджета осуществляется автоматически с использованием усиленной квалифицированной электронной подписи оператора системы "Электронный бюджет" по мере ввода в эксплуатацию соответствующих компонентов и модулей системы "Электронный бюджет".".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="100" w:after="100"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId5"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:headerReference w:type="first" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="first" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se wne wp14">
   <w:p>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -1374,372 +1357,385 @@
       <w:gridCol w:w="1"/>
     </w:tblGrid>
     <w:tr>
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1683"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2700" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Постановление Правительства РФ от 07.02.2025 N 118</w:t>
             <w:br/>
-            <w:t>"О пилотной апробации в 2025 году формирования и подписания единых со...</w:t>
+            <w:t>(ред. от 26.12.2025)</w:t>
+            <w:br/>
+            <w:t>"О пилотной апробации в 2025 году формирования и...</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2300" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="end"/>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve">Документ предоставлен </w:t>
           </w:r>
           <w:hyperlink r:id="rId1" w:history="0" w:tooltip="КонсультантПлюс - надежная правовая система">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>КонсультантПлюс</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Дата сохранения: 17.02.2025</w:t>
+            <w:t>Дата сохранения: 12.01.2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p/>
 </w:hdr>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:themeFontLang w:val="ru-RU"/>
+</w:settings>
+</file>
+
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:default="1" w:customStyle="1" w:styleId="0">
     <w:name w:val="ConsPlusNormal"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="ConsPlusNonformat"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="ConsPlusTitle"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:sz w:val="24"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
     <w:name w:val="ConsPlusCell"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
     <w:name w:val="ConsPlusDocList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:sz w:val="18"/>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
     <w:name w:val="ConsPlusTitlePage"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
     <w:name w:val="ConsPlusJurTerm"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="26"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:default="1" w:customStyle="1" w:styleId="0">
     <w:name w:val="ConsPlusNormal"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="ConsPlusNonformat"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="ConsPlusTitle"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:sz w:val="24"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
     <w:name w:val="ConsPlusCell"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
     <w:name w:val="ConsPlusDocList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-      <w:sz w:val="18"/>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
     <w:name w:val="ConsPlusTitlePage"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
     <w:name w:val="ConsPlusJurTerm"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="26"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...14 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523199&amp;dst=100202" TargetMode = "External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498&amp;dst=100447" TargetMode = "External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518117&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523199&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508856&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485669&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485669&amp;dst=100012" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...1 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...1 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>КонсультантПлюс Версия 4024.00.50</Application>
-  <Company>КонсультантПлюс Версия 4024.00.50</Company>
+  <Application>КонсультантПлюс Версия 4025.00.52</Application>
+  <Company>КонсультантПлюс Версия 4025.00.52</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Постановление Правительства РФ от 07.02.2025 N 118
+(ред. от 26.12.2025)
 "О пилотной апробации в 2025 году формирования и подписания единых соглашений в целях реализации государственных программ Российской Федерации"</dc:title>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </cp:coreProperties>
 </file>