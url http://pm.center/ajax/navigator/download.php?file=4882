--- v0 (2025-11-09)
+++ v1 (2026-02-19)
@@ -147,51 +147,51 @@
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="48"/>
               </w:rPr>
               <w:t xml:space="preserve">Постановление Правительства РФ от 30.09.2014 N 999</w:t>
               <w:br/>
-              <w:t xml:space="preserve">(ред. от 27.09.2025)</w:t>
+              <w:t xml:space="preserve">(ред. от 26.12.2025)</w:t>
               <w:br/>
               <w:t xml:space="preserve">"О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации"</w:t>
               <w:br/>
               <w:t xml:space="preserve">(вместе с "Правилами формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации")</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="3031" w:hRule="exact"/>
         </w:trPr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
             <w:insideV w:val="nil"/>
             <w:insideH w:val="nil"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10716" w:type="dxa"/>
@@ -226,51 +226,51 @@
                   <w:sz w:val="28"/>
                   <w:color w:val="0000ff"/>
                   <w:b w:val="on"/>
                 </w:rPr>
                 <w:t xml:space="preserve">КонсультантПлюс</w:t>
                 <w:br/>
                 <w:br/>
               </w:r>
             </w:hyperlink>
             <w:hyperlink w:history="0" r:id="rId5" w:tooltip="Ссылка на КонсультантПлюс">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:color w:val="0000ff"/>
                   <w:b w:val="on"/>
                 </w:rPr>
                 <w:t xml:space="preserve">www.consultant.ru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:br/>
-              <w:t xml:space="preserve">Дата сохранения: 05.11.2025</w:t>
+              <w:t xml:space="preserve">Дата сохранения: 12.01.2026</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="841" w:right="595" w:bottom="841" w:left="595" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:outlineLvl w:val="0"/>
@@ -795,51 +795,51 @@
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1295</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 26.12.2019 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId24" w:tooltip="Постановление Правительства РФ от 26.12.2019 N 1843 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId24" w:tooltip="Постановление Правительства РФ от 26.12.2019 N 1843 (ред. от 26.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1843</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 31.12.2019 </w:t>
             </w:r>
             <w:hyperlink w:history="0" r:id="rId25" w:tooltip="Постановление Правительства РФ от 31.12.2019 N 1948 (ред. от 31.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу некоторых актов и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1948</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
@@ -1039,83 +1039,83 @@
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 2572</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 01.03.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId36" w:tooltip="Постановление Правительства РФ от 01.03.2022 N 278 (ред. от 31.05.2025) &quot;Об утверждении Правил принятия решений о признании проектной документации типовой проектной документацией, признании функционально-технологических, конструктивных, инженерно-технических и иных решений, содержащихся в типовой проектной документации, типовыми проектными решениями, Правил использования типовой проектной документации, типового проектного решения, об изменении и признании утратившими силу некоторых актов и отдельных положен {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId36" w:tooltip="Постановление Правительства РФ от 01.03.2022 N 278 (ред. от 26.11.2025) &quot;Об утверждении Правил принятия решений о признании проектной документации типовой проектной документацией, признании функционально-технологических, конструктивных, инженерно-технических и иных решений, содержащихся в типовой проектной документации, типовыми проектными решениями, Правил использования типовой проектной документации, типового проектного решения, об изменении и признании утратившими силу некоторых актов и отдельных положен {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 278</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 14.04.2022 </w:t>
             </w:r>
             <w:hyperlink w:history="0" r:id="rId37" w:tooltip="Постановление Правительства РФ от 14.04.2022 N 655 (ред. от 30.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия постановления Правительства Российской Федерации от 12 августа 2008 г. N 590 и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 655</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 21.05.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId38" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId38" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 934</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
@@ -1254,141 +1254,141 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 01.12.2023 </w:t>
             </w:r>
             <w:hyperlink w:history="0" r:id="rId46" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 2058</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 22.12.2023 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId47" w:tooltip="Постановление Правительства РФ от 22.12.2023 N 2255 (ред. от 06.10.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Восстановление и социально-экономическое развитие Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId47" w:tooltip="Постановление Правительства РФ от 22.12.2023 N 2255 (ред. от 29.11.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Восстановление и социально-экономическое развитие Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 2255</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 29.12.2023 </w:t>
             </w:r>
             <w:hyperlink w:history="0" r:id="rId48" w:tooltip="Постановление Правительства РФ от 29.12.2023 N 2374 &quot;О внесении изменения в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 2374</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 30.05.2024 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId49" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 08.10.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId49" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 702</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 11.09.2024 </w:t>
             </w:r>
             <w:hyperlink w:history="0" r:id="rId50" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1231</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 07.02.2025 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId51" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 118 &quot;О пилотной апробации в 2025 году формирования и подписания единых соглашений в целях реализации государственных программ Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId51" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 118 (ред. от 26.12.2025) &quot;О пилотной апробации в 2025 году формирования и подписания единых соглашений в целях реализации государственных программ Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 118</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 07.02.2025 </w:t>
             </w:r>
             <w:hyperlink w:history="0" r:id="rId52" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 120</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
@@ -1403,175 +1403,204 @@
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1487</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
+              <w:t xml:space="preserve">от 26.12.2025 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId54" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 2162</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
               <w:t xml:space="preserve">с изм., внесенными Постановлениями Правительства РФ от 30.04.2020 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId54" w:tooltip="Постановление Правительства РФ от 30.04.2020 N 630 &quot;О внесении изменения в постановление Правительства Российской Федерации от 24 декабря 2019 г. N 1803 и о приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId55" w:tooltip="Постановление Правительства РФ от 30.04.2020 N 630 &quot;О внесении изменения в постановление Правительства Российской Федерации от 24 декабря 2019 г. N 1803 и о приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 630</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 23.01.2021 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId55" w:tooltip="Постановление Правительства РФ от 23.01.2021 N 39 &quot;О внесении изменений в пункты 18, 26(4) и 26(8) Положения о мерах по обеспечению исполнения федерального бюджета и приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId56" w:tooltip="Постановление Правительства РФ от 23.01.2021 N 39 &quot;О внесении изменений в пункты 18, 26(4) и 26(8) Положения о мерах по обеспечению исполнения федерального бюджета и приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 39</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 24.12.2021 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId56" w:tooltip="Постановление Правительства РФ от 24.12.2021 N 2460 (ред. от 02.12.2022) &quot;Об особенностях реализации Федерального закона &quot;О федеральном бюджете на 2022 год и на плановый период 2023 и 2024 годов&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId57" w:tooltip="Постановление Правительства РФ от 24.12.2021 N 2460 (ред. от 02.12.2022) &quot;Об особенностях реализации Федерального закона &quot;О федеральном бюджете на 2022 год и на плановый период 2023 и 2024 годов&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 2460</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 11.02.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId57" w:tooltip="Постановление Правительства РФ от 11.02.2022 N 149 &quot;О приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId58" w:tooltip="Постановление Правительства РФ от 11.02.2022 N 149 &quot;О приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 149</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 29.03.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId58" w:tooltip="Постановление Правительства РФ от 29.03.2022 N 505 &quot;О приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации и установлении размеров авансовых платежей при заключении государственных (муниципальных) контрактов в 2022 году&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId59" w:tooltip="Постановление Правительства РФ от 29.03.2022 N 505 &quot;О приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации и установлении размеров авансовых платежей при заключении государственных (муниципальных) контрактов в 2022 году&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 505</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 16.04.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId59" w:tooltip="Постановление Правительства РФ от 16.04.2022 N 681 (ред. от 02.06.2023) &quot;О приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId60" w:tooltip="Постановление Правительства РФ от 16.04.2022 N 681 (ред. от 02.06.2023) &quot;О приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 681</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 30.12.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId60" w:tooltip="Постановление Правительства РФ от 30.12.2022 N 2549 (ред. от 25.07.2023) &quot;Об особенностях реализации Федерального закона &quot;О федеральном бюджете на 2023 год и на плановый период 2024 и 2025 годов&quot; (с изм. и доп., вступ. в силу с 26.07.2023) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId61" w:tooltip="Постановление Правительства РФ от 30.12.2022 N 2549 (ред. от 25.07.2023) &quot;Об особенностях реализации Федерального закона &quot;О федеральном бюджете на 2023 год и на плановый период 2024 и 2025 годов&quot; (с изм. и доп., вступ. в силу с 26.07.2023) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 2549</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
@@ -1603,608 +1632,608 @@
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Правительство Российской Федерации постановляет:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Утвердить прилагаемые </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P62" w:tooltip="ПРАВИЛА">
+      <w:hyperlink w:history="0" w:anchor="P63" w:tooltip="ПРАВИЛА">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Правила</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> формирования, предоставления и распределения </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId61" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 31.07.2025) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId62" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 28.12.2025) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">субсидий</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> из федерального бюджета бюджетам субъектов Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Федеральным органам исполнительной власти в срок до 1 января 2015 г. внести в установленном порядке в Правительство Российской Федерации проекты нормативных правовых актов о внесении изменений в правила предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, а также в иные нормативные правовые акты, регламентирующие вопросы предоставления субсидий на софинансирование капитальных вложений в объекты государственной собственности субъектов Российской Федерации (муниципальной собственности), в целях их приведения в соответствие с настоящим постановлением.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2(1). Установить, что в 2016 году возврат средств из бюджетов субъектов Российской Федерации в федеральный бюджет в случаях, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P395" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
+      <w:hyperlink w:history="0" w:anchor="P404" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 16</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
+      <w:hyperlink w:history="0" w:anchor="P446" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных настоящим постановлением, осуществляется в порядке, предусмотренном указанными Правилами, если иной порядок не установлен Правительством Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 2(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId62" w:tooltip="Постановление Правительства РФ от 29.02.2016 N 149 (ред. от 17.05.2016) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и об особенностях возврата средств из бюджетов субъектов Российской Федерации в федеральный бюджет в 2016 году&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId63" w:tooltip="Постановление Правительства РФ от 29.02.2016 N 149 (ред. от 17.05.2016) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и об особенностях возврата средств из бюджетов субъектов Российской Федерации в федеральный бюджет в 2016 году&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 29.02.2016 N 149)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Утратил силу с 1 января 2024 года. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId63" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId64" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.12.2023 N 2058.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3(1). Правилами предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, разработанными в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P104" w:tooltip="3. Субъекты бюджетного планирования в соответствии с настоящими Правилами разрабатывают проекты нормативных правовых актов Правительства Российской Федерации, устанавливающих правила предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации (далее - правила предоставления субсидий) или вносящих изменения в ранее утвержденные правила предоставления субсидий, которые представляются в установленном порядке в Правительство Российской Федерации в составе материало...">
+      <w:hyperlink w:history="0" w:anchor="P105" w:tooltip="3. Субъекты бюджетного планирования в соответствии с настоящими Правилами разрабатывают проекты нормативных правовых актов Правительства Российской Федерации, устанавливающих правила предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации (далее - правила предоставления субсидий) или вносящих изменения в ранее утвержденные правила предоставления субсидий, которые представляются в установленном порядке в Правительство Российской Федерации в составе материало...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил, утвержденных настоящим постановлением, может предусматриваться предоставление субсидий из федерального бюджета бюджету г. Байконура.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 3(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId64" w:tooltip="Постановление Правительства РФ от 19.06.2020 N 883 (ред. от 11.09.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId65" w:tooltip="Постановление Правительства РФ от 19.06.2020 N 883 (ред. от 11.09.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 19.06.2020 N 883)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3(2). Установить, что в 2021 - 2027 годах адресное (пообъектное) распределение субсидий по объектам капитального строительства и (или) объектам недвижимого имущества сметной или предполагаемой (предельной) стоимостью или стоимостью приобретения (рассчитанной в ценах соответствующих лет) более 3 млрд. рублей, софинансирование которых предусмотрено государственной </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId65" w:tooltip="Постановление Правительства РФ от 30.01.2019 N 63 (ред. от 21.10.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Социально-экономическое развитие Республики Крым и г. Севастополя&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId66" w:tooltip="Постановление Правительства РФ от 30.01.2019 N 63 (ред. от 27.12.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Социально-экономическое развитие Республики Крым и г. Севастополя&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">программой</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Российской Федерации "Социально-экономическое развитие Республики Крым и г. Севастополя", утверждается на основании сформированных Министерством строительства и жилищно-коммунального хозяйства Российской Федерации, согласованных с Министерством финансов Российской Федерации сведений об объектах капитального строительства, объектах недвижимого имущества, включенных в предусмотренный </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId66" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 31.07.2025) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId67" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 28.12.2025) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">статьей 179.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Российской Федерации реестр объектов капитального строительства, объектов недвижимого имущества (далее - реестр объектов).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 3(2) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId67" w:tooltip="Постановление Правительства РФ от 06.02.2021 N 119 &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId68" w:tooltip="Постановление Правительства РФ от 06.02.2021 N 119 &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 06.02.2021 N 119; в ред. Постановлений Правительства РФ от 29.12.2021 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId68" w:tooltip="Постановление Правительства РФ от 29.12.2021 N 2572 (ред. от 30.05.2024) &quot;Об изменении и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId69" w:tooltip="Постановление Правительства РФ от 29.12.2021 N 2572 (ред. от 30.05.2024) &quot;Об изменении и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 2572</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.10.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId69" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId70" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1916</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.11.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId70" w:tooltip="Постановление Правительства РФ от 28.11.2022 N 2158 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId71" w:tooltip="Постановление Правительства РФ от 28.11.2022 N 2158 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 2158</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 30.05.2024 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId71" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 08.10.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId72" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 702</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3(3). Установить, что в 2024 - 2027 годах адресное (пообъектное) распределение субсидий по объектам капитального строительства и (или) объектам недвижимого имущества сметной или предполагаемой (предельной) стоимостью или стоимостью приобретения (рассчитанной в ценах соответствующих лет) более 3 млрд. рублей, софинансирование капитальных вложений по которым предусмотрено планами развития центров экономического роста субъектов Российской Федерации, входящих в состав Дальневосточного федерального округа, в рамках государственной </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId72" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 308 (ред. от 17.09.2024) &quot;Об утверждении государственной программы Российской Федерации &quot;Социально-экономическое развитие Дальневосточного федерального округа&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId73" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 308 (ред. от 28.11.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Социально-экономическое развитие Дальневосточного федерального округа&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">программы</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Российской Федерации "Социально-экономическое развитие Дальневосточного федерального округа" или планами развития центров экономического роста субъектов Российской Федерации, входящих в состав Арктической зоны Российской Федерации, в рамках государственной </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId73" w:tooltip="Постановление Правительства РФ от 30.03.2021 N 484 (ред. от 24.09.2024) &quot;Об утверждении государственной программы Российской Федерации &quot;Социально-экономическое развитие Арктической зоны Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId74" w:tooltip="Постановление Правительства РФ от 30.03.2021 N 484 (ред. от 26.12.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Социально-экономическое развитие Арктической зоны Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">программы</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Российской Федерации "Социально-экономическое развитие Арктической зоны Российской Федерации", утверждается на основании сформированных Министерством Российской Федерации по развитию Дальнего Востока и Арктики, согласованных с Министерством финансов Российской Федерации, Министерством строительства и жилищно-коммунального хозяйства Российской Федерации, Министерством экономического развития Российской Федерации сведений об объектах капитального строительства, объектах недвижимого имущества, включенных в реестр объектов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 3(3) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId74" w:tooltip="Постановление Правительства РФ от 30.11.2023 N 2031 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId75" w:tooltip="Постановление Правительства РФ от 30.11.2023 N 2031 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2023 N 2031; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId75" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 08.10.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId76" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.05.2024 N 702)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3(4). Установить, что в 2024 - 2030 годах адресное (пообъектное) распределение субсидий по объектам капитального строительства и (или) объектам недвижимого имущества сметной или предполагаемой (предельной) стоимостью или стоимостью приобретения (рассчитанной в ценах соответствующих лет) более 3 млрд. рублей, софинансирование которых предусмотрено государственной </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId76" w:tooltip="Постановление Правительства РФ от 22.12.2023 N 2255 (ред. от 06.10.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Восстановление и социально-экономическое развитие Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId77" w:tooltip="Постановление Правительства РФ от 22.12.2023 N 2255 (ред. от 29.11.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Восстановление и социально-экономическое развитие Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">программой</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Российской Федерации "Восстановление и социально-экономическое развитие Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области", утверждается на основании сформированных федеральным органом исполнительной власти, осуществляющим предоставление соответствующей субсидии в рамках указанной государственной программы сведений об объектах капитального строительства, объектах недвижимого имущества, включенных в реестр объектов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 3(4) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId77" w:tooltip="Постановление Правительства РФ от 22.12.2023 N 2255 (ред. от 06.10.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Восстановление и социально-экономическое развитие Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId78" w:tooltip="Постановление Правительства РФ от 22.12.2023 N 2255 (ред. от 29.11.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Восстановление и социально-экономическое развитие Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 22.12.2023 N 2255; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId78" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 08.10.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId79" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.05.2024 N 702)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3(5). Установить, что до 1 января 2025 г. субсидии из федерального бюджета бюджетам субъектов Российской Федерации, предоставляемые в соответствии с решениями, предусмотренными </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId79" w:tooltip="Федеральный закон от 02.11.2023 N 520-ФЗ (ред. от 29.10.2024) &quot;О внесении изменений в статьи 96.6 и 220.1 Бюджетного кодекса Российской Федерации и отдельные законодательные акты Российской Федерации, приостановлении действия отдельных положений Бюджетного кодекса Российской Федерации и об установлении особенностей исполнения бюджетов бюджетной системы Российской Федерации в 2024 году&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId80" w:tooltip="Федеральный закон от 02.11.2023 N 520-ФЗ (ред. от 29.10.2024) &quot;О внесении изменений в статьи 96.6 и 220.1 Бюджетного кодекса Российской Федерации и отдельные законодательные акты Российской Федерации, приостановлении действия отдельных положений Бюджетного кодекса Российской Федерации и об установлении особенностей исполнения бюджетов бюджетной системы Российской Федерации в 2024 году&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 1 части 9 статьи 5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона "О внесении изменений в статьи 96.6 и 220.1 Бюджетного кодекса Российской Федерации и отдельные законодательные акты Российской Федерации, приостановлении действия отдельных положений Бюджетного кодекса Российской Федерации и об установлении особенностей исполнения бюджетов бюджетной системы Российской Федерации в 2024 году", распределяются актами Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 3(5) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId80" w:tooltip="Постановление Правительства РФ от 29.12.2023 N 2374 &quot;О внесении изменения в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId81" w:tooltip="Постановление Правительства РФ от 29.12.2023 N 2374 &quot;О внесении изменения в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 29.12.2023 N 2374)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Признать утратившими силу решения Правительства Российской Федерации по </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P529" w:tooltip="ПЕРЕЧЕНЬ">
+      <w:hyperlink w:history="0" w:anchor="P538" w:tooltip="ПЕРЕЧЕНЬ">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">перечню</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> согласно приложению.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -2359,52 +2388,52 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">от 30 сентября 2014 г. N 999</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="62" w:name="P62"/>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:id="63" w:name="P63"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ПРАВИЛА</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ФОРМИРОВАНИЯ, ПРЕДОСТАВЛЕНИЯ И РАСПРЕДЕЛЕНИЯ СУБСИДИЙ</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2515,1040 +2544,1056 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">Список изменяющих документов</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.01.2015 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId81" w:tooltip="Постановление Правительства РФ от 28.01.2015 N 60 (ред. от 18.05.2016) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу постановления Правительства Российской Федерации от 24 декабря 2010 г. N 1108&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId82" w:tooltip="Постановление Правительства РФ от 28.01.2015 N 60 (ред. от 18.05.2016) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу постановления Правительства Российской Федерации от 24 декабря 2010 г. N 1108&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 60</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 18.06.2015 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId82" w:tooltip="Постановление Правительства РФ от 18.06.2015 N 604 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId83" w:tooltip="Постановление Правительства РФ от 18.06.2015 N 604 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 604</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 22.02.2016 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId83" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId84" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 127</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 29.02.2016 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId84" w:tooltip="Постановление Правительства РФ от 29.02.2016 N 149 (ред. от 17.05.2016) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и об особенностях возврата средств из бюджетов субъектов Российской Федерации в федеральный бюджет в 2016 году&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId85" w:tooltip="Постановление Правительства РФ от 29.02.2016 N 149 (ред. от 17.05.2016) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и об особенностях возврата средств из бюджетов субъектов Российской Федерации в федеральный бюджет в 2016 году&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 149</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 17.05.2016 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId85" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 442 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId86" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 442 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 442</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 19.09.2016 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId86" w:tooltip="Постановление Правительства РФ от 19.09.2016 N 943 (ред. от 30.05.2024) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId87" w:tooltip="Постановление Правительства РФ от 19.09.2016 N 943 (ред. от 30.05.2024) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 943</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 12.11.2016 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId87" w:tooltip="Постановление Правительства РФ от 12.11.2016 N 1159 (ред. от 30.05.2024) &quot;О критериях экономической эффективности проектной документации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId88" w:tooltip="Постановление Правительства РФ от 12.11.2016 N 1159 (ред. от 30.05.2024) &quot;О критериях экономической эффективности проектной документации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1159</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 24.12.2016 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId88" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId89" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1472</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 07.04.2017 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId89" w:tooltip="Постановление Правительства РФ от 07.04.2017 N 417 &quot;Об изменении и признании утратившими силу положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId90" w:tooltip="Постановление Правительства РФ от 07.04.2017 N 417 &quot;Об изменении и признании утратившими силу положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 417</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 12.07.2017 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId90" w:tooltip="Постановление Правительства РФ от 12.07.2017 N 829 &quot;О внесении изменений в пункт 13 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId91" w:tooltip="Постановление Правительства РФ от 12.07.2017 N 829 &quot;О внесении изменений в пункт 13 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 829</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 12.10.2017 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId91" w:tooltip="Постановление Правительства РФ от 12.10.2017 N 1242 (ред. от 06.02.2020) &quot;О разработке, реализации и об оценке эффективности отдельных государственных программ Российской Федерации&quot; (вместе с &quot;Правилами разработки, реализации и оценки эффективности отдельных государственных программ Российской Федерации&quot;) (с изм. и доп., вступ. в силу с 01.04.2020) ------------ Утратил силу или отменен {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId92" w:tooltip="Постановление Правительства РФ от 12.10.2017 N 1242 (ред. от 06.02.2020) &quot;О разработке, реализации и об оценке эффективности отдельных государственных программ Российской Федерации&quot; (вместе с &quot;Правилами разработки, реализации и оценки эффективности отдельных государственных программ Российской Федерации&quot;) (с изм. и доп., вступ. в силу с 01.04.2020) ------------ Утратил силу или отменен {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1242</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 11.12.2017 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId92" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId93" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1519</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 31.01.2018 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId93" w:tooltip="Постановление Правительства РФ от 31.01.2018 N 90 &quot;О внесении изменения в пункт 23 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId94" w:tooltip="Постановление Правительства РФ от 31.01.2018 N 90 &quot;О внесении изменения в пункт 23 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 90</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 01.12.2018 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId94" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId95" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1455</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 13.02.2019 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId95" w:tooltip="Постановление Правительства РФ от 13.02.2019 N 140 &quot;О внесении изменений в пункт 10 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId96" w:tooltip="Постановление Правительства РФ от 13.02.2019 N 140 &quot;О внесении изменений в пункт 10 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 140</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 07.10.2019 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId96" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId97" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1295</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 26.12.2019 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId97" w:tooltip="Постановление Правительства РФ от 26.12.2019 N 1843 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId98" w:tooltip="Постановление Правительства РФ от 26.12.2019 N 1843 (ред. от 26.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1843</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 31.12.2019 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId98" w:tooltip="Постановление Правительства РФ от 31.12.2019 N 1948 (ред. от 31.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу некоторых актов и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId99" w:tooltip="Постановление Правительства РФ от 31.12.2019 N 1948 (ред. от 31.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу некоторых актов и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1948</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 22.04.2020 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId99" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId100" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 559</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 19.06.2020 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId100" w:tooltip="Постановление Правительства РФ от 19.06.2020 N 883 (ред. от 11.09.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId101" w:tooltip="Постановление Правительства РФ от 19.06.2020 N 883 (ред. от 11.09.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 883</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 27.07.2020 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId101" w:tooltip="Постановление Правительства РФ от 27.07.2020 N 1123 (ред. от 29.12.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId102" w:tooltip="Постановление Правительства РФ от 27.07.2020 N 1123 (ред. от 29.12.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1123</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 12.10.2020 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId102" w:tooltip="Постановление Правительства РФ от 12.10.2020 N 1667 (ред. от 30.05.2024) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId103" w:tooltip="Постановление Правительства РФ от 12.10.2020 N 1667 (ред. от 30.05.2024) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1667</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 30.10.2020 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId103" w:tooltip="Постановление Правительства РФ от 30.10.2020 N 1769 (ред. от 28.12.2023) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений постановления Правительства Российской Федерации от 28 ноября 2018 г. N 1430&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId104" w:tooltip="Постановление Правительства РФ от 30.10.2020 N 1769 (ред. от 28.12.2023) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений постановления Правительства Российской Федерации от 28 ноября 2018 г. N 1430&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1769</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 02.12.2020 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId104" w:tooltip="Постановление Правительства РФ от 02.12.2020 N 1985 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия пункта 46 Положения о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId105" w:tooltip="Постановление Правительства РФ от 02.12.2020 N 1985 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия пункта 46 Положения о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1985</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 06.02.2021 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId105" w:tooltip="Постановление Правительства РФ от 06.02.2021 N 119 &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId106" w:tooltip="Постановление Правительства РФ от 06.02.2021 N 119 &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 119</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 11.02.2021 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId106" w:tooltip="Постановление Правительства РФ от 11.02.2021 N 166 (ред. от 29.12.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId107" w:tooltip="Постановление Правительства РФ от 11.02.2021 N 166 (ред. от 29.12.2021) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 166</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 31.05.2021 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId107" w:tooltip="Постановление Правительства РФ от 31.05.2021 N 835 &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId108" w:tooltip="Постановление Правительства РФ от 31.05.2021 N 835 &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 835</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 29.12.2021 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId108" w:tooltip="Постановление Правительства РФ от 29.12.2021 N 2572 (ред. от 30.05.2024) &quot;Об изменении и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId109" w:tooltip="Постановление Правительства РФ от 29.12.2021 N 2572 (ред. от 30.05.2024) &quot;Об изменении и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 2572</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 01.03.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId109" w:tooltip="Постановление Правительства РФ от 01.03.2022 N 278 (ред. от 31.05.2025) &quot;Об утверждении Правил принятия решений о признании проектной документации типовой проектной документацией, признании функционально-технологических, конструктивных, инженерно-технических и иных решений, содержащихся в типовой проектной документации, типовыми проектными решениями, Правил использования типовой проектной документации, типового проектного решения, об изменении и признании утратившими силу некоторых актов и отдельных положен {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId110" w:tooltip="Постановление Правительства РФ от 01.03.2022 N 278 (ред. от 26.11.2025) &quot;Об утверждении Правил принятия решений о признании проектной документации типовой проектной документацией, признании функционально-технологических, конструктивных, инженерно-технических и иных решений, содержащихся в типовой проектной документации, типовыми проектными решениями, Правил использования типовой проектной документации, типового проектного решения, об изменении и признании утратившими силу некоторых актов и отдельных положен {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 278</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 14.04.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId110" w:tooltip="Постановление Правительства РФ от 14.04.2022 N 655 (ред. от 30.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия постановления Правительства Российской Федерации от 12 августа 2008 г. N 590 и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId111" w:tooltip="Постановление Правительства РФ от 14.04.2022 N 655 (ред. от 30.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия постановления Правительства Российской Федерации от 12 августа 2008 г. N 590 и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 655</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 21.05.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId111" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId112" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 934</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 26.07.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId112" w:tooltip="Постановление Правительства РФ от 26.07.2022 N 1329 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId113" w:tooltip="Постановление Правительства РФ от 26.07.2022 N 1329 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1329</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 28.10.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId113" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId114" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1916</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 15.03.2023 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId114" w:tooltip="Постановление Правительства РФ от 15.03.2023 N 399 (ред. от 12.06.2025) &quot;О случаях и порядке проведения проверки инвестиционных проектов на предмет эффективности использования средств федерального бюджета, направляемых на капитальные вложения, о внесении изменений в некоторые акты Правительства Российской Федерации, приостановлении действия постановления Правительства Российской Федерации от 12 августа 2008 г. N 590 и отдельных положений некоторых актов Правительства Российской Федерации, а также признании  {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId115" w:tooltip="Постановление Правительства РФ от 15.03.2023 N 399 (ред. от 12.06.2025) &quot;О случаях и порядке проведения проверки инвестиционных проектов на предмет эффективности использования средств федерального бюджета, направляемых на капитальные вложения, о внесении изменений в некоторые акты Правительства Российской Федерации, приостановлении действия постановления Правительства Российской Федерации от 12 августа 2008 г. N 590 и отдельных положений некоторых актов Правительства Российской Федерации, а также признании  {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 399</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 28.03.2023 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId115" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId116" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 489</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 02.08.2023 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId116" w:tooltip="Постановление Правительства РФ от 02.08.2023 N 1260 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId117" w:tooltip="Постановление Правительства РФ от 02.08.2023 N 1260 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1260</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 01.12.2023 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId117" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId118" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 2058</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 30.05.2024 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId118" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 08.10.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId119" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 702</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 11.09.2024 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId119" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId120" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1231</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 07.02.2025 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId120" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 118 &quot;О пилотной апробации в 2025 году формирования и подписания единых соглашений в целях реализации государственных программ Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId121" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 118 (ред. от 26.12.2025) &quot;О пилотной апробации в 2025 году формирования и подписания единых соглашений в целях реализации государственных программ Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 118</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 07.02.2025 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId121" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId122" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 120</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 27.09.2025 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId122" w:tooltip="Постановление Правительства РФ от 27.09.2025 N 1487 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId123" w:tooltip="Постановление Правительства РФ от 27.09.2025 N 1487 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 1487</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:color w:val="392c69"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, от 26.12.2025 </w:t>
+            </w:r>
+            <w:hyperlink w:history="0" r:id="rId124" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+              <w:r>
+                <w:rPr>
+                  <w:sz w:val="20"/>
+                  <w:color w:val="0000ff"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N 2162</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">с изм., внесенными Постановлениями Правительства РФ от 30.04.2020 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId123" w:tooltip="Постановление Правительства РФ от 30.04.2020 N 630 &quot;О внесении изменения в постановление Правительства Российской Федерации от 24 декабря 2019 г. N 1803 и о приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId125" w:tooltip="Постановление Правительства РФ от 30.04.2020 N 630 &quot;О внесении изменения в постановление Правительства Российской Федерации от 24 декабря 2019 г. N 1803 и о приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 630</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 23.01.2021 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId124" w:tooltip="Постановление Правительства РФ от 23.01.2021 N 39 &quot;О внесении изменений в пункты 18, 26(4) и 26(8) Положения о мерах по обеспечению исполнения федерального бюджета и приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId126" w:tooltip="Постановление Правительства РФ от 23.01.2021 N 39 &quot;О внесении изменений в пункты 18, 26(4) и 26(8) Положения о мерах по обеспечению исполнения федерального бюджета и приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 39</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 24.12.2021 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId125" w:tooltip="Постановление Правительства РФ от 24.12.2021 N 2460 (ред. от 02.12.2022) &quot;Об особенностях реализации Федерального закона &quot;О федеральном бюджете на 2022 год и на плановый период 2023 и 2024 годов&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId127" w:tooltip="Постановление Правительства РФ от 24.12.2021 N 2460 (ред. от 02.12.2022) &quot;Об особенностях реализации Федерального закона &quot;О федеральном бюджете на 2022 год и на плановый период 2023 и 2024 годов&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 2460</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 11.02.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId126" w:tooltip="Постановление Правительства РФ от 11.02.2022 N 149 &quot;О приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId128" w:tooltip="Постановление Правительства РФ от 11.02.2022 N 149 &quot;О приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 149</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">от 29.03.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId127" w:tooltip="Постановление Правительства РФ от 29.03.2022 N 505 &quot;О приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации и установлении размеров авансовых платежей при заключении государственных (муниципальных) контрактов в 2022 году&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId129" w:tooltip="Постановление Правительства РФ от 29.03.2022 N 505 &quot;О приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации и установлении размеров авансовых платежей при заключении государственных (муниципальных) контрактов в 2022 году&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 505</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 16.04.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId128" w:tooltip="Постановление Правительства РФ от 16.04.2022 N 681 (ред. от 02.06.2023) &quot;О приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId130" w:tooltip="Постановление Правительства РФ от 16.04.2022 N 681 (ред. от 02.06.2023) &quot;О приостановлении действия отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 681</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, от 30.12.2022 </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId129" w:tooltip="Постановление Правительства РФ от 30.12.2022 N 2549 (ред. от 25.07.2023) &quot;Об особенностях реализации Федерального закона &quot;О федеральном бюджете на 2023 год и на плановый период 2024 и 2025 годов&quot; (с изм. и доп., вступ. в силу с 26.07.2023) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId131" w:tooltip="Постановление Правительства РФ от 30.12.2022 N 2549 (ред. от 25.07.2023) &quot;Об особенностях реализации Федерального закона &quot;О федеральном бюджете на 2023 год и на плановый период 2024 и 2025 годов&quot; (с изм. и доп., вступ. в силу с 26.07.2023) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N 2549</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
@@ -3579,1014 +3624,1014 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Настоящие Правила устанавливают общие требования к формированию, предоставлению и распределению субсидий бюджетам субъектов Российской Федерации из федерального бюджета (далее - субсидии), а также порядок определения и установления предельного уровня софинансирования (в процентах) объема расходного обязательства субъекта Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId130" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId132" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Настоящие Правила не распространяются на предоставление субсидий из:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId131" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId133" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">резервного фонда Президента Российской Федерации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId132" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId134" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId133" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId135" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 22.04.2020 N 559)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">резервного фонда Правительства Российской Федерации в случаях, предусмотренных порядком использования бюджетных ассигнований резервного фонда Правительства Российской Федерации, утверждаемым нормативным правовым актом Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId134" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId136" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId135" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId137" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Положения </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P502" w:tooltip="23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Россий...">
+      <w:hyperlink w:history="0" w:anchor="P511" w:tooltip="23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Россий...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункта 23</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил не распространяются на предоставление субсидий, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId136" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 31.07.2025) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId138" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 28.12.2025) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацах третьем</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId137" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 31.07.2025) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId139" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 28.12.2025) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">седьмом пункта 4 статьи 132</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Российской Федерации, а также на предоставление субсидий из федерального бюджета на реализацию мероприятий, предусмотренных региональными программами переселения, включенными в Государственную </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId138" w:tooltip="Указ Президента РФ от 22.06.2006 N 637 (ред. от 08.09.2025) &quot;О мерах по оказанию содействия добровольному переселению в Российскую Федерацию соотечественников, проживающих за рубежом&quot; (вместе с &quot;Государственной программой по оказанию содействия добровольному переселению в Российскую Федерацию соотечественников, проживающих за рубежом&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId140" w:tooltip="Указ Президента РФ от 22.06.2006 N 637 (ред. от 08.09.2025) &quot;О мерах по оказанию содействия добровольному переселению в Российскую Федерацию соотечественников, проживающих за рубежом&quot; (вместе с &quot;Государственной программой по оказанию содействия добровольному переселению в Российскую Федерацию соотечественников, проживающих за рубежом&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">программу</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> по оказанию содействия добровольному переселению в Российскую Федерацию соотечественников, проживающих за рубежом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.04.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId139" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId141" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 559</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId140" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId142" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Субсидии предоставляются в целях оказания финансовой поддержки субъектам Российской Федерации при исполнении расходных обязательств, возникающих при выполнении органами государственной власти субъектов Российской Федерации полномочий по предметам ведения субъектов Российской Федерации и предметам совместного ведения Российской Федерации и субъектов Российской Федерации, и (или) при предоставлении межбюджетных трансфертов местным бюджетам при исполнении расходных обязательств по выполнению органами местного самоуправления полномочий по вопросам местного значения (далее - расходные обязательства субъектов Российской Федерации) в соответствии с перечнем субсидий бюджетам субъектов Российской Федерации, предоставляемых из федерального бюджета в целях софинансирования выполнения полномочий органов государственной власти субъектов Российской Федерации и органов местного самоуправления, утверждаемым федеральным законом о федеральном бюджете на очередной финансовый год и плановый период.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 24.12.2016 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId141" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId143" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1472</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.12.2017 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId142" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId144" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1519</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId143" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId145" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае если утвержденными правилами предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, разработанными в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P104" w:tooltip="3. Субъекты бюджетного планирования в соответствии с настоящими Правилами разрабатывают проекты нормативных правовых актов Правительства Российской Федерации, устанавливающих правила предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации (далее - правила предоставления субсидий) или вносящих изменения в ранее утвержденные правила предоставления субсидий, которые представляются в установленном порядке в Правительство Российской Федерации в составе материало...">
+      <w:hyperlink w:history="0" w:anchor="P105" w:tooltip="3. Субъекты бюджетного планирования в соответствии с настоящими Правилами разрабатывают проекты нормативных правовых актов Правительства Российской Федерации, устанавливающих правила предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации (далее - правила предоставления субсидий) или вносящих изменения в ранее утвержденные правила предоставления субсидий, которые представляются в установленном порядке в Правительство Российской Федерации в составе материало...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, предусматривается предоставление субсидии на софинансирование одновременно расходных обязательств субъектов Российской Федерации, возникающих при осуществлении капитальных вложений в объекты капитального строительства государственной собственности субъектов Российской Федерации (муниципальной собственности) (далее - объекты капитального строительства), приобретения объектов недвижимого имущества в государственную собственность субъектов Российской Федерации (муниципальную собственность) (далее - объекты недвижимого имущества) и расходных обязательств субъектов Российской Федерации, возникающих при реализации мероприятий (результатов), не относящихся к капитальным вложениям в объекты капитального строительства и приобретению объектов недвижимого имущества, или на софинансирование расходных обязательств субъектов Российской Федерации, возникающих при реализации 2 и более мероприятий (результатов) в рамках одной государственной программы Российской Федерации (структурного элемента государственной программы Российской Федерации), такие субсидии для целей настоящих Правил относятся к консолидированным и на них распространяются положения настоящих Правил о консолидированной субсидии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId144" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId146" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.12.2018 N 1455; в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId145" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId147" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 21.05.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId146" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId148" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 934</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId147" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId149" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае если утвержденными правилами предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, разработанными в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P104" w:tooltip="3. Субъекты бюджетного планирования в соответствии с настоящими Правилами разрабатывают проекты нормативных правовых актов Правительства Российской Федерации, устанавливающих правила предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации (далее - правила предоставления субсидий) или вносящих изменения в ранее утвержденные правила предоставления субсидий, которые представляются в установленном порядке в Правительство Российской Федерации в составе материало...">
+      <w:hyperlink w:history="0" w:anchor="P105" w:tooltip="3. Субъекты бюджетного планирования в соответствии с настоящими Правилами разрабатывают проекты нормативных правовых актов Правительства Российской Федерации, устанавливающих правила предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации (далее - правила предоставления субсидий) или вносящих изменения в ранее утвержденные правила предоставления субсидий, которые представляются в установленном порядке в Правительство Российской Федерации в составе материало...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, предусматривается предоставление субсидий в целях достижения показателей национальных проектов, показателей государственных программ Российской Федерации (показателей структурных элементов государственных программ Российской Федерации), такие субсидии для целей настоящих Правил определяются как единые субсидии и на них распространяется действие настоящих Правил (с учетом особенностей, установленных настоящими Правилами в отношении единой субсидии), за исключением положений </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P144" w:tooltip="Правила предоставления субсидий могут устанавливать требования к составу расходных обязательств субъекта Российской Федерации, софинансируемых из федерального бюджета, включающие требования к составу приобретаемых в целях достижения результатов использования субсидий товаров (выполняемых работ, оказываемых услуг) и (или) способам финансового обеспечения реализации соответствующих расходных обязательств за счет средств бюджета субъекта Российской Федерации. Указанные в настоящем пункте требования в случая...">
+      <w:hyperlink w:history="0" w:anchor="P145" w:tooltip="Правила предоставления субсидий могут устанавливать требования к составу расходных обязательств субъекта Российской Федерации, софинансируемых из федерального бюджета, включающие требования к составу приобретаемых в целях достижения результатов использования субсидий товаров (выполняемых работ, оказываемых услуг) и (или) способам финансового обеспечения реализации соответствующих расходных обязательств за счет средств бюджета субъекта Российской Федерации. Указанные в настоящем пункте требования в случая...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаца второго пункта 5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P162" w:tooltip="8. Условиями предоставления субсидий являются:">
+      <w:hyperlink w:history="0" w:anchor="P163" w:tooltip="8. Условиями предоставления субсидий являются:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацев первого</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P168" w:tooltip="в) заключение соглашения в соответствии с пунктом 10 настоящих Правил.">
+      <w:hyperlink w:history="0" w:anchor="P169" w:tooltip="в) заключение соглашения в соответствии с пунктом 10 настоящих Правил.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">четвертого пункта 8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P181" w:tooltip="8(1). Включение в перечень объектов капитального строительства и (или) объектов недвижимого имущества, на софинансирование капитальных вложений в которые или на приобретение которых предоставляются субсидии, новых объектов капитального строительства и (или) объектов недвижимого имущества не допускается в случае уменьшения объемов финансирования расходов на мероприятия по строительству (реконструкции, в том числе с элементами реставрации, техническому перевооружению) объектов капитального строительства, р...">
+      <w:hyperlink w:history="0" w:anchor="P182" w:tooltip="8(1). Включение в перечень объектов капитального строительства и (или) объектов недвижимого имущества, на софинансирование капитальных вложений в которые или на приобретение которых предоставляются субсидии, новых объектов капитального строительства и (или) объектов недвижимого имущества не допускается в случае уменьшения объемов финансирования расходов на мероприятия по строительству (реконструкции, в том числе с элементами реставрации, техническому перевооружению) объектов капитального строительства, р...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункта 8(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P203" w:tooltip="б) значения результатов использования субсидии на каждый год предоставления субсидии;">
+      <w:hyperlink w:history="0" w:anchor="P204" w:tooltip="б) значения результатов использования субсидии на каждый год предоставления субсидии. В случае предоставления субсидии в рамках государственной программы Российской Федерации значения результатов использования субсидии формируются в системе &quot;Электронный бюджет&quot; автоматически;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктов "б"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P207" w:tooltip="б(2)) в случае установления правилами предоставления субсидий требований к составу расходных обязательств субъекта Российской Федерации (при отсутствии акта главного распорядителя средств федерального бюджета), предусмотренных абзацем вторым пункта 5 настоящих Правил, - указание на такие расходные обязательства субъекта Российской Федерации;">
+      <w:hyperlink w:history="0" w:anchor="P208" w:tooltip="б(2)) в случае установления правилами предоставления субсидий требований к составу расходных обязательств субъекта Российской Федерации (при отсутствии акта главного распорядителя средств федерального бюджета), предусмотренных абзацем вторым пункта 5 настоящих Правил, - указание на такие расходные обязательства субъекта Российской Федерации;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"б(2)"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P213" w:tooltip="в(1)) обязательство об использовании типовой проектной документации (при наличии такой документации) - в отношении субсидий, предоставляемых на софинансирование строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства;">
+      <w:hyperlink w:history="0" w:anchor="P214" w:tooltip="в(1)) обязательство об использовании типовой проектной документации (при наличии такой документации) - в отношении субсидий, предоставляемых на софинансирование строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"в(1)"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P217" w:tooltip="в(3)) обязательство не предусматривать объекты капитального строительства и объекты недвижимого имущества, в целях софинансирования капитальных вложений в которые предоставляется субсидия, в других соглашениях - в отношении субсидий, предоставляемых на софинансирование строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства или приобретения объектов недвижимого имущества;">
+      <w:hyperlink w:history="0" w:anchor="P218" w:tooltip="в(3)) обязательство не предусматривать объекты капитального строительства и объекты недвижимого имущества, в целях софинансирования капитальных вложений в которые предоставляется субсидия, в других соглашениях - в отношении субсидий, предоставляемых на софинансирование строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства или приобретения объектов недвижимого имущества;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"в(3)" пункта 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
+      <w:hyperlink w:history="0" w:anchor="P446" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктов 19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P443" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
+      <w:hyperlink w:history="0" w:anchor="P452" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId148" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId150" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934; в ред. Постановлений Правительства РФ от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId149" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId151" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 01.12.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId150" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId152" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 2058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.02.2025 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId151" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId153" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 120</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Цели и условия предоставления субсидий (за исключением субсидий, источником финансового обеспечения которых являются бюджетные ассигнования резервного фонда Правительства Российской Федерации, в случаях, предусмотренных порядком использования бюджетных ассигнований резервного фонда Правительства Российской Федерации, утверждаемым нормативным правовым актом Правительства Российской Федерации) устанавливаются федеральными законами и (или) нормативными правовыми актами Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId152" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId154" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.02.2025 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId153" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId155" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 120</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="104" w:name="P104"/>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:id="105" w:name="P105"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Субъекты бюджетного планирования в соответствии с настоящими Правилами разрабатывают проекты нормативных правовых актов Правительства Российской Федерации, устанавливающих правила предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации (далее - правила предоставления субсидий) или вносящих изменения в ранее утвержденные правила предоставления субсидий, которые представляются в установленном порядке в Правительство Российской Федерации в составе материалов, направляемых одновременно с проектом федерального закона о федеральном бюджете на очередной финансовый год и плановый период, а также с проектом федерального закона о внесении изменений в федеральный закон о федеральном бюджете на текущий финансовый год и плановый период, если указанным проектом федерального закона предусматриваются субсидии. Правила предоставления субсидий подлежат согласованию с Министерством финансов Российской Федерации, а правила предоставления субсидий на софинансирование капитальных вложений в объекты капитального строительства, правила предоставления субсидий на софинансирование приобретения объектов недвижимого имущества - также с Министерством строительства и жилищно-коммунального хозяйства Российской Федерации и Министерством экономического развития Российской Федерации. Указанные министерства обеспечивают их согласование в течение 10 дней со дня их поступления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 19.09.2016 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId154" w:tooltip="Постановление Правительства РФ от 19.09.2016 N 943 (ред. от 30.05.2024) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId156" w:tooltip="Постановление Правительства РФ от 19.09.2016 N 943 (ред. от 30.05.2024) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 943</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.12.2017 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId155" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId157" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1519</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId156" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId158" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 14.04.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId157" w:tooltip="Постановление Правительства РФ от 14.04.2022 N 655 (ред. от 30.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия постановления Правительства Российской Федерации от 12 августа 2008 г. N 590 и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId159" w:tooltip="Постановление Правительства РФ от 14.04.2022 N 655 (ред. от 30.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия постановления Правительства Российской Федерации от 12 августа 2008 г. N 590 и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 655</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае если предоставление субсидий предусматривается в соответствии с ранее утвержденными правилами предоставления субсидий, в состав таких материалов включается информация об этом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId158" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId160" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Субъекты бюджетного планирования вносят в установленном порядке в Правительство Российской Федерации проекты нормативных правовых актов Правительства Российской Федерации, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P104" w:tooltip="3. Субъекты бюджетного планирования в соответствии с настоящими Правилами разрабатывают проекты нормативных правовых актов Правительства Российской Федерации, устанавливающих правила предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации (далее - правила предоставления субсидий) или вносящих изменения в ранее утвержденные правила предоставления субсидий, которые представляются в установленном порядке в Правительство Российской Федерации в составе материало...">
+      <w:hyperlink w:history="0" w:anchor="P105" w:tooltip="3. Субъекты бюджетного планирования в соответствии с настоящими Правилами разрабатывают проекты нормативных правовых актов Правительства Российской Федерации, устанавливающих правила предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации (далее - правила предоставления субсидий) или вносящих изменения в ранее утвержденные правила предоставления субсидий, которые представляются в установленном порядке в Правительство Российской Федерации в составе материало...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, до 1 октября текущего финансового года в случаях, когда субсидии предусматриваются проектом федерального закона о федеральном бюджете на очередной финансовый год и плановый период, а в случаях, когда субсидии предусматриваются проектом федерального закона о внесении изменений в федеральный закон о федеральном бюджете на текущий финансовый год и плановый период, - не позднее даты внесения указанного проекта федерального закона в Государственную Думу Федерального Собрания Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId159" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId161" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519; в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId160" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId162" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 27.09.2025 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId161" w:tooltip="Постановление Правительства РФ от 27.09.2025 N 1487 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId163" w:tooltip="Постановление Правительства РФ от 27.09.2025 N 1487 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1487</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:spacing w:after="1"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
@@ -4664,51 +4709,51 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">КонсультантПлюс: примечание.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">Предоставление субсидий на софинансирование капитальных вложений в объекты, по которым адресное (пообъектное) распределение субсидий утверждено актами Правительства РФ, принятыми до 30.12.2019, осуществляется на основании этих актов до их полного исполнения (</w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId162" w:tooltip="Постановление Правительства РФ от 26.12.2019 N 1843 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId164" w:tooltip="Постановление Правительства РФ от 26.12.2019 N 1843 (ред. от 26.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Постановление</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve"> Правительства РФ от 26.12.2019 N 1843).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
@@ -4716,119 +4761,119 @@
             <w:shd w:val="clear" w:fill="f4f3f8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="260" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Нормативные правовые акты Правительства Российской Федерации, указанные в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P104" w:tooltip="3. Субъекты бюджетного планирования в соответствии с настоящими Правилами разрабатывают проекты нормативных правовых актов Правительства Российской Федерации, устанавливающих правила предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации (далее - правила предоставления субсидий) или вносящих изменения в ранее утвержденные правила предоставления субсидий, которые представляются в установленном порядке в Правительство Российской Федерации в составе материало...">
+      <w:hyperlink w:history="0" w:anchor="P105" w:tooltip="3. Субъекты бюджетного планирования в соответствии с настоящими Правилами разрабатывают проекты нормативных правовых актов Правительства Российской Федерации, устанавливающих правила предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации (далее - правила предоставления субсидий) или вносящих изменения в ранее утвержденные правила предоставления субсидий, которые представляются в установленном порядке в Правительство Российской Федерации в составе материало...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, проекты которых внесены до 1 октября текущего финансового года, подлежат принятию до 1 ноября текущего финансового года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId163" w:tooltip="Постановление Правительства РФ от 27.09.2025 N 1487 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId165" w:tooltip="Постановление Правительства РФ от 27.09.2025 N 1487 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 27.09.2025 N 1487)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Государственными программами Российской Федерации может быть предусмотрено предоставление субсидий бюджетам субъектов Российской Федерации для достижения целей указанных программ. Правила предоставления указанных субсидий устанавливаются соответствующей программой.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId164" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId166" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -4839,344 +4884,344 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Внесение изменений в правила предоставления субсидий в течение финансового года допускается в исключительных случаях с соответствующим обоснованием необходимости указанных изменений и оценкой их влияния на социально-экономическое положение субъектов Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId165" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId167" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 22.02.2016 N 127)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Правила предоставления субсидий должны содержать следующие положения:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) цели предоставления субсидий, определяемые в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P143" w:tooltip="5. Цели предоставления субсидий определяются правилами предоставления субсидий и соглашениями исходя из необходимости достижения результатов использования субсидии.">
+      <w:hyperlink w:history="0" w:anchor="P144" w:tooltip="5. Цели предоставления субсидий определяются правилами предоставления субсидий и соглашениями исходя из необходимости достижения результатов использования субсидии.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 5</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "а" в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId166" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId168" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) указание на соблюдение условий предоставления субсидий в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P162" w:tooltip="8. Условиями предоставления субсидий являются:">
+      <w:hyperlink w:history="0" w:anchor="P163" w:tooltip="8. Условиями предоставления субсидий являются:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 8</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "б" в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId167" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId169" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) критерии отбора субъектов Российской Федерации для предоставления субсидий в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P183" w:tooltip="8(2). Критерии отбора субъектов Российской Федерации для предоставления субсидий устанавливаются в том числе с учетом:">
+      <w:hyperlink w:history="0" w:anchor="P184" w:tooltip="8(2). Критерии отбора субъектов Российской Федерации для предоставления субсидий устанавливаются в том числе с учетом:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 8(2)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил в случае предоставления субсидий двум и более субъектам Российской Федерации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "в" в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId168" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId170" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">г) методика распределения субсидий между бюджетами субъектов Российской Федерации, предусматривающая определение размера субсидии пропорционально потребности в финансовом обеспечении расходных обязательств субъектов Российской Федерации, возникающих при реализации соответствующих мероприятий (результатов) в отраслях экономики и социальной сферы субъекта Российской Федерации, в том числе связанных с реализацией региональных проектов, направленных на реализацию федеральных проектов, входящих в состав соответствующих национальных проектов, утвержденных на основании и во исполнение национальных целей, определенных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId169" w:tooltip="Указ Президента РФ от 07.05.2024 N 309 &quot;О национальных целях развития Российской Федерации на период до 2030 года и на перспективу до 2036 года&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId171" w:tooltip="Указ Президента РФ от 07.05.2024 N 309 &quot;О национальных целях развития Российской Федерации на период до 2030 года и на перспективу до 2036 года&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Указом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Российской Федерации от 7 мая 2024 г. N 309 "О национальных целях развития Российской Федерации на период до 2030 года и на перспективу до 2036 года" (далее соответственно - федеральные проекты в составе национальных проектов, региональные проекты), а также государственных программ субъектов Российской Федерации, направленных на достижение целей и показателей государственных программ Российской Федерации (показателей структурных элементов государственных программ Российской Федерации) (исходя из численности населения (отдельных групп населения - конечных получателей социальных услуг), и (или) оценки затрат (в денежном выражении) на реализацию соответствующих мероприятий (результатов) (строительство объектов капитального строительства, приобретение объектов недвижимого имущества), мероприятий (результатов) регионального проекта или контрольных точек мероприятий (результатов) регионального проекта, и (или) иных критериев), и с учетом предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета. Указанная методика должна учитывать параметры демографического прогноза Российской Федерации по субъектам Российской Федерации и муниципальным образованиям в случае определения размеров субсидий в зависимости от численности населения. Изменения объемов субсидий, связанные с направлением на реализацию мероприятий (результатов) в целях достижения целей, показателей и мероприятий (результатов) региональных проектов экономии, образовавшейся по результатам заключения государственных (муниципальных) контрактов на закупку товаров, работ, услуг для обеспечения государственных нужд субъекта Российской Федерации (муниципальных нужд), не подлежат учету в указанной методике.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае если правилами предоставления субсидий предусмотрено проведение главным распорядителем средств федерального бюджета отбора мероприятий (результатов), направленных на развитие инфраструктуры (строительство, реконструкция, капитальный ремонт, модернизация объектов капитального строительства, приобретение объектов недвижимого имущества), в целях софинансирования которых предоставляется субсидия, то указанная методика должна предусматривать приоритетность такого отбора при реализации соответствующих мероприятий (результатов) в опорных населенных пунктах, включенных в единый перечень опорных населенных пунктов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "г" в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId170" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId172" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д) порядок оценки эффективности использования субсидий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "д" в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId171" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId173" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -5187,562 +5232,577 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в случае предоставления субсидий в целях реализации мероприятий (результатов) структурных элементов государственных программ Российской Федерации - представлять собой конечные результаты исполнения расходного обязательства субъекта Российской Федерации и соответствовать мероприятиям (результатам) структурных элементов государственных программ Российской Федерации (при необходимости - дополнительным мероприятиям (результатам), конкретизирующим указанные мероприятия (результаты). В отношении субсидий, предоставляемых в целях софинансирования капитальных вложений в объекты государственной собственности субъектов Российской Федерации (муниципальной собственности), результаты использования субсидий предусматриваются по каждому объекту капитального строительства (объекту недвижимого имущества), а в отношении консолидированных субсидий - по каждому из мероприятий (результатов) и (или) объектов капитального строительства (объектов недвижимого имущества);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId172" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId174" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.03.2023 N 489)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в случае предоставления единой субсидии - соответствовать показателям национальных проектов, показателям государственных программ Российской Федерации (показателям структурных элементов государственных программ Российской Федерации), установленным в паспортах национальных проектов, паспортах государственных программ Российской Федерации (в паспортах структурных элементов государственных программ Российской Федерации). В правилах предоставления субсидий могут предусматриваться ограничения на возможные направления расходов бюджетов субъектов Российской Федерации, источником финансового обеспечения которых является единая субсидия. Указанные ограничения могут устанавливаться в отношении отдельных государственных программ субъекта Российской Федерации, отдельных видов расходов классификации расходов бюджетов бюджетной системы Российской Федерации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId173" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId175" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.02.2025 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId174" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId176" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 120</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "д(1)" в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId175" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId177" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">е) утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId176" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId178" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.12.2018 N 1455;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ж) основания и порядок применения мер финансовой ответственности к субъекту Российской Федерации при невыполнении им условий соглашения о предоставлении субсидии между федеральным органом государственной власти (федеральным государственным органом), до которого как получателя средств федерального бюджета доведены лимиты бюджетных обязательств на предоставление субсидии (далее - главный распорядитель средств федерального бюджета), и высшим исполнительным органом субъекта Российской Федерации (далее - соглашение), в том числе обязательств субъекта Российской Федерации, предусмотренных </w:t>
-[...1 lines deleted...]
-      <w:hyperlink w:history="0" w:anchor="P205" w:tooltip="б(1)) обязательства субъекта Российской Федерации по достижению результатов использования субсидий;">
+        <w:t xml:space="preserve">ж) основания и порядок применения мер финансовой ответственности к субъекту Российской Федерации при невыполнении им условий соглашения о предоставлении субсидии между федеральным органом государственной власти (федеральным государственным органом), до которого как получателя средств федерального бюджета доведены лимиты бюджетных обязательств на предоставление субсидии (далее - главный распорядитель средств федерального бюджета), и высшим исполнительным органом субъекта Российской Федерации (далее - соглашение), предусматривающих обязательства субъекта Российской Федерации, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P206" w:tooltip="б(1)) обязательства субъекта Российской Федерации по достижению результатов использования субсидий;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктами "б(1)"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P211" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
+      <w:hyperlink w:history="0" w:anchor="P212" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"в" пункта 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 19.06.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId177" w:tooltip="Постановление Правительства РФ от 19.06.2020 N 883 (ред. от 11.09.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId179" w:tooltip="Постановление Правительства РФ от 19.06.2020 N 883 (ред. от 11.09.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 883</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.10.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId178" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId180" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1916</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">, от 26.12.2025 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId181" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2162</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">з) утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId179" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId182" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4(1). При распределении субсидий между бюджетами субъектов Российской Федерации объем субсидии бюджету субъекта Российской Федерации в финансовом году не может превышать объем средств на исполнение в финансовом году расходного обязательства субъекта Российской Федерации, в целях софинансирования которого предоставляется субсидия, с учетом предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 4(1) в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId180" w:tooltip="Постановление Правительства РФ от 07.04.2017 N 417 &quot;Об изменении и признании утратившими силу положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId183" w:tooltip="Постановление Правительства РФ от 07.04.2017 N 417 &quot;Об изменении и признании утратившими силу положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.04.2017 N 417)</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">5. Цели предоставления субсидий определяются правилами предоставления субсидий и соглашениями исходя из необходимости достижения результатов использования субсидии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="144" w:name="P144"/>
     <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">5. Цели предоставления субсидий определяются правилами предоставления субсидий и соглашениями исходя из необходимости достижения результатов использования субсидии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="145" w:name="P145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Правила предоставления субсидий могут устанавливать требования к составу расходных обязательств субъекта Российской Федерации, софинансируемых из федерального бюджета, включающие требования к составу приобретаемых в целях достижения результатов использования субсидий товаров (выполняемых работ, оказываемых услуг) и (или) способам финансового обеспечения реализации соответствующих расходных обязательств за счет средств бюджета субъекта Российской Федерации. Указанные в настоящем пункте требования в случаях, установленных правилами предоставления субсидий, могут утверждаться актами главного распорядителя средств федерального бюджета, принятыми не позднее 20-го рабочего дня со дня утверждения правил предоставления субсидий (внесения изменений в правила предоставления субсидий), но не позднее начала финансового года, в котором предоставляется субсидия. В случае отсутствия указанных актов, утвержденных в установленные сроки, состав расходных обязательств субъектов Российской Федерации определяется субъектом Российской Федерации самостоятельно исходя из целей предоставления субсидий и подлежит включению в соглашение.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Адресное (пообъектное) распределение субсидий по объектам капитального строительства и объектам недвижимого имущества (за исключением объектов недвижимого имущества (жилых помещений), приобретаемых для формирования муниципального специализированного жилищного фонда в целях реализации мер социальной поддержки отдельных категорий граждан) определяется соглашением в соответствии с правилами предоставления субсидий и на основании сведений об объектах капитального строительства, объектах недвижимого имущества, сформированных в государственной интегрированной информационной системе управления общественными финансами "Электронный бюджет" (далее - система "Электронный бюджет") в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId181" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 08.10.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId184" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Положением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета, утвержденным постановлением Правительства Российской от 30 мая 2024 г. N 702 "Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета" (далее - Положение о порядке формирования и ведения реестра объектов).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId182" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 08.10.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId185" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.05.2024 N 702)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Сведения об объектах капитального строительства, объектах недвижимого имущества, не включенных в федеральные целевые программы, подлежат утверждению в системе "Электронный бюджет" до 1 декабря текущего финансового года в случае, когда субсидии предусматриваются проектом федерального закона о федеральном бюджете на очередной финансовый год и плановый период, а в случае, когда субсидии предусматриваются проектом федерального закона о внесении изменений в федеральный закон о федеральном бюджете на текущий финансовый год и плановый период, - не позднее 10 рабочих дней со дня принятия Государственной Думой Федерального Собрания Российской Федерации указанного федерального закона.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId183" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 08.10.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId186" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.05.2024 N 702)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 5 в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId184" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId187" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Абзац утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId185" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 08.10.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId188" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.05.2024 N 702.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">абзацы второй - четвертый утратили силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId186" w:tooltip="Постановление Правительства РФ от 26.12.2019 N 1843 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId189" w:tooltip="Постановление Правительства РФ от 26.12.2019 N 1843 (ред. от 26.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 26.12.2019 N 1843;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">абзацы пятый - седьмой утратили силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId187" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 08.10.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId190" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.05.2024 N 702.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -5753,961 +5813,976 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В отношении линейных объектов государственной собственности субъектов Российской Федерации (муниципальной собственности) в федеральной целевой программе указывается адресное распределение субсидий с распределением объемов финансирования по годам (без детализации по этапам строительства), а в соглашении о предоставлении субсидии - адресное распределение средств по этапам строительства в отношении таких объектов с указанием объемов финансирования по каждому этапу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId188" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId191" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Абзац утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId189" w:tooltip="Постановление Правительства РФ от 29.12.2021 N 2572 (ред. от 30.05.2024) &quot;Об изменении и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId192" w:tooltip="Постановление Правительства РФ от 29.12.2021 N 2572 (ред. от 30.05.2024) &quot;Об изменении и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 29.12.2021 N 2572.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Абзац утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId190" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 08.10.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId193" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.05.2024 N 702.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 6 в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId191" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId194" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 22.02.2016 N 127)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">7. Утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId192" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 08.10.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId195" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.05.2024 N 702.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">7(1). При заключении соглашений о предоставлении субсидий на софинансирование строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства и (или) приобретения объектов недвижимого имущества главные распорядители средств федерального бюджета совместно с органами государственной власти субъектов Российской Федерации определяют в системе "Электронный бюджет" контрольные точки, утвержденные для мониторинга строительства, реконструкции, в том числе с элементами реставрации, технического перевооружения объектов капитального строительства и приобретения объектов недвижимого имущества (за исключением приобретения жилых помещений для формирования муниципального специализированного жилищного фонда в целях реализации мер социальной поддержки отдельных категорий граждан) в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId193" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 08.10.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId196" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Положением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> о порядке формирования и ведения реестра объектов (далее - контрольные точки строительства), и сроки их достижения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 7(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId194" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId197" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.12.2023 N 2058; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId195" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 08.10.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId198" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.05.2024 N 702)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="162" w:name="P162"/>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:id="163" w:name="P163"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Условиями предоставления субсидий являются:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId196" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId199" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) наличие государственных программ субъекта Российской Федерации и (или) структурных элементов государственных программ субъекта Российской Федерации или правовых актов субъекта Российской Федерации (в случае если субсидия предоставляется вне рамок государственных программ Российской Федерации), содержащих перечень мероприятий (результатов), при реализации которых возникают расходные обязательства субъекта Российской Федерации, в целях софинансирования которых предоставляются субсидии, в соответствии с требованиями нормативных правовых актов Российской Федерации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "а" в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId197" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId200" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) наличие в бюджете субъекта Российской Федерации бюджетных ассигнований на исполнение расходного обязательства субъекта Российской Федерации, софинансирование которого осуществляется из федерального бюджета, в объеме, необходимом для его исполнения, включающем размер планируемой к предоставлению из федерального бюджета субсидии, если иное не установлено актами Президента Российской Федерации или Правительства Российской Федерации (за исключением субсидий, предоставляемых в целях возмещения произведенных расходов бюджета субъекта Российской Федерации);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId198" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId201" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.02.2025 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId199" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId202" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 120</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="168" w:name="P168"/>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:id="169" w:name="P169"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) заключение соглашения в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P198" w:tooltip="10. Соглашение, заключаемое в соответствии с утвержденными Правительством Российской Федерации правилами предоставления субсидий, должно содержать:">
+      <w:hyperlink w:history="0" w:anchor="P199" w:tooltip="10. Соглашение, заключаемое в соответствии с утвержденными Правительством Российской Федерации правилами предоставления субсидий, должно содержать:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "в" в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId200" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId203" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Условиями предоставления единой субсидии являются:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId201" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId204" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) заключение соглашения, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId202" w:tooltip="Постановление Правительства РФ от 26.05.2021 N 786 (ред. от 02.08.2025) &quot;О системе управления государственными программами Российской Федерации&quot; (вместе с &quot;Положением о системе управления государственными программами Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId205" w:tooltip="Постановление Правительства РФ от 26.05.2021 N 786 (ред. от 02.08.2025) &quot;О системе управления государственными программами Российской Федерации&quot; (вместе с &quot;Положением о системе управления государственными программами Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем третьим пункта 28</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения о системе управления государственными программами Российской Федерации, утвержденного постановлением Правительства Российской Федерации от 26 мая 2021 г. N 786 "О системе управления государственными программами Российской Федерации" (далее - Положение о системе управления государственными программами), если результаты использования субсидии соответствуют показателям государственной программы Российской Федерации (показателям структурных элементов государственной программы Российской Федерации, за исключением федеральных проектов в составе национальных проектов) и (или) соглашения, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId203" w:tooltip="Постановление Правительства РФ от 31.10.2018 N 1288 (ред. от 02.08.2025) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId206" w:tooltip="Постановление Правительства РФ от 31.10.2018 N 1288 (ред. от 06.11.2025) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 74</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения об организации проектной деятельности в Правительстве Российской Федерации, утвержденного постановлением Правительства Российской Федерации от 31 октября 2018 г. N 1288 "Об организации проектной деятельности в Правительстве Российской Федерации" (далее - Положение об организации проектной деятельности), в случае если результаты использования субсидии соответствуют показателям национальных проектов (показателям федеральных проектов в составе национальных проектов);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId204" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId207" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.02.2025 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId205" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId208" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 120</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) наличие утвержденного субъектом Российской Федерации и размещенного в системе "Электронный бюджет" плана по достижению показателей национальных проектов, государственной программы Российской Федерации (показателей структурных элементов государственной программы Российской Федерации), установленных в соглашении, предусмотренном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId206" w:tooltip="Постановление Правительства РФ от 26.05.2021 N 786 (ред. от 02.08.2025) &quot;О системе управления государственными программами Российской Федерации&quot; (вместе с &quot;Положением о системе управления государственными программами Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId209" w:tooltip="Постановление Правительства РФ от 26.05.2021 N 786 (ред. от 02.08.2025) &quot;О системе управления государственными программами Российской Федерации&quot; (вместе с &quot;Положением о системе управления государственными программами Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем третьим пункта 28</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения о системе управления государственными программами, и (или) в соглашении, предусмотренном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId207" w:tooltip="Постановление Правительства РФ от 31.10.2018 N 1288 (ред. от 02.08.2025) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId210" w:tooltip="Постановление Правительства РФ от 31.10.2018 N 1288 (ред. от 06.11.2025) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 74</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Положения об организации проектной деятельности, включающего перечень мероприятий (результатов) и (или) объектов капитального строительства (объектов недвижимого имущества) и контрольных точек, обеспечивающих достижение указанных мероприятий (результатов) (далее - план по достижению показателей). Формирование плана по достижению показателей осуществляется в системе "Электронный бюджет", в том числе в рамках информационного взаимодействия с государственными информационными системами субъектов Российской Федерации в сфере управления проектами и (или) государственными и муниципальными (общественными) финансами, в соответствии с типовой формой и с учетом соблюдения </w:t>
-[...1 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId208" w:tooltip="Приказ Минфина России от 14.09.2023 N 145н &quot;Об утверждении общих требований к формированию плана по достижению показателей государственной программы Российской Федерации (показателей структурных элементов государственной программы Российской Федерации), установленных в соглашении о реализации на территории субъекта Российской Федерации государственных программ субъекта Российской Федерации, направленных на достижение целей и показателей государственной программы Российской Федерации, и (или) в соглашении о  {КонсультантПлюс}">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности, включающего перечень мероприятий (результатов), объектов капитального строительства (объектов недвижимого имущества) (при наличии) и контрольных точек, обеспечивающих достижение указанных мероприятий (результатов) (далее - план по достижению показателей). Формирование плана по достижению показателей осуществляется в системе "Электронный бюджет", в том числе в рамках информационного взаимодействия с государственными информационными системами субъектов Российской Федерации в сфере управления проектами и (или) государственными и муниципальными (общественными) финансами, в соответствии с типовой формой и с учетом соблюдения </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId211" w:tooltip="Приказ Минфина России от 14.09.2023 N 145н &quot;Об утверждении общих требований к формированию плана по достижению показателей государственной программы Российской Федерации (показателей структурных элементов государственной программы Российской Федерации), установленных в соглашении о реализации на территории субъекта Российской Федерации государственных программ субъекта Российской Федерации, направленных на достижение целей и показателей государственной программы Российской Федерации, и (или) в соглашении о  {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">общих требований</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, устанавливаемых в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId209" w:tooltip="Постановление Правительства РФ от 26.05.2021 N 786 (ред. от 02.08.2025) &quot;О системе управления государственными программами Российской Федерации&quot; (вместе с &quot;Положением о системе управления государственными программами Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId212" w:tooltip="Постановление Правительства РФ от 26.05.2021 N 786 (ред. от 02.08.2025) &quot;О системе управления государственными программами Российской Федерации&quot; (вместе с &quot;Положением о системе управления государственными программами Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем шестым пункта 28</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения о системе управления государственными программами;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId210" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId213" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 02.08.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId211" w:tooltip="Постановление Правительства РФ от 02.08.2023 N 1260 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId214" w:tooltip="Постановление Правительства РФ от 02.08.2023 N 1260 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1260</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.02.2025 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId212" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId215" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 120</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">, от 26.12.2025 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId216" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2162</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) наличие в бюджете субъекта Российской Федерации бюджетных ассигнований на исполнение софинасируемых из федерального бюджета расходных обязательств субъекта Российской Федерации, возникающих при реализации мероприятий (результатов), перечень которых определяется субъектом Российской Федерации, в объеме, необходимом для исполнения указанных расходных обязательств;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "в" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId213" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId217" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">г) заключение соглашения в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P198" w:tooltip="10. Соглашение, заключаемое в соответствии с утвержденными Правительством Российской Федерации правилами предоставления субсидий, должно содержать:">
+      <w:hyperlink w:history="0" w:anchor="P199" w:tooltip="10. Соглашение, заключаемое в соответствии с утвержденными Правительством Российской Федерации правилами предоставления субсидий, должно содержать:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "г" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId214" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId218" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId215" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId219" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 8 в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId216" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId220" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="181" w:name="P181"/>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:id="182" w:name="P182"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">8(1). Включение в перечень объектов капитального строительства и (или) объектов недвижимого имущества, на софинансирование капитальных вложений в которые или на приобретение которых предоставляются субсидии, новых объектов капитального строительства и (или) объектов недвижимого имущества не допускается в случае уменьшения объемов финансирования расходов на мероприятия по строительству (реконструкции, в том числе с элементами реставрации, техническому перевооружению) объектов капитального строительства, реализация которых не завершена (за исключением перераспределения всего объема бюджетных ассигнований, предусмотренных в федеральном бюджете на соответствующий финансовый год и плановый период на финансовое обеспечение капитальных вложений в соответствующие объекты капитального строительства и (или) объекты недвижимого имущества).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 8(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId217" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId221" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 22.02.2016 N 127; в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId218" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId222" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.02.2025 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId219" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId223" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 120</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="183" w:name="P183"/>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:id="184" w:name="P184"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">8(2). Критерии отбора субъектов Российской Федерации для предоставления субсидий устанавливаются в том числе с учетом:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) реализации в соответствующих субъектах Российской Федерации мероприятий (результатов), направленных на развитие инфраструктуры (строительство, реконструкция, капитальный ремонт, модернизация объектов капитального строительства, приобретение объектов недвижимого имущества) в опорных населенных пунктах, включенных в единый перечень опорных населенных пунктов, и на геостратегических территориях Российской Федерации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "а" в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId220" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId224" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -6718,107 +6793,107 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) уровня расчетной бюджетной обеспеченности субъектов Российской Федерации (при необходимости);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "в" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId221" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId225" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId222" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId226" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">г) приоритетов пространственного развития, отраженных в Стратегии пространственного развития Российской Федерации, утвержденной Правительством Российской Федерации, в том числе основных направлений развития федеральных округов Российской Федерации, Арктической зоны Российской Федерации, Донецкой Народной Республики, Луганской Народной Республики, Запорожской области и Херсонской области, - в случае если предоставление субсидий связано с ведением соответствующих видов экономической деятельности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "г" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId223" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId227" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -6829,4003 +6904,4150 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) объема средств, заявленных субъектом Российской Федерации на реализацию мероприятий (результатов), софинансирование которых осуществляется из федерального бюджета;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId224" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId228" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) наличия проектной документации на объекты капитального строительства - в отношении субсидий, предоставляемых в целях софинансирования строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 8(2) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId225" w:tooltip="Постановление Правительства РФ от 31.05.2021 N 835 &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId229" w:tooltip="Постановление Правительства РФ от 31.05.2021 N 835 &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 31.05.2021 N 835)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">9. Предоставление субсидий осуществляется на основании соглашения, подготавливаемого (формируемого) и заключаемого в системе "Электронный бюджет".</w:t>
+        <w:t xml:space="preserve">9. Предоставление субсидий осуществляется на основании соглашения, подготавливаемого (формируемого) и заключаемого с использованием системы "Электронный бюджет" (за исключением соглашения, содержащего сведения, отнесенные к государственной тайне, и (или) сведения конфиденциального характера).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 11.12.2017 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId226" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId230" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1519</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 26.12.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId227" w:tooltip="Постановление Правительства РФ от 26.12.2019 N 1843 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId231" w:tooltip="Постановление Правительства РФ от 26.12.2019 N 1843 (ред. от 26.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1843</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">, от 26.12.2025 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId232" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2162</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="198" w:name="P198"/>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:id="199" w:name="P199"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">10. Соглашение, заключаемое в соответствии с утвержденными Правительством Российской Федерации правилами предоставления субсидий, должно содержать:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) размер предоставляемой субсидии, порядок, условия ее перечисления в бюджет субъекта Российской Федерации, а также объем (прогнозный объем) бюджетных ассигнований бюджета субъекта Российской Федерации на исполнение соответствующих расходных обязательств (за исключением субсидии на возмещение произведенных расходов бюджета субъекта Российской Федерации);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 11.12.2017 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId228" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId233" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1519</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 22.04.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId229" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId234" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 559</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId230" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId235" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.02.2025 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId231" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId236" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 120</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="201" w:name="P201"/>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:id="202" w:name="P202"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а(1)) уровень софинансирования, выраженный в процентах от объема бюджетных ассигнований на исполнение расходного обязательства субъекта Российской Федерации, предусмотренных в бюджете субъекта Российской Федерации, в целях софинансирования которого предоставляется субсидия, установленный с учетом предельного уровня софинансирования, определенного в порядке, предусмотренном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P325" w:tooltip="13. Объем бюджетных ассигнований бюджета субъекта Российской Федерации на финансовое обеспечение расходного обязательства субъекта Российской Федерации, софинансируемого за счет субсидии, утверждается законом субъекта Российской Федерации о бюджете субъекта Российской Федерации (определяется сводной бюджетной росписью бюджета субъекта Российской Федерации) исходя из необходимости достижения установленных соответствующим соглашением значений результатов использования субсидии.">
+      <w:hyperlink w:history="0" w:anchor="P334" w:tooltip="13. Объем бюджетных ассигнований бюджета субъекта Российской Федерации на финансовое обеспечение расходного обязательства субъекта Российской Федерации, софинансируемого за счет субсидии, утверждается законом субъекта Российской Федерации о бюджете субъекта Российской Федерации (определяется сводной бюджетной росписью бюджета субъекта Российской Федерации) исходя из необходимости достижения установленных соответствующим соглашением значений результатов использования субсидии.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> или </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P370" w:tooltip="13(1.1). Предельный уровень софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета в отношении субсидий, предоставляемых в целях софинансирования расходных обязательств субъектов Российской Федерации, возникших при реализации региональных проектов, а также в целях реализации государственной программы Российской Федерации &quot;Комплексное развитие сельских территорий&quot; и государственной программы Российской Федерации &quot;Социально-экономическое развитие Дальневосточного фе...">
+      <w:hyperlink w:history="0" w:anchor="P379" w:tooltip="13(1.1). Предельный уровень софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета в отношении субсидий, предоставляемых в целях софинансирования расходных обязательств субъектов Российской Федерации, возникших при реализации региональных проектов, а также в целях реализации государственной программы Российской Федерации &quot;Комплексное развитие сельских территорий&quot; и государственной программы Российской Федерации &quot;Социально-экономическое развитие Дальневосточного фе...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">13(1.1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(пп. "а(1)" введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId232" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId237" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId233" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId238" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.12.2018 N 1455)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="203" w:name="P203"/>
-[...26 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId234" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+    <w:bookmarkStart w:id="204" w:name="P204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) значения результатов использования субсидии на каждый год предоставления субсидии. В случае предоставления субсидии в рамках государственной программы Российской Федерации значения результатов использования субсидии формируются в системе "Электронный бюджет" автоматически;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.03.2023 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId239" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 489</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 26.12.2025 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId240" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2162</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="206" w:name="P206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б(1)) обязательства субъекта Российской Федерации по достижению результатов использования субсидий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "б(1)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId241" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="208" w:name="P208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б(2)) в случае установления правилами предоставления субсидий требований к составу расходных обязательств субъекта Российской Федерации (при отсутствии акта главного распорядителя средств федерального бюджета), предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P145" w:tooltip="Правила предоставления субсидий могут устанавливать требования к составу расходных обязательств субъекта Российской Федерации, софинансируемых из федерального бюджета, включающие требования к составу приобретаемых в целях достижения результатов использования субсидий товаров (выполняемых работ, оказываемых услуг) и (или) способам финансового обеспечения реализации соответствующих расходных обязательств за счет средств бюджета субъекта Российской Федерации. Указанные в настоящем пункте требования в случая...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацем вторым пункта 5</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, - указание на такие расходные обязательства субъекта Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "б(2)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId242" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б(3)) обязательства субъекта Российской Федерации по обеспечению соблюдения минимальной доли закупки товаров российского происхождения, в том числе поставляемых заказчику при выполнении закупаемых работ, оказании закупаемых услуг, - в отношении субсидий, предоставляемых в целях софинансирования расходных обязательств, возникающих при реализации региональных проектов, обеспечивающих достижение целей, показателей и мероприятий (результатов) федерального проекта в составе национального проекта, паспортом которого установлена такая доля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "б(3)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId243" w:tooltip="Постановление Правительства РФ от 06.02.2021 N 119 &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 06.02.2021 N 119; в ред. Постановлений Правительства РФ от 21.05.2022 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId244" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 934</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 07.02.2025 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId245" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 120</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="212" w:name="P212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId246" w:tooltip="&quot;ОК 033-2013. Общероссийский классификатор территорий муниципальных образований&quot; (Том 1. Центральный федеральный округ) (утв. Приказом Росстандарта от 14.06.2013 N 159-ст) (с учетом Изменений 1/2013 - 841/2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">классификатору</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства и (или) приобретение объектов недвижимого имущества (за исключением приобретения жилых помещений для формирования муниципального специализированного жилищного фонда в целях реализации мер социальной поддержки отдельных категорий граждан);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "в" в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId247" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства РФ от 28.03.2023 N 489)</w:t>
-[...29 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId235" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+        <w:t xml:space="preserve"> Правительства РФ от 01.12.2023 N 2058)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="214" w:name="P214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в(1)) обязательство об использовании типовой проектной документации (при наличии такой документации) - в отношении субсидий, предоставляемых на софинансирование строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "в(1)" в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId248" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в(2)) обязательства об установлении в договоре (государственном контракте) о выполнении работ по строительству, реконструкции объектов капитального строительства государственной собственности субъектов Российской Федерации, в целях софинансирования которых предоставляются субсидии, авансовых платежей в размере, не превышающем 30 процентов суммы соответствующего договора (государственного контракта), если иное не предусмотрено нормативными правовыми актами Правительства Российской Федерации (за исключением нормативных правовых актов Правительства Российской Федерации, устанавливающих правила предоставления субсидий), но не более лимитов бюджетных обязательств на соответствующий финансовый год, доведенных до получателя средств бюджета субъекта Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "в(2)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId249" w:tooltip="Постановление Правительства РФ от 13.02.2019 N 140 &quot;О внесении изменений в пункт 10 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 13.02.2019 N 140; в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId250" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1295</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 22.04.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId251" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 559</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="218" w:name="P218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в(3)) обязательство не предусматривать объекты капитального строительства и объекты недвижимого имущества, в целях софинансирования капитальных вложений в которые предоставляется субсидия, в других соглашениях - в отношении субсидий, предоставляемых на софинансирование строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства или приобретения объектов недвижимого имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "в(3)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId252" w:tooltip="Постановление Правительства РФ от 26.12.2019 N 1843 (ред. от 26.12.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 26.12.2019 N 1843)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в(4)) обязательство не предусматривать в других соглашениях объекты капитального строительства и объекты недвижимого имущества, источником софинансирования капитальных вложений в которые является единая субсидия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "в(4)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId253" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в(5)) обязательство обеспечить завершение строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства без привлечения бюджетных ассигнований федерального бюджета - в случае если субъектом Российской Федерации принято решение об исключении такого объекта из плана по достижению показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "в(5)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId254" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934; в ред. Постановлений Правительства РФ от 01.12.2023 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId255" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2058</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 30.05.2024 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId256" w:tooltip="Постановление Правительства РФ от 30.05.2024 N 702 (ред. от 30.12.2025) &quot;Об управлении капитальными вложениями, финансовое обеспечение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета&quot; (вместе с &quot;Положением о порядке формирования и ведения реестра объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществ {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 702</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в(6)) условие, предусматривающее, что подписанием соглашения субъект Российской Федерации подтверждает согласие с установленными в системе "Электронный бюджет" контрольными точками строительства и со сроками их достижения, - в отношении субсидий, предоставляемых на софинансирование строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства и (или) приобретение объектов недвижимого имущества (за исключением приобретения жилых помещений для формирования муниципального специализированного жилищного фонда в целях реализации мер социальной поддержки отдельных категорий граждан);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "в(6)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId257" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.12.2023 N 2058)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в(7)) обязательство субъекта Российской Федерации обеспечивать проведение строительного контроля находящимся в ведении Министерства строительства и жилищно-коммунального хозяйства Российской Федерации учреждением, определенным решением Правительства Российской Федерации в установленных им случаях в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId258" w:tooltip="&quot;Градостроительный кодекс Российской Федерации&quot; от 29.12.2004 N 190-ФЗ (ред. от 29.12.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">частью 2.1 статьи 53</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Градостроительного кодекса Российской Федерации, - в отношении субсидий, предоставляемых в целях софинансирования расходных обязательств субъекта Российской Федерации по осуществлению капитальных вложений в объекты капитального строительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "в(7)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId259" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 26.12.2025 N 2162)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г) обязательства субъекта Российской Федерации по формированию и ведению реестра получателей соответствующих выплат - в отношении субсидий, являющихся источником софинансирования публичных нормативных обязательств субъектов Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId260" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">д) обязательства субъекта Российской Федерации по выполнению установленных требований к качеству и доступности предоставляемых государственных и (или) муниципальных услуг - в отношении субсидий, являющихся источником софинансирования расходных обязательств по оказанию государственных и (или) муниципальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId261" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е) утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId262" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е(1)) - ж) утратили силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId263" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 26.12.2025 N 2162;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з) обязательство субъекта Российской Федерации обеспечить представление в системе "Электронный бюджет" (за исключением соглашения, содержащего сведения, отнесенные к государственной тайне, и (или) сведения конфиденциального характера):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отчетности об осуществлении расходов бюджета субъекта Российской Федерации, в целях софинансирования которых предоставляется субсидия (единая субсидия) (за исключением субсидии, предоставляемой в целях возмещения произведенных расходов бюджета субъекта Российской Федерации), не позднее 10-го рабочего дня месяца, следующего за отчетным кварталом, а также о достижении значений результатов использования субсидии - не позднее 15-го рабочего дня месяца, следующего за отчетным кварталом, а также не позднее 15-го рабочего дня после достижения значений результатов использования субсидии (не позднее 5-го рабочего дня, следующего за днем возврата главным распорядителем средств федерального бюджета отчетности для ее уточнения в соответствии с подпунктом "з(3)" настоящего пункта);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отчета о выполнении плана по достижению показателей, формируемого в системе "Электронный бюджет", в том числе в рамках информационного взаимодействия с государственными информационными системами субъектов Российской Федерации в сфере управления проектами и (или) государственными и муниципальными (общественными) финансами, в соответствии с типовой формой и с учетом соблюдения общих требований, устанавливаемых в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId264" w:tooltip="Постановление Правительства РФ от 26.05.2021 N 786 (ред. от 02.08.2025) &quot;О системе управления государственными программами Российской Федерации&quot; (вместе с &quot;Положением о системе управления государственными программами Российской Федерации&quot;) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацем седьмым пункта 28</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Положения о системе управления государственными программами, не позднее 6-го рабочего дня месяца, следующего за отчетным месяцем, - в отношении единой субсидии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "з" в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId265" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 26.12.2025 N 2162)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з(1)) указание исполнительного органа субъекта Российской Федерации, на который возлагаются функции по исполнению (координации исполнения) соглашения со стороны субъекта Российской Федерации и представлению отчетности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "з(1)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId266" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519; в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId267" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 28.10.2022 N 1916)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з(2)) обязательство субъекта Российской Федерации обеспечить представление в системе "Электронный бюджет" информации о фактическом достижении контрольных точек строительства в срок не позднее плановой и (или) фактической дат достижения каждой контрольной точки - в отношении субсидий, предоставляемых на софинансирование строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства и (или) приобретение объектов недвижимого имущества (за исключением приобретения жилых помещений для формирования муниципального специализированного жилищного фонда в целях реализации мер социальной поддержки отдельных категорий граждан);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "з(2)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId268" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.12.2023 N 2058)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з(3)) обязательство главного распорядителя средств федерального бюджета осуществлять проверку и принятие (утверждение) отчетности, указанной в абзаце втором подпункта "з" настоящего пункта, не позднее 5-го рабочего дня, следующего за днем представления субъектом Российской Федерации соответствующей отчетности, а в случае ее несоответствия требованиям, установленным положениями соглашения, - возвращать субъекту Российской Федерации для уточнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "з(3)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId269" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 26.12.2025 N 2162)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и) порядок осуществления контроля за выполнением субъектом Российской Федерации обязательств, предусмотренных соглашением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и(1)) порядок внесения изменений в соглашение, в том числе в одностороннем порядке в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P302" w:tooltip="12. Типовые формы соглашения, дополнительных соглашений к соглашению, предусматривающих внесение в него изменений и его расторжение, и уведомления об изменении условий соглашения утверждаются Министерством финансов Российской Федерации. Соглашение и дополнительные соглашения к соглашению, предусматривающие внесение в него изменений и его расторжение, и уведомления об изменении условий соглашения заключаются в соответствии с указанными типовыми формами.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 12</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "и(1)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId270" w:tooltip="Постановление Правительства РФ от 30.10.2020 N 1769 (ред. от 28.12.2023) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений постановления Правительства Российской Федерации от 28 ноября 2018 г. N 1430&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 30.10.2020 N 1769)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к) обязательства субъекта Российской Федерации по возврату средств в федеральный бюджет в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P404" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 16</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P446" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">19</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P452" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">19(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 11.12.2017 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId271" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1519</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 01.12.2018 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId272" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1455</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л) ответственность сторон за нарушение условий соглашения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "л" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId273" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 22.02.2016 N 127)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л(1)) условие о перечислении субсидии - в отношении субсидий, предоставляемых в целях софинансирования из федерального бюджета расходных обязательств субъектов Российской Федерации, связанных с предоставлением субсидий или иных межбюджетных трансфертов, имеющих целевое назначение, из бюджета субъекта Российской Федерации местным бюджетам в целях оказания финансовой поддержки выполнения органами местного самоуправления полномочий по вопросам местного значения, - при наличии заключенного в системе "Электронный бюджет" по форме, аналогичной форме, установленной в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P302" w:tooltip="12. Типовые формы соглашения, дополнительных соглашений к соглашению, предусматривающих внесение в него изменений и его расторжение, и уведомления об изменении условий соглашения утверждаются Министерством финансов Российской Федерации. Соглашение и дополнительные соглашения к соглашению, предусматривающие внесение в него изменений и его расторжение, и уведомления об изменении условий соглашения заключаются в соответствии с указанными типовыми формами.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 12</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил (за исключением положений, установленных для единой субсидии), соглашения о предоставлении субсидии или иного межбюджетного трансферта, имеющего целевое назначение, из бюджета субъекта Российской Федерации местному бюджету (за исключением соглашения, содержащего сведения, отнесенные к государственной тайне, и (или) сведения конфиденциального характера), устанавливающего в том числе следующие условия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 01.12.2018 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId274" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1455</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 21.05.2022 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId275" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 934</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 26.12.2025 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId276" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2162</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">перечисление субсидии или иного межбюджетного трансферта, имеющего целевое назначение, из бюджета субъекта Российской Федерации местному бюджету в пределах суммы, необходимой для оплаты денежных обязательств получателя средств местного бюджета, соответствующих целям предоставления субсидии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId277" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.12.2018 N 1455)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществление территориальным органом Федерального казначейства операций по перечислению субсидии или иного межбюджетного трансферта, имеющего целевое назначение, из бюджета субъекта Российской Федерации, местным бюджетам в пределах суммы, необходимой для оплаты денежных обязательств получателя средств местного бюджета, соответствующих целям предоставления субсидии, от имени получателя средств бюджета субъекта Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId278" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.12.2018 N 1455)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">перечисление субсидии или иного межбюджетного трансферта, имеющего целевое назначение, в случае его предоставления на условиях софинансирования, из бюджета субъекта Российской Федерации в местный бюджет в доле, соответствующей уровню софинансирования расходного обязательства муниципального образования, установленному соглашением о предоставлении субсидии или иного межбюджетного трансферта, имеющего целевое назначение, из бюджета субъекта Российской Федерации местному бюджету, при оплате денежного обязательства получателя средств местного бюджета, соответствующего целям предоставления субсидии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId279" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.12.2018 N 1455)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">установление результатов использования субсидии или иного межбюджетного трансферта, имеющего целевое назначение, соответствующих </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P204" w:tooltip="б) значения результатов использования субсидии на каждый год предоставления субсидии. В случае предоставления субсидии в рамках государственной программы Российской Федерации значения результатов использования субсидии формируются в системе &quot;Электронный бюджет&quot; автоматически;">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">подпункту "б"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта, а также обязательство муниципального образования по их достижению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId280" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="207" w:name="P207"/>
-[...41 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId236" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наличие в местном бюджете бюджетных ассигнований на исполнение расходного обязательства муниципального образования, софинансирование (финансовое обеспечение) которого осуществляется из бюджета субъекта Российской Федерации, в объеме, необходимом для его исполнения, включая размер планируемой к предоставлению субсидии или иного межбюджетного трансферта, имеющего целевое назначение, из бюджета субъекта Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId281" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.12.2018 N 1455)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">применение мер ответственности к муниципальным образованиям за недостижение результатов использования субсидии или иного межбюджетного трансферта, имеющего целевое назначение, а также за несоблюдение сроков достижения контрольных точек строительства муниципальной собственности в порядке, аналогичном порядку, предусмотренному </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P404" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 16</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P452" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">19(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, и освобождение муниципального образования от ответственности по основаниям, аналогичным основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P456" w:tooltip="установление федерального, регионального или местного уровня реагирования на чрезвычайную ситуацию, подтвержденное решением Правительственной комиссии по предупреждению и ликвидации чрезвычайных ситуаций и обеспечению пожарной безопасности, решением высшего должностного лица субъекта Российской Федерации, решением главы местной администрации муниципального образования соответственно;">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацами вторым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P461" w:tooltip="наличие вступившего в законную силу в году предоставления субсидии решения арбитражного суда о признании несостоятельной (банкротом) организации, деятельность которой оказывала влияние на исполнение обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил;">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пятым пункта 20</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, в порядке, установленном нормативными правовыми актами субъектов Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.04.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId282" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 559</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 01.12.2023 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId283" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2058</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">установление в договоре (муниципальном контракте) о выполнении работ по строительству, реконструкции объектов капитального строительства муниципальной собственности, в целях софинансирования которых предоставляются субсидии, авансовых платежей в размере, не превышающем 30 процентов суммы соответствующего договора (муниципального контракта), если иное не предусмотрено нормативными правовыми актами Правительства Российской Федерации (за исключением нормативных правовых актов Правительства Российской Федерации, устанавливающих правила предоставления субсидий), но не более лимитов бюджетных обязательств на соответствующий финансовый год, доведенных до получателя средств местного бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId284" w:tooltip="Постановление Правительства РФ от 13.02.2019 N 140 &quot;О внесении изменений в пункт 10 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 13.02.2019 N 140; в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId285" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1295</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 22.04.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId286" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 559</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "л(1)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId287" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="268" w:name="P268"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л(2)) условие о перечислении субсидии - в отношении субсидий, предоставляемых в целях софинансирования из федерального бюджета расходных обязательств субъектов Российской Федерации, связанных с предоставлением субвенций из бюджета субъекта Российской Федерации местным бюджетам в целях финансового обеспечения расходных обязательств муниципальных образований, возникающих при выполнении государственных полномочий субъектов Российской Федерации, переданных для осуществления органам местного самоуправления в установленном порядке, - при наличии нормативного правового акта субъекта Российской Федерации, содержащего в том числе следующие условия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">перечисление субвенции из бюджета субъекта Российской Федерации местному бюджету в пределах суммы, необходимой для оплаты денежных обязательств получателя средств местного бюджета, соответствующих целям предоставления субсидии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществление территориальным органом Федерального казначейства операций по перечислению субвенции из бюджета субъекта Российской Федерации местным бюджетам в пределах суммы, необходимой для оплаты денежных обязательств получателя средств местного бюджета, соответствующих целям предоставления субсидии, от имени получателя средств бюджета субъекта Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "л(2)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId288" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.12.2018 N 1455)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л(3)) обязательства субъекта Российской Федерации по заключению соглашения о предоставлении субсидии или иного межбюджетного трансферта, имеющего целевое назначение, из бюджета субъекта Российской Федерации местному бюджету не позднее 30-го дня со дня вступления в силу соглашения - в отношении субсидий, предоставляемых на софинансирование расходных обязательств субъекта Российской Федерации, возникающих при предоставлении субсидий или иных межбюджетных трансфертов, имеющих целевое назначение, из бюджета субъекта Российской Федерации местным бюджетам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "л(3)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId289" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">б(3)) обязательства субъекта Российской Федерации по обеспечению соблюдения минимальной доли закупки товаров российского происхождения, в том числе поставляемых заказчику при выполнении закупаемых работ, оказании закупаемых услуг, - в отношении субсидий, предоставляемых в целях софинансирования расходных обязательств, возникающих при реализации региональных проектов, обеспечивающих достижение целей, показателей и мероприятий (результатов) федерального проекта в составе национального проекта, паспортом которого установлена такая доля;</w:t>
-[...13 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId237" w:tooltip="Постановление Правительства РФ от 06.02.2021 N 119 &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999&quot; {КонсультантПлюс}">
+        <w:t xml:space="preserve">л(4)) обязательства субъекта Российской Федерации по заключению соглашения о предоставлении субсидии или иного межбюджетного трансферта, имеющего целевое назначение, из бюджета субъекта Российской Федерации местному бюджету на срок, который не может быть менее срока, на который в установленном порядке утверждено распределение субсидий или иных межбюджетных трансфертов, имеющих целевое назначение, между муниципальными образованиями, - в отношении субсидий, предоставляемых на софинансирование расходных обязательств субъекта Российской Федерации, возникающих при предоставлении субсидий или иных межбюджетных трансфертов, имеющих целевое назначение, из бюджета субъекта Российской Федерации местным бюджетам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "л(4)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId290" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства РФ от 06.02.2021 N 119; в ред. Постановлений Правительства РФ от 21.05.2022 </w:t>
-[...1 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId238" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л(5)) обязательства субъекта Российской Федерации заключать соглашения о предоставлении субсидии или иного межбюджетного трансферта, имеющего целевое назначение, из бюджета субъекта Российской Федерации местному бюджету, соответствующие требованиям настоящего пункта (за исключением требований к соглашению о предоставлении единой субсидии), - в случае если планом по достижению показателей предусмотрены мероприятия (результаты) по предоставлению субсидий или иных межбюджетных трансфертов, имеющих целевое назначение, из бюджета субъекта Российской Федерации местным бюджетам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "л(5)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId291" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л(6)) условие о перечислении единой субсидии при наличии нормативного правового акта субъекта Российской Федерации, содержащего в том числе положения, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P268" w:tooltip="л(2)) условие о перечислении субсидии - в отношении субсидий, предоставляемых в целях софинансирования из федерального бюджета расходных обязательств субъектов Российской Федерации, связанных с предоставлением субвенций из бюджета субъекта Российской Федерации местным бюджетам в целях финансового обеспечения расходных обязательств муниципальных образований, возникающих при выполнении государственных полномочий субъектов Российской Федерации, переданных для осуществления органам местного самоуправления в ...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">подпунктом "л(2)"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта, - в случае если планом по достижению показателей предусмотрены мероприятия (результаты) по предоставлению субвенций из бюджета субъекта Российской Федерации местным бюджетам в целях финансового обеспечения расходных обязательств муниципальных образований, возникающих при выполнении государственных полномочий субъектов Российской Федерации, переданных для осуществления органам местного самоуправления в установленном порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "л(6)" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId292" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="280" w:name="P280"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м) условие о вступлении в силу соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пп. "м" введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId293" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 22.02.2016 N 127)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10(1). В случае если соглашение предусматривает предоставление субсидии в течение части срока реализации мероприятий (результатов), в целях софинансирования которых предоставляется субсидия, такое соглашение должно содержать сведения об объемах бюджетных ассигнований бюджета субъекта Российской Федерации на исполнение соответствующих расходных обязательств и условия, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P204" w:tooltip="б) значения результатов использования субсидии на каждый год предоставления субсидии. В случае предоставления субсидии в рамках государственной программы Российской Федерации значения результатов использования субсидии формируются в системе &quot;Электронный бюджет&quot; автоматически;">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">подпунктами "б"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P280" w:tooltip="м) условие о вступлении в силу соглашения.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">"м" пункта 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, установленные на весь срок реализации соответствующих мероприятий (результатов), и предусматривать ответственность за неисполнение (ненадлежащее исполнение) предусмотренных таким соглашением обязательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 11.12.2017 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId294" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1519</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 21.05.2022 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId295" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 934</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, от 07.02.2025 </w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="211" w:name="P211"/>
-[...41 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId241" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае если федеральным законом о федеральном бюджете на текущий финансовый год и плановый период предусмотрены субсидии исключительно на текущий финансовый год, предоставление субсидий в текущем финансовом году не приводит к возникновению расходных обязательств Российской Федерации по предоставлению субсидии в плановом периоде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId296" w:tooltip="Постановление Правительства РФ от 07.04.2017 N 417 &quot;Об изменении и признании утратившими силу положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.04.2017 N 417)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 10(1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId297" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 24.12.2016 N 1472)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10(2). Заключение соглашения (дополнительного соглашения к соглашению) осуществляется после согласования уполномоченными исполнительными органами субъекта Российской Федерации показателей национальных проектов, государственных программ Российской Федерации и (или) их структурных элементов, мероприятий (результатов) структурных элементов государственных программ Российской Федерации, декомпозированных по субъектам Российской Федерации, в целях достижения (реализации) которых субъект Российской Федерации принимает расходные обязательства, на софинансирование которых предоставляются субсидии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId298" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства РФ от 01.12.2023 N 2058)</w:t>
-[...29 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId242" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:t xml:space="preserve"> Правительства РФ от 26.12.2025 N 2162)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="289" w:name="P289"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях обеспечения согласования показателей национальных проектов, государственных программ Российской Федерации и (или) их структурных элементов, мероприятий (результатов) структурных элементов государственных программ Российской Федерации, декомпозированных по субъектам Российской Федерации, в целях достижения (реализации) которых субъект Российской Федерации принимает расходные обязательства, на софинансирование которых предоставляются субсидии, в системе "Электронный бюджет" по мере ввода в эксплуатацию соответствующих компонентов и модулей системы "Электронный бюджет" формируется и актуализируется информация о таких показателях, мероприятиях (результатах). В рамках согласования мероприятий (результатов) структурных элементов государственных программ Российской Федерации, декомпозированных по субъектам Российской Федерации, в целях реализации (достижения) которых субъект Российской Федерации принимает расходные обязательства, на софинансирование которых предоставляются субсидии, обеспечивается согласование характеристик таких мероприятий (результатов) (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId299" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934)</w:t>
-[...27 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId243" w:tooltip="Постановление Правительства РФ от 13.02.2019 N 140 &quot;О внесении изменений в пункт 10 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:t xml:space="preserve"> Правительства РФ от 26.12.2025 N 2162)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:history="0" r:id="rId300" w:tooltip="Приказ Минфина России от 15.05.2025 N 54н &quot;Об утверждении Порядка формирования и актуализации информации о показателях национальных проектов, государственных программ Российской Федерации и (или) их структурных элементов, декомпозированных по субъектам Российской Федерации, в целях достижения которых субъект Российской Федерации принимает расходные обязательства, на софинансирование которых предоставляются единые субсидии из федерального бюджета бюджетам субъектов Российской Федерации, информации о мероприя {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Порядок</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формирования и актуализации информации, указанной в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P289" w:tooltip="В целях обеспечения согласования показателей национальных проектов, государственных программ Российской Федерации и (или) их структурных элементов, мероприятий (результатов) структурных элементов государственных программ Российской Федерации, декомпозированных по субъектам Российской Федерации, в целях достижения (реализации) которых субъект Российской Федерации принимает расходные обязательства, на софинансирование которых предоставляются субсидии, в системе &quot;Электронный бюджет&quot; по мере ввода в эксплуат...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзаце втором</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта, а также согласования показателей национальных проектов, государственных программ Российской Федерации и (или) их структурных элементов, мероприятий (результатов) структурных элементов государственных программ Российской Федерации, декомпозированных по субъектам Российской Федерации, в целях достижения (реализации) которых субъект Российской Федерации принимает расходные обязательства, на софинансирование которых предоставляются субсидии, устанавливается Министерством финансов Российской Федерации по согласованию с Министерством экономического развития Российской Федерации и Аппаратом Правительства Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId301" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 26.12.2025 N 2162)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 10(2) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId302" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 118 (ред. от 26.12.2025) &quot;О пилотной апробации в 2025 году формирования и подписания единых соглашений в целях реализации государственных программ Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства РФ от 13.02.2019 N 140; в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
-[...1 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId244" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+        <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 118)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10(3). Проект соглашения (дополнительного соглашения к соглашению) формируется в системе "Электронный бюджет" (за исключением соглашения, содержащего сведения, отнесенные к государственной тайне, и (или) сведения конфиденциального характера) автоматически (по мере ввода в эксплуатацию соответствующих компонентов и модулей системы "Электронный бюджет") с учетом информации, указанной в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P289" w:tooltip="В целях обеспечения согласования показателей национальных проектов, государственных программ Российской Федерации и (или) их структурных элементов, мероприятий (результатов) структурных элементов государственных программ Российской Федерации, декомпозированных по субъектам Российской Федерации, в целях достижения (реализации) которых субъект Российской Федерации принимает расходные обязательства, на софинансирование которых предоставляются субсидии, в системе &quot;Электронный бюджет&quot; по мере ввода в эксплуат...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзаце втором пункта 10(2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, а также информации, содержащейся в реестре объектов капитального строительства, объектов недвижимого имущества, строительство (реконструкция, в том числе с элементами реставрации, техническое перевооружение) или приобретение которых осуществляется (планируется осуществлять) за счет средств федерального бюджета, формирование и ведение которого осуществляются в соответствии с Положением о порядке формирования и ведения реестра объектов (в случае включения в проект соглашения (дополнительного соглашения к соглашению) информации об указанных объектах капитального строительства (объектах недвижимого имущества).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId303" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 26.12.2025 N 2162)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подписание соглашения (дополнительного соглашения к соглашению) (за исключением соглашения, содержащего сведения, отнесенные к государственной тайне, и (или) сведения конфиденциального характера) от имени главного распорядителя средств федерального бюджета осуществляется автоматически с использованием усиленной квалифицированной электронной подписи оператора системы "Электронный бюджет" по мере ввода в эксплуатацию соответствующих компонентов и модулей системы "Электронный бюджет".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId304" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 26.12.2025 N 2162)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 10(3) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId305" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 118 (ред. от 26.12.2025) &quot;О пилотной апробации в 2025 году формирования и подписания единых соглашений в целях реализации государственных программ Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 118)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Утратил силу с 1 января 2024 года. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId306" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.12.2023 N 2058.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11(1). Перечисление субсидии на счет, указанный в пункте 14 настоящих Правил, в целях возмещения произведенных расходов бюджета субъекта Российской Федерации по исполнению расходного обязательства субъекта Российской Федерации, в целях софинансирования которого предоставляется субсидия, производится после проверки Федеральным казначейством в порядке, установленном Министерством финансов Российской Федерации, документов, подтверждающих осуществление расходов бюджета субъекта Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 11(1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId307" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519; в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId308" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 26.12.2025 N 2162)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="302" w:name="P302"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Типовые </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId309" w:tooltip="Справочная информация: &quot;Типовые формы договоров (соглашений) о предоставлении субсидий, иных межбюджетных трансфертов&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">формы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соглашения, дополнительных соглашений к соглашению, предусматривающих внесение в него изменений и его расторжение, и уведомления об изменении условий соглашения утверждаются Министерством финансов Российской Федерации. Соглашение и дополнительные соглашения к соглашению, предусматривающие внесение в него изменений и его расторжение, и уведомления об изменении условий соглашения заключаются в соответствии с указанными типовыми формами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 11.12.2017 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId310" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1519</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 30.10.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId311" w:tooltip="Постановление Правительства РФ от 30.10.2020 N 1769 (ред. от 28.12.2023) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений постановления Правительства Российской Федерации от 28 ноября 2018 г. N 1430&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1769</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Соглашение заключается на срок, который не может быть менее срока, на который в установленном порядке утверждено распределение субсидий между субъектами Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId312" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Абзац утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId313" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.12.2018 N 1455.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="307" w:name="P307"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Главный распорядитель средств федерального бюджета, которому доведены лимиты бюджетных обязательств на предоставление субсидий бюджетам субъектов Российской Федерации, вправе предусматривать в соглашениях срок исполнения обязательства, превышающий срок действия доведенных ему лимитов, в случаях, предусмотренных нормативными правовыми актами Правительства Российской Федерации, принятыми в соответствии с бюджетным законодательством Российской Федерации, в пределах средств и на сроки, которые установлены указанными актами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId314" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Нормативными правовыми актами Правительства Российской Федерации, указанными в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P307" w:tooltip="Главный распорядитель средств федерального бюджета, которому доведены лимиты бюджетных обязательств на предоставление субсидий бюджетам субъектов Российской Федерации, вправе предусматривать в соглашениях срок исполнения обязательства, превышающий срок действия доведенных ему лимитов, в случаях, предусмотренных нормативными правовыми актами Правительства Российской Федерации, принятыми в соответствии с бюджетным законодательством Российской Федерации, в пределах средств и на сроки, которые установлены ук...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзаце четвертом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего пункта, могут предусматриваться запланированные объемы средств федерального бюджета на предоставление субсидий бюджетам субъектов Российской Федерации на период, превышающий срок действия лимитов бюджетных обязательств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId315" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Соглашение в целях софинансирования из федерального бюджета расходных обязательств субъектов Российской Федерации, связанных с реализацией региональных проектов, может заключаться на срок реализации региональных проектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId316" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 22.04.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId245" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId317" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 559</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="217" w:name="P217"/>
-[...26 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId246" w:tooltip="Постановление Правительства РФ от 26.12.2019 N 1843 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае внесения в федеральный закон о федеральном бюджете на текущий финансовый год и плановый период и (или) правовой акт Правительства Российской Федерации изменений, предусматривающих уточнение в соответствующем финансовом году объемов бюджетных ассигнований на предоставление субсидии, в соглашение вносятся соответствующие изменения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId318" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства РФ от 26.12.2019 N 1843)</w:t>
-[...27 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId247" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:t xml:space="preserve"> Правительства РФ от 24.12.2016 N 1472; в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId319" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием для внесения изменений в соглашение также является уменьшение сметной стоимости строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства, на софинансирование которых предоставляется субсидия, по результатам государственной экспертизы, включающей проверку достоверности определения сметной стоимости строительства (реконструкции) объектов капитального строительства в случаях, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId320" w:tooltip="&quot;Градостроительный кодекс Российской Федерации&quot; от 29.12.2004 N 190-ФЗ (ред. от 29.12.2025) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">частью 2 статьи 8.3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Градостроительного кодекса Российской Федерации, и (или) уменьшение цены государственного или муниципального контракта по результатам торгов на право его заключения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId321" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934)</w:t>
-[...139 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId252" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:t xml:space="preserve"> Правительства РФ от 24.12.2016 N 1472; в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId322" w:tooltip="Постановление Правительства РФ от 31.12.2019 N 1948 (ред. от 31.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу некоторых актов и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства РФ от 21.05.2022 N 934)</w:t>
-[...2247 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 31.12.2019 N 1948)</w:t>
-      </w:r>
-[...330 lines deleted...]
-        <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="317" w:name="P317"/>
     <w:bookmarkEnd w:id="317"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">В случае уменьшения сметной стоимости строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства субсидия предоставляется в размере, определенном исходя из уровня софинансирования, предусмотренного соглашением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId323" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 24.12.2016 N 1472)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Увеличение в соответствующем финансовом году сметной стоимости строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства не влечет обязательств Российской Федерации по увеличению размера субсидии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId324" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 22.04.2020 N 559)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="321" w:name="P321"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внесение в соглашение изменений, предусматривающих ухудшение значений результатов использования субсидии, а также увеличение сроков реализации предусмотренных соглашением мероприятий (результатов), не допускается, за исключением случаев изменения значений показателей государственных программ Российской Федерации и (или) федеральных целевых программ или мероприятий (результатов) структурных элементов государственных программ Российской Федерации, а также случая сокращения размера субсидии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.04.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId325" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 559</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 21.05.2022 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId326" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 934</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.03.2023 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId327" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 489</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 07.02.2025 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId328" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 120</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Абзац утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId329" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае принятия в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P454" w:tooltip="20. Основанием для освобождения субъектов Российской Федерации от применения мер ответственности, предусмотренных пунктами 16, 19 и 19(1) настоящих Правил, является документально подтвержденное наступление следующих обстоятельств непреодолимой силы в году предоставления субсидии, непосредственно повлиявших на исполнение соответствующих обязательств:">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктом 20</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил распоряжения Правительства Российской Федерации о продлении срока устранения нарушения обязательств, предусмотренных соглашением в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P212" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">подпунктом "в" пункта 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, в соглашение могут быть внесены изменения в части значений показателей в течение 14 рабочих дней после принятия указанного распоряжения Правительства Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(абзац введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId330" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 442 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 17.05.2016 N 442; в ред. Постановлений Правительства РФ от 24.12.2016 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId331" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1472</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 11.12.2017 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId332" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1519</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 07.10.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId333" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1295</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 01.12.2023 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId334" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2058</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="326" w:name="P326"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">В случае увеличения в текущем финансовом году субсидий в размере, не превышающем остатка субсидий, не использованных на начало текущего финансового года на оплату государственных (муниципальных) контрактов, заключенных от имени субъекта Российской Федерации (муниципального образования), на поставку товаров, выполнение работ, оказание услуг, подлежавших в соответствии с условиями этих государственных (муниципальных) контрактов оплате в отчетном финансовом году, в соглашение могут быть внесены изменения в части уточнения (уменьшения) значений результатов использования субсидий в отчетном финансовом году с соответствующим уточнением (увеличением) значений результатов использования субсидии в текущем финансовом году. Указанные изменения не учитываются при применении мер ответственности, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P395" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
+      <w:hyperlink w:history="0" w:anchor="P404" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 16</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
+      <w:hyperlink w:history="0" w:anchor="P446" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P443" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
+      <w:hyperlink w:history="0" w:anchor="P452" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId328" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId335" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId329" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId336" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.12.2023 N 2058)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае перераспределения субсидии на софинансирование капитальных вложений в объекты государственной собственности субъекта Российской Федерации (муниципальной собственности) между текущим финансовым годом и плановым периодом в соглашение могут быть внесены изменения в части уточнения значений результатов использования субсидий в текущем финансовом году с соответствующим уточнением значений результатов использования субсидии в плановом периоде.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId330" w:tooltip="Постановление Правительства РФ от 30.10.2020 N 1769 (ред. от 28.12.2023) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений постановления Правительства Российской Федерации от 28 ноября 2018 г. N 1430&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId337" w:tooltip="Постановление Правительства РФ от 30.10.2020 N 1769 (ред. от 28.12.2023) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений постановления Правительства Российской Федерации от 28 ноября 2018 г. N 1430&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.10.2020 N 1769; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId331" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId338" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.12.2023 N 2058)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Размер субсидии, предусмотренный соглашением на текущий финансовый год, подлежит уменьшению в одностороннем порядке главным распорядителем средств федерального бюджета как получателем средств федерального бюджета, предоставляющим субсидию, в целях перераспределения бюджетных ассигнований на предоставление субсидии в случаях, установленных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId332" w:tooltip="Постановление Правительства РФ от 09.12.2017 N 1496 (ред. от 27.09.2025) &quot;О мерах по обеспечению исполнения федерального бюджета&quot; (вместе с &quot;Положением о мерах по обеспечению исполнения федерального бюджета&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId339" w:tooltip="Постановление Правительства РФ от 09.12.2017 N 1496 (ред. от 27.12.2025, с изм. от 29.12.2025) &quot;О мерах по обеспечению исполнения федерального бюджета&quot; (вместе с &quot;Положением о мерах по обеспечению исполнения федерального бюджета&quot;) (с изм. и доп., вступ. в силу с 01.01.2026) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Положением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> о мерах по обеспечению исполнения федерального бюджета, утвержденным постановлением Правительства Российской Федерации от 9 декабря 2017 г. N 1496 "О мерах по обеспечению исполнения федерального бюджета", путем направления высшему исполнительному органу субъекта Российской Федерации уведомления об изменении условий соглашения. Изменения в соглашение вступают в силу со дня внесения сведений об этом уведомлении в реестр договоров (соглашений), указанный в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P483" w:tooltip="Сведения о предоставляемых из федерального бюджета субсидиях, а также сведения об их использовании подлежат включению в реестр договоров (соглашений) о предоставлении субсидий, бюджетных инвестиций, межбюджетных трансфертов, ведение которого осуществляется в порядке, устанавливаемом Министерством финансов Российской Федерации (далее - реестр соглашений).">
+      <w:hyperlink w:history="0" w:anchor="P492" w:tooltip="Сведения о предоставляемых из федерального бюджета субсидиях, а также сведения об их использовании подлежат включению в реестр договоров (соглашений) о предоставлении субсидий, бюджетных инвестиций, межбюджетных трансфертов, ведение которого осуществляется в порядке, устанавливаемом Министерством финансов Российской Федерации (далее - реестр соглашений).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце третьем пункта 21</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId333" w:tooltip="Постановление Правительства РФ от 30.10.2020 N 1769 (ред. от 28.12.2023) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений постановления Правительства Российской Федерации от 28 ноября 2018 г. N 1430&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId340" w:tooltip="Постановление Правительства РФ от 30.10.2020 N 1769 (ред. от 28.12.2023) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившими силу отдельных положений постановления Правительства Российской Федерации от 28 ноября 2018 г. N 1430&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 30.10.2020 N 1769; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId334" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId341" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.10.2022 N 1916)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Изменение сроков достижения контрольных точек строительства, влияющее на сроки достижения контрольных точек мероприятий (результатов) структурных элементов государственной программы Российской Федерации, в рамках которой предоставляется субсидия, допускается после корректировки сроков достижения контрольных точек таких мероприятий (результатов).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId335" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId342" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.12.2023 N 2058)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="325" w:name="P325"/>
-    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:id="334" w:name="P334"/>
+    <w:bookmarkEnd w:id="334"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">13. Объем бюджетных ассигнований бюджета субъекта Российской Федерации на финансовое обеспечение расходного обязательства субъекта Российской Федерации, софинансируемого за счет субсидии, утверждается законом субъекта Российской Федерации о бюджете субъекта Российской Федерации (определяется сводной бюджетной росписью бюджета субъекта Российской Федерации) исходя из необходимости достижения установленных соответствующим соглашением значений результатов использования субсидии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.02.2016 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId336" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId343" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 127</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.04.2017 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId337" w:tooltip="Постановление Правительства РФ от 07.04.2017 N 417 &quot;Об изменении и признании утратившими силу положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId344" w:tooltip="Постановление Правительства РФ от 07.04.2017 N 417 &quot;Об изменении и признании утратившими силу положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 417</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId338" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId345" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId339" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId346" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 21.05.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId340" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId347" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 934</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Объем бюджетных ассигнований бюджета субъекта Российской Федерации на финансовое обеспечение расходного обязательства субъекта Российской Федерации, софинансируемого за счет консолидированной субсидии, утверждается законом субъекта Российской Федерации о бюджете субъекта Российской Федерации (определяется сводной бюджетной росписью бюджета субъекта Российской Федерации). При наличии у органов государственной власти субъекта Российской Федерации необходимости в перераспределении указанных объемов расходов бюджета субъекта Российской Федерации между мероприятиями (результатами) и (или) объектами капитального строительства (объектами недвижимого имущества) такое перераспределение осуществляется путем внесения соответствующих изменений в соглашение.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId341" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId348" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.12.2018 N 1455; в ред. Постановлений Правительства РФ от 22.04.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId342" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId349" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 559</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 21.05.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId343" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId350" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 934</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:spacing w:after="1"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
@@ -10903,51 +11125,51 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">КонсультантПлюс: примечание.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">При утверждении на 2026 год и на плановый период 2027 и 2028 гг предельного уровня софинансирования расходного обязательства положения абз. 3 - 11 п. 13 применяются с учетом </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId344" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId351" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">особенностей</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, установленных Постановлением Правительства РФ от 11.09.2024 N 1231.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
@@ -10967,1214 +11189,1214 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="260" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Предельный уровень софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета (Yi):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId345" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId352" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 24.12.2016 N 1472)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">для субъектов Российской Федерации, уровень расчетной бюджетной обеспеченности на текущий финансовый год (определенный в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId346" w:tooltip="Постановление Правительства РФ от 22.11.2004 N 670 (ред. от 16.12.2024) &quot;О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot; (вместе с &quot;Методикой распределения дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId353" w:tooltip="Постановление Правительства РФ от 22.11.2004 N 670 (ред. от 15.12.2025) &quot;О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot; (вместе с &quot;Методикой распределения дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 22 ноября 2004 г. N 670 "О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации") которых равен или превышает 1, определяется по формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId347" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId354" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 24.12.2016 N 1472; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId348" w:tooltip="Постановление Правительства РФ от 12.07.2017 N 829 &quot;О внесении изменений в пункт 13 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId355" w:tooltip="Постановление Правительства РФ от 12.07.2017 N 829 &quot;О внесении изменений в пункт 13 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 12.07.2017 N 829)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:position w:val="-33"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2491740" cy="554355"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Консультант Плюс"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId349">
+                    <a:blip r:embed="rId356">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2491740" cy="554355"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId350" w:tooltip="Постановление Правительства РФ от 07.04.2017 N 417 &quot;Об изменении и признании утратившими силу положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId357" w:tooltip="Постановление Правительства РФ от 07.04.2017 N 417 &quot;Об изменении и признании утратившими силу положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.04.2017 N 417)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">где:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId351" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId358" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 24.12.2016 N 1472)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ранг РБО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - место i-го региона по уровню расчетной бюджетной обеспеченности субъекта Российской Федерации на текущий финансовый год (за исключением субъектов Российской Федерации, занимавших в соответствии с уровнем расчетной бюджетной обеспеченности (определенным в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId352" w:tooltip="Постановление Правительства РФ от 22.11.2004 N 670 (ред. от 16.12.2024) &quot;О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot; (вместе с &quot;Методикой распределения дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId359" w:tooltip="Постановление Правительства РФ от 22.11.2004 N 670 (ред. от 15.12.2025) &quot;О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot; (вместе с &quot;Методикой распределения дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 22 ноября 2004 г. N 670 "О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации") первое место за последние четыре из пяти отчетных периодов, для которых ранг приравнивается к 1);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId353" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId360" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 24.12.2016 N 1472; в ред. Постановлений Правительства РФ от 12.07.2017 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId354" w:tooltip="Постановление Правительства РФ от 12.07.2017 N 829 &quot;О внесении изменений в пункт 13 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId361" w:tooltip="Постановление Правительства РФ от 12.07.2017 N 829 &quot;О внесении изменений в пункт 13 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 829</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.09.2024 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId355" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId362" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1231</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:position w:val="-10"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="266700" cy="259080"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Консультант Плюс"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId356">
+                    <a:blip r:embed="rId363">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="266700" cy="259080"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - количество субъектов Российской Федерации в соответствующей группе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId357" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId364" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 24.12.2016 N 1472)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">для субъектов Российской Федерации, уровень расчетной бюджетной обеспеченности на текущий финансовый год (определенный в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId358" w:tooltip="Постановление Правительства РФ от 22.11.2004 N 670 (ред. от 16.12.2024) &quot;О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot; (вместе с &quot;Методикой распределения дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId365" w:tooltip="Постановление Правительства РФ от 22.11.2004 N 670 (ред. от 15.12.2025) &quot;О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot; (вместе с &quot;Методикой распределения дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 22 ноября 2004 г. N 670 "О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации") которых меньше 1, за исключением субъектов Российской Федерации, в отношении которых разрабатываются (утверждены) индивидуальные программы социально-экономического развития, для которых предельный уровень софинансирования в период действия таких программ принимается равным 99 процентам, определяется по формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId359" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId366" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 24.12.2016 N 1472; в ред. Постановлений Правительства РФ от 12.07.2017 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId360" w:tooltip="Постановление Правительства РФ от 12.07.2017 N 829 &quot;О внесении изменений в пункт 13 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId367" w:tooltip="Постановление Правительства РФ от 12.07.2017 N 829 &quot;О внесении изменений в пункт 13 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 829</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId361" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId368" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId362" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId369" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.09.2024 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId363" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId370" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1231</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:position w:val="-33"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2232660" cy="554355"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Консультант Плюс"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId364">
+                    <a:blip r:embed="rId371">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2232660" cy="554355"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId365" w:tooltip="Постановление Правительства РФ от 07.04.2017 N 417 &quot;Об изменении и признании утратившими силу положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId372" w:tooltip="Постановление Правительства РФ от 07.04.2017 N 417 &quot;Об изменении и признании утратившими силу положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.04.2017 N 417)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Уровень расчетной бюджетной обеспеченности для г. Байконура определяется исходя из расчетного объема поступлений налоговых доходов в бюджет г. Байконура и дотации на содержание объектов инфраструктуры г. Байконура, связанных с арендой космодрома Байконур, с учетом значения индекса бюджетных расходов Оренбургской области.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId366" w:tooltip="Постановление Правительства РФ от 19.06.2020 N 883 (ред. от 11.09.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId373" w:tooltip="Постановление Правительства РФ от 19.06.2020 N 883 (ред. от 11.09.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 19.06.2020 N 883)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В отношении субсидий, предоставляемых в целях софинансирования расходных обязательств субъектов Российской Федерации, возникших при реализации региональных проектов, а также в целях реализации государственной </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId367" w:tooltip="Постановление Правительства РФ от 31.05.2019 N 696 (ред. от 27.08.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Комплексное развитие сельских территорий&quot; и о внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId374" w:tooltip="Постановление Правительства РФ от 31.05.2019 N 696 (ред. от 12.12.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Комплексное развитие сельских территорий&quot; и о внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">программы</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Российской Федерации "Комплексное развитие сельских территорий" и государственной </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId368" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 308 (ред. от 17.09.2024) &quot;Об утверждении государственной программы Российской Федерации &quot;Социально-экономическое развитие Дальневосточного федерального округа&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId375" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 308 (ред. от 28.11.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Социально-экономическое развитие Дальневосточного федерального округа&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">программы</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Российской Федерации "Социально-экономическое развитие Дальневосточного федерального округа" (за исключением субсидий, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId369" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 31.07.2025) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId376" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 28.12.2025) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 6.2 статьи 132</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Российской Федерации), предельный уровень софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета по субъектам Российской Федерации на очередной финансовый год и плановый период определяется по формулам, предусмотренным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P370" w:tooltip="13(1.1). Предельный уровень софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета в отношении субсидий, предоставляемых в целях софинансирования расходных обязательств субъектов Российской Федерации, возникших при реализации региональных проектов, а также в целях реализации государственной программы Российской Федерации &quot;Комплексное развитие сельских территорий&quot; и государственной программы Российской Федерации &quot;Социально-экономическое развитие Дальневосточного фе...">
+      <w:hyperlink w:history="0" w:anchor="P379" w:tooltip="13(1.1). Предельный уровень софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета в отношении субсидий, предоставляемых в целях софинансирования расходных обязательств субъектов Российской Федерации, возникших при реализации региональных проектов, а также в целях реализации государственной программы Российской Федерации &quot;Комплексное развитие сельских территорий&quot; и государственной программы Российской Федерации &quot;Социально-экономическое развитие Дальневосточного фе...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 13(1.1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId370" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId377" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.12.2018 N 1455; в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId371" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId378" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 12.10.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId372" w:tooltip="Постановление Правительства РФ от 12.10.2020 N 1667 (ред. от 30.05.2024) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId379" w:tooltip="Постановление Правительства РФ от 12.10.2020 N 1667 (ред. от 30.05.2024) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1667</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 06.02.2021 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId373" w:tooltip="Постановление Правительства РФ от 06.02.2021 N 119 &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId380" w:tooltip="Постановление Правительства РФ от 06.02.2021 N 119 &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 119</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId374" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId381" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Предельный уровень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета по субъектам Российской Федерации на очередной финансовый год и плановый период ежегодно утверждается Правительством Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId375" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId382" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 24.12.2016 N 1472)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Правила предоставления субсидий, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId376" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 31.07.2025) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId383" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 28.12.2025) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 6.2 статьи 132</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Российской Федерации, могут предусматривать установление уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета с превышением предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета, рассчитанного в соответствии с настоящим пунктом, в размере не более 99 процентов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId377" w:tooltip="Постановление Правительства РФ от 12.07.2017 N 829 &quot;О внесении изменений в пункт 13 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId384" w:tooltip="Постановление Правительства РФ от 12.07.2017 N 829 &quot;О внесении изменений в пункт 13 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 12.07.2017 N 829; в ред. Постановлений Правительства РФ от 11.12.2017 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId378" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId385" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1519</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId379" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId386" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Правила предоставления субсидий могут содержать положения о возможности установления в соглашении различных уровней софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета по отдельным мероприятиям (объектам капитального строительства (объектам недвижимого имущества) в случае предоставления субсидий в целях софинансирования расходного обязательства субъекта Российской Федерации, предусматривающего реализацию более одного мероприятия (капитальные вложения в несколько объектов капитального строительства (объектов недвижимого имущества).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId380" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId387" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Заключение соглашений или внесение в заключенные соглашения изменений, предусматривающих превышение уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета в целом по всем мероприятиям (объектам капитального строительства (объектам недвижимого имущества) над предельным уровнем софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета, утвержденным Правительством Российской Федерации, не допускаются.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId381" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId388" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">При предоставлении субсидий из федерального бюджета для последующего предоставления субсидий из бюджета субъекта Российской Федерации местным бюджетам в целях оказания финансовой поддержки выполнения органами местного самоуправления полномочий по вопросам местного значения, уровень софинансирования расходного обязательства субъекта Российской Федерации может быть установлен в соглашении с превышением предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, утвержденного Правительством Российской Федерации, в пределах суммы субсидии, подлежащей предоставлению бюджету субъекта Российской Федерации, исходя из объема бюджетных ассигнований, предусмотренных в местных бюджетах для полного исполнения расходных обязательств муниципальных образований, в целях софинансирования которых предоставляются субсидии из бюджета субъекта Российской Федерации, и объема бюджетных ассигнований, предусмотренных в бюджете субъекта Российской Федерации на предоставление субсидий местным бюджетам. В этом случае предоставление субсидий из бюджета субъекта Российской Федерации местным бюджетам в целях оказания финансовой поддержки выполнения органами местного самоуправления полномочий по вопросам местного значения выделяется в соглашении как отдельное мероприятие.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId382" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId389" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">13(1). Абзац утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId383" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId390" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае если в бюджете субъекта Российской Федерации бюджетные ассигнования на исполнение расходного обязательства субъекта Российской Федерации предусмотрены в объеме, превышающем размер расходного обязательства субъекта Российской Федерации, в целях софинансирования которого предоставляется субсидия, уровень софинансирования определяется в соответствии с порядком, предусмотренным соглашением.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 13(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId384" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId391" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0"/>
         <w:spacing w:after="1"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
@@ -12252,571 +12474,571 @@
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">КонсультантПлюс: примечание.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">При утверждении на 2026 год и на плановый период 2027 и 2028 гг. предельного уровня софинансирования расходного обязательства положения абз. 1 - 6 п. 13(1.1) применяются с учетом </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId385" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId392" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">особенностей</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:color w:val="392c69"/>
               </w:rPr>
               <w:t xml:space="preserve">, установленных Постановлением Правительства РФ от 11.09.2024 N 1231.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="113" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:shd w:val="clear" w:fill="f4f3f8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:id="370" w:name="P370"/>
-    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:id="379" w:name="P379"/>
+    <w:bookmarkEnd w:id="379"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="260" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">13(1.1). Предельный уровень софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета в отношении субсидий, предоставляемых в целях софинансирования расходных обязательств субъектов Российской Федерации, возникших при реализации региональных проектов, а также в целях реализации государственной </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId386" w:tooltip="Постановление Правительства РФ от 31.05.2019 N 696 (ред. от 27.08.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Комплексное развитие сельских территорий&quot; и о внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId393" w:tooltip="Постановление Правительства РФ от 31.05.2019 N 696 (ред. от 12.12.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Комплексное развитие сельских территорий&quot; и о внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">программы</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Российской Федерации "Комплексное развитие сельских территорий" и государственной </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId387" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 308 (ред. от 17.09.2024) &quot;Об утверждении государственной программы Российской Федерации &quot;Социально-экономическое развитие Дальневосточного федерального округа&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId394" w:tooltip="Постановление Правительства РФ от 15.04.2014 N 308 (ред. от 28.11.2025) &quot;Об утверждении государственной программы Российской Федерации &quot;Социально-экономическое развитие Дальневосточного федерального округа&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">программы</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Российской Федерации "Социально-экономическое развитие Дальневосточного федерального округа" (за исключением субсидий, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId388" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 31.07.2025) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId395" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 28.12.2025) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 6.2 статьи 132</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Российской Федерации) (Y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">нпi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId389" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId396" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 12.10.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId390" w:tooltip="Постановление Правительства РФ от 12.10.2020 N 1667 (ред. от 30.05.2024) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId397" w:tooltip="Постановление Правительства РФ от 12.10.2020 N 1667 (ред. от 30.05.2024) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1667</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 06.02.2021 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId391" w:tooltip="Постановление Правительства РФ от 06.02.2021 N 119 &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId398" w:tooltip="Постановление Правительства РФ от 06.02.2021 N 119 &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 119</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId392" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId399" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">для субъектов Российской Федерации, уровень расчетной бюджетной обеспеченности на 2024 год (определенный в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId393" w:tooltip="Постановление Правительства РФ от 22.11.2004 N 670 (ред. от 16.12.2024) &quot;О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot; (вместе с &quot;Методикой распределения дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId400" w:tooltip="Постановление Правительства РФ от 22.11.2004 N 670 (ред. от 15.12.2025) &quot;О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot; (вместе с &quot;Методикой распределения дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 22 ноября 2004 г. N 670 "О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации") которых равен или превышает 1, определяется по формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId394" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId401" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.09.2024 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId395" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId402" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1231</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:position w:val="-32"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2808605" cy="544195"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Консультант Плюс"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId396">
+                    <a:blip r:embed="rId403">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2808605" cy="544195"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId397" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId404" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">где ранг РБОi - место i-го региона по уровню расчетной бюджетной обеспеченности субъекта Российской Федерации на 2024 год (за исключением субъектов Российской Федерации, занимавших в соответствии с уровнем расчетной бюджетной обеспеченности (определенным в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId398" w:tooltip="Постановление Правительства РФ от 22.11.2004 N 670 (ред. от 16.12.2024) &quot;О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot; (вместе с &quot;Методикой распределения дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId405" w:tooltip="Постановление Правительства РФ от 22.11.2004 N 670 (ред. от 15.12.2025) &quot;О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot; (вместе с &quot;Методикой распределения дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 22 ноября 2004 г. N 670 "О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации") первое место за последние четыре из пяти отчетных периодов, для которых ранг приравнивается к 1);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId399" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId406" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.09.2024 N 1231)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">для субъектов Российской Федерации, уровень расчетной бюджетной обеспеченности на 2024 год (определенный в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId400" w:tooltip="Постановление Правительства РФ от 22.11.2004 N 670 (ред. от 16.12.2024) &quot;О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot; (вместе с &quot;Методикой распределения дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId407" w:tooltip="Постановление Правительства РФ от 22.11.2004 N 670 (ред. от 15.12.2025) &quot;О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot; (вместе с &quot;Методикой распределения дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 22 ноября 2004 г. N 670 "О распределении дотаций на выравнивание бюджетной обеспеченности субъектов Российской Федерации") которых меньше 1, определяется по формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId401" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId408" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.09.2024 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId402" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId409" w:tooltip="Постановление Правительства РФ от 11.09.2024 N 1231 (ред. от 25.07.2025) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации, г. Байконура и федеральной территории &quot;Сириус&quot;, о внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1231</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:position w:val="-30"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2667000" cy="509905"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Консультант Плюс"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId403">
+                    <a:blip r:embed="rId410">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2667000" cy="509905"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -12839,433 +13061,448 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Уровень расчетной бюджетной обеспеченности для г. Байконура определяется исходя из расчетного объема поступлений налоговых доходов в бюджет г. Байконура и дотации на содержание объектов инфраструктуры г. Байконура, связанных с арендой космодрома Байконур, с учетом значения индекса бюджетных расходов Оренбургской области.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId404" w:tooltip="Постановление Правительства РФ от 19.06.2020 N 883 (ред. от 11.09.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId411" w:tooltip="Постановление Правительства РФ от 19.06.2020 N 883 (ред. от 11.09.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 19.06.2020 N 883)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 13(1.1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId405" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId412" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.12.2018 N 1455)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">13(2). Утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId406" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId413" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">14. Перечисление субсидий осуществляется в установленном порядке на единые счета бюджетов, открытые финансовым органам субъектов Российской Федерации в территориальных органах Федерального казначейства.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 14 в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId407" w:tooltip="Постановление Правительства РФ от 02.12.2020 N 1985 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия пункта 46 Положения о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId414" w:tooltip="Постановление Правительства РФ от 02.12.2020 N 1985 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия пункта 46 Положения о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 02.12.2020 N 1985)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">15. Перечисление средств субсидии в бюджет субъекта Российской Федерации в случае предоставления субсидии в порядке возмещения расходов бюджета субъекта Российской Федерации, если правилами предоставления субсидии не установлено иное, осуществляется на казначейские счета для осуществления и отражения операций по учету и распределению поступлений, открытые территориальным органам Федерального казначейства, на основании заявки высшего исполнительного органа субъекта Российской Федерации о перечислении субсидии, предоставляемой главному распорядителю средств федерального бюджета по установленной главным распорядителем средств федерального бюджета </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">форме</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и в срок, предусмотренный соглашением.</w:t>
+        <w:t xml:space="preserve"> не позднее 5 рабочих дней после подписания соглашения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 02.12.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId408" w:tooltip="Постановление Правительства РФ от 02.12.2020 N 1985 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия пункта 46 Положения о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId415" w:tooltip="Постановление Правительства РФ от 02.12.2020 N 1985 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия пункта 46 Положения о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1985</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.10.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId409" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId416" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1916</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">, от 26.12.2025 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId417" w:tooltip="Постановление Правительства РФ от 26.12.2025 N 2162 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 2162</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В заявке указываются необходимый объем средств в пределах предусмотренной субсидии, расходное обязательство, на осуществление которого она предоставляется. Такая информация учитывается главным распорядителем средств федерального бюджета при формировании прогноза перечислений из федерального бюджета, необходимого для составления в установленном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId410" w:tooltip="Приказ Минфина России от 31.01.2025 N 9н &quot;О Порядке составления и ведения кассового плана исполнения федерального бюджета, составе и сроках представления главными распорядителями средств федерального бюджета, главными администраторами доходов федерального бюджета, главными администраторами источников финансирования дефицита федерального бюджета сведений, необходимых для составления и ведения кассового плана&quot; (Зарегистрировано в Минюсте России 29.05.2025 N 82416) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId418" w:tooltip="Приказ Минфина России от 31.01.2025 N 9н &quot;О Порядке составления и ведения кассового плана исполнения федерального бюджета, составе и сроках представления главными распорядителями средств федерального бюджета, главными администраторами доходов федерального бюджета, главными администраторами источников финансирования дефицита федерального бюджета сведений, необходимых для составления и ведения кассового плана&quot; (Зарегистрировано в Минюсте России 29.05.2025 N 82416) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">порядке</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> кассового плана исполнения федерального бюджета.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId411" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId419" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 02.12.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId412" w:tooltip="Постановление Правительства РФ от 02.12.2020 N 1985 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия пункта 46 Положения о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId420" w:tooltip="Постановление Правительства РФ от 02.12.2020 N 1985 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия пункта 46 Положения о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1985</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="395" w:name="P395"/>
-    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:id="404" w:name="P404"/>
+    <w:bookmarkEnd w:id="404"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P205" w:tooltip="б(1)) обязательства субъекта Российской Федерации по достижению результатов использования субсидий;">
+      <w:hyperlink w:history="0" w:anchor="P206" w:tooltip="б(1)) обязательства субъекта Российской Федерации по достижению результатов использования субсидий;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "б(1)" пункта 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId413" w:tooltip="Постановление Правительства РФ от 26.05.2021 N 786 (ред. от 02.08.2025) &quot;О системе управления государственными программами Российской Федерации&quot; (вместе с &quot;Положением о системе управления государственными программами Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId421" w:tooltip="Постановление Правительства РФ от 26.05.2021 N 786 (ред. от 02.08.2025) &quot;О системе управления государственными программами Российской Федерации&quot; (вместе с &quot;Положением о системе управления государственными программами Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем третьим пункта 28</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения о системе управления государственными программами, и (или) соглашением, предусмотренным </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId414" w:tooltip="Постановление Правительства РФ от 31.10.2018 N 1288 (ред. от 02.08.2025) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId422" w:tooltip="Постановление Правительства РФ от 31.10.2018 N 1288 (ред. от 06.11.2025) &quot;Об организации проектной деятельности в Правительстве Российской Федерации&quot; (вместе с &quot;Положением об организации проектной деятельности в Правительстве Российской Федерации&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 74</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения об организации проектной деятельности, и в срок до первой даты представления отчетности о достижении значений результатов использования субсидии в соответствии с соглашением в году, следующем за годом предоставления субсидии, указанные нарушения не устранены, объем средств, подлежащий возврату из бюджета субъекта Российской Федерации в федеральный бюджет в срок до 1 июня года, следующего за годом предоставления субсидии (V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">возврата</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">), рассчитывается по формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId415" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId423" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId416" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId424" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 21.05.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId417" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId425" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 934</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId418" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId426" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -13298,51 +13535,51 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">субсидии</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> x k x m / n) x 0,1,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId419" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId427" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 24.12.2016 N 1472)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -13377,163 +13614,163 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">субсидии</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - размер субсидии, предоставленной бюджету субъекта Российской Федерации в отчетном финансовом году;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId420" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 442 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId428" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 442 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 17.05.2016 N 442)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">m - количество результатов использования субсидии, по которым индекс, отражающий уровень недостижения i-го результата использования субсидии, имеет положительное значение;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId421" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId429" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId422" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId430" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">n - общее количество результатов использования субсидии;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId423" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId431" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId424" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId432" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -13557,66 +13794,66 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">субсидии</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">), не учитывается размер остатка субсидии, не использованного по состоянию на 1 января текущего финансового года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 16(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId425" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 442 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId433" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 442 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 17.05.2016 N 442; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId426" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId434" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -13702,234 +13939,234 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - индекс, отражающий уровень недостижения i-го результата использования субсидии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId427" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId435" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId428" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId436" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">При расчете коэффициента возврата субсидии используются только положительные значения индекса, отражающего уровень недостижения i-го результата использования субсидии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId429" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId437" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId430" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId438" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">18. Индекс, отражающий уровень недостижения i-го результата использования субсидии, определяется:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId431" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId439" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId432" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId440" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) для результатов использования субсидии, по которым большее значение фактически достигнутого значения отражает большую эффективность использования субсидии, - по формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId433" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId441" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId434" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId442" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -14027,66 +14264,66 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - фактически достигнутое значение i-го результата использования субсидии на отчетную дату;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId435" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId443" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId436" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId444" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -14096,122 +14333,122 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - плановое значение i-го результата использования субсидии, установленное соглашением;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId437" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId445" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId438" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId446" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) для результатов использования субсидии, по которым большее значение фактически достигнутого значения отражает меньшую эффективность использования субсидии, - по формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId439" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId447" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId440" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId448" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -14258,1543 +14495,1543 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="437" w:name="P437"/>
-    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:id="446" w:name="P446"/>
+    <w:bookmarkEnd w:id="446"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P211" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
+      <w:hyperlink w:history="0" w:anchor="P212" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "в" пункта 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложений в объекты государственной собственности субъектов Российской Федерации (муниципальной собственности), по которым допущено нарушение сроков достижения контрольных точек строительства, без учета размера остатка субсидии по указанным объектам государственной собственности субъектов Российской Федерации (муниципальной собственности), не использованного по состоянию на 1 января текущего финансового года, подлежит возврату из бюджета субъекта Российской Федерации в доход федерального бюджета в срок до 1 июня года, следующего за годом предоставления субсидии, если высшим исполнительным органом субъекта Российской Федерации, допустившего нарушение соответствующих обязательств, не позднее 15 апреля года, следующего за годом предоставления субсидии, не представлены документы, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P458" w:tooltip="Указанное заключение формируется на основании документов, подтверждающих наступление обстоятельств непреодолимой силы, вследствие которых соответствующие обязательства не исполнены, представляемых федеральными органами исполнительной власти - главными распорядителями средств федерального бюджета не позднее 15 апреля года, следующего за годом предоставления субсидии, в Министерство финансов Российской Федерации и Министерство экономического развития Российской Федерации на основании обращений высших испол...">
+      <w:hyperlink w:history="0" w:anchor="P467" w:tooltip="Указанное заключение формируется на основании документов, подтверждающих наступление обстоятельств непреодолимой силы, вследствие которых соответствующие обязательства не исполнены, представляемых федеральными органами исполнительной власти - главными распорядителями средств федерального бюджета не позднее 15 апреля года, следующего за годом предоставления субсидии, в Министерство финансов Российской Федерации и Министерство экономического развития Российской Федерации на основании обращений высших испол...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем третьим пункта 20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 29.02.2016 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId441" w:tooltip="Постановление Правительства РФ от 29.02.2016 N 149 (ред. от 17.05.2016) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и об особенностях возврата средств из бюджетов субъектов Российской Федерации в федеральный бюджет в 2016 году&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId449" w:tooltip="Постановление Правительства РФ от 29.02.2016 N 149 (ред. от 17.05.2016) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и об особенностях возврата средств из бюджетов субъектов Российской Федерации в федеральный бюджет в 2016 году&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 149</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 17.05.2016 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId442" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 442 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId450" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 442 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 442</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 24.12.2016 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId443" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId451" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1472</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.12.2017 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId444" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId452" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1519</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId445" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId453" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId446" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId454" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.10.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId447" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId455" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1916</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 01.12.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId448" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId456" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 2058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Расчет объема средств, подлежащих возврату в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
+      <w:hyperlink w:history="0" w:anchor="P446" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, осуществляется отдельно для каждого объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущено нарушение обязательств.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId449" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId457" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае одновременного нарушения субъектом Российской Федерации обязательств, предусмотренных соглашением в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P205" w:tooltip="б(1)) обязательства субъекта Российской Федерации по достижению результатов использования субсидий;">
+      <w:hyperlink w:history="0" w:anchor="P206" w:tooltip="б(1)) обязательства субъекта Российской Федерации по достижению результатов использования субсидий;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктами "б(1)"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P211" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
+      <w:hyperlink w:history="0" w:anchor="P212" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"в" пункта 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, возврату подлежит объем средств, соответствующий размеру субсидии на софинансирование капитальных вложений в объекты государственной собственности субъектов Российской Федерации (муниципальной собственности), определенный в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
+      <w:hyperlink w:history="0" w:anchor="P446" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId450" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 442 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId458" w:tooltip="Постановление Правительства РФ от 17.05.2016 N 442 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 17.05.2016 N 442; в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId451" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId459" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295)</w:t>
-      </w:r>
-[...317 lines deleted...]
-        <w:t xml:space="preserve">аномальные погодные условия, подтвержденные справкой территориального органа федерального органа исполнительной власти, осуществляющего функции по оказанию государственных услуг в области гидрометеорологии и смежных с ней областях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="452" w:name="P452"/>
     <w:bookmarkEnd w:id="452"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">наличие вступившего в законную силу в году предоставления субсидии решения арбитражного суда о признании несостоятельной (банкротом) организации, деятельность которой оказывала влияние на исполнение обязательств, предусмотренных соглашением в соответствии с </w:t>
-[...1 lines deleted...]
-      <w:hyperlink w:history="0" w:anchor="P205" w:tooltip="б(1)) обязательства субъекта Российской Федерации по достижению результатов использования субсидий;">
+        <w:t xml:space="preserve">19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P206" w:tooltip="б(1)) обязательства субъекта Российской Федерации по достижению результатов использования субсидий;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктами "б(1)"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P211" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
+      <w:hyperlink w:history="0" w:anchor="P212" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"в" пункта 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> настоящих Правил;</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295)</w:t>
+        <w:t xml:space="preserve"> настоящих Правил, с учетом применения результатов использования консолидированной субсидии, предусмотренных для такого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества) в соответствующих правилах предоставления субсидии. Общий объем средств, подлежащих возврату, определяется как сумма объемов средств, подлежащих возврату, для каждого из мероприятий (результатов) и (или) объектов капитального строительства (объектов недвижимого имущества) в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P404" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 16</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P446" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">19</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, в отношении которых были допущены нарушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(п. 19(1) введен </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId460" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановлением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 01.12.2018 N 1455; в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId461" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1295</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 21.05.2022 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId462" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 934</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="454" w:name="P454"/>
     <w:bookmarkEnd w:id="454"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">20. Основанием для освобождения субъектов Российской Федерации от применения мер ответственности, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P404" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">пунктами 16</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P446" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">19</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P452" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">19(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, является документально подтвержденное наступление следующих обстоятельств непреодолимой силы в году предоставления субсидии, непосредственно повлиявших на исполнение соответствующих обязательств:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId463" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="456" w:name="P456"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">установление федерального, регионального или местного уровня реагирования на чрезвычайную ситуацию, подтвержденное решением Правительственной комиссии по предупреждению и ликвидации чрезвычайных ситуаций и обеспечению пожарной безопасности, решением высшего должностного лица субъекта Российской Федерации, решением главы местной администрации муниципального образования соответственно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId464" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">установление карантина и (или) иных ограничений, направленных на предотвращение распространения и ликвидацию очагов заразных и иных болезней животных, подтвержденное решением федерального органа исполнительной власти, осуществляющего функции по выработке государственной политики и нормативно-правовому регулированию в сфере агропромышленного комплекса, включая ветеринарию, или правовым актом органа государственной власти субъекта Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId465" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аномальные погодные условия, подтвержденные справкой территориального органа федерального органа исполнительной власти, осуществляющего функции по оказанию государственных услуг в области гидрометеорологии и смежных с ней областях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="461" w:name="P461"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наличие вступившего в законную силу в году предоставления субсидии решения арбитражного суда о признании несостоятельной (банкротом) организации, деятельность которой оказывала влияние на исполнение обязательств, предусмотренных соглашением в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P206" w:tooltip="б(1)) обязательства субъекта Российской Федерации по достижению результатов использования субсидий;">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">подпунктами "б(1)"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P212" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">"в" пункта 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId466" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 07.10.2019 N 1295)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="463" w:name="P463"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">введение правового режима контртеррористической операции и (или) военного положения на территории субъекта Российской Федерации, повлекшее реализацию мер, направленных на отражение или предотвращение ведения боевых действий против Российской Федерации, подтвержденных органами военного управления или следственными органами, и устранение угроз жизни и здоровью людей, подтвержденных правовым актом органа государственной власти субъекта Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId459" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId467" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство финансов Российской Федерации и Министерство экономического развития Российской Федерации при наличии одного из оснований, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P447" w:tooltip="установление федерального, регионального или местного уровня реагирования на чрезвычайную ситуацию, подтвержденное решением Правительственной комиссии по предупреждению и ликвидации чрезвычайных ситуаций и обеспечению пожарной безопасности, решением высшего должностного лица субъекта Российской Федерации, решением главы местной администрации муниципального образования соответственно;">
+      <w:hyperlink w:history="0" w:anchor="P456" w:tooltip="установление федерального, регионального или местного уровня реагирования на чрезвычайную ситуацию, подтвержденное решением Правительственной комиссии по предупреждению и ликвидации чрезвычайных ситуаций и обеспечению пожарной безопасности, решением высшего должностного лица субъекта Российской Федерации, решением главы местной администрации муниципального образования соответственно;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацами вторым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P454" w:tooltip="введение правового режима контртеррористической операции и (или) военного положения на территории субъекта Российской Федерации, повлекшее реализацию мер, направленных на отражение или предотвращение ведения боевых действий против Российской Федерации, подтвержденных органами военного управления или следственными органами, и устранение угроз жизни и здоровью людей, подтвержденных правовым актом органа государственной власти субъекта Российской Федерации.">
+      <w:hyperlink w:history="0" w:anchor="P463" w:tooltip="введение правового режима контртеррористической операции и (или) военного положения на территории субъекта Российской Федерации, повлекшее реализацию мер, направленных на отражение или предотвращение ведения боевых действий против Российской Федерации, подтвержденных органами военного управления или следственными органами, и устранение угроз жизни и здоровью людей, подтвержденных правовым актом органа государственной власти субъекта Российской Федерации.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">шестым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, подготавливают согласованное заключение о причинах неисполнения соответствующих обязательств, а также о целесообразности продления срока устранения нарушения обязательств и достаточности мер, предпринимаемых для устранения такого нарушения. При подготовке заключения не учитываются предложения федеральных органов исполнительной власти - главных распорядителей средств федерального бюджета об освобождении субъектов Российской Федерации от применения мер ответственности, поступившие позже срока, установленного настоящим пунктом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId460" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId468" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.02.2025 N 120)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="458" w:name="P458"/>
-    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:id="467" w:name="P467"/>
+    <w:bookmarkEnd w:id="467"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Указанное заключение формируется на основании документов, подтверждающих наступление обстоятельств непреодолимой силы, вследствие которых соответствующие обязательства не исполнены, представляемых федеральными органами исполнительной власти - главными распорядителями средств федерального бюджета не позднее 15 апреля года, следующего за годом предоставления субсидии, в Министерство финансов Российской Федерации и Министерство экономического развития Российской Федерации на основании обращений высших исполнительных органов субъектов Российской Федерации, допустивших нарушение соответствующих обязательств, не позднее 5 апреля года, следующего за годом предоставления субсидии. Одновременно с указанными документами представляется информация о предпринимаемых мерах по устранению нарушения и персональной ответственности должностных лиц, ответственных за такое нарушение.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId461" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId469" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.10.2022 N 1916)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае отсутствия оснований для освобождения субъектов Российской Федерации от применения мер ответственности, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P395" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
+      <w:hyperlink w:history="0" w:anchor="P404" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 16</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
+      <w:hyperlink w:history="0" w:anchor="P446" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P443" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
+      <w:hyperlink w:history="0" w:anchor="P452" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, главные распорядители средств федерального бюджета не позднее 30-го рабочего дня после первой даты представления отчетности о достижении значений результатов использования субсидии в соответствии с соглашением в году, следующем за годом предоставления субсидии, а в случае предоставления субсидии в целях софинансирования капитальных вложений в объекты государственной собственности субъектов Российской Федерации (муниципальной собственности) - не позднее 10 апреля года, следующего за годом предоставления субсидии, направляют в высший исполнительный орган субъекта Российской Федерации требование по возврату из бюджета субъекта Российской Федерации в федеральный бюджет объема средств, рассчитанного в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P395" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
+      <w:hyperlink w:history="0" w:anchor="P404" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 16</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
+      <w:hyperlink w:history="0" w:anchor="P446" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P443" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
+      <w:hyperlink w:history="0" w:anchor="P452" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, с указанием сумм, подлежащих возврату, средств (в рублях с точностью до двух знаков после запятой) и сроков их возврата в соответствии с настоящими Правилами (далее - требование по возврату).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId462" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId470" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.10.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId463" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId471" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1916</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.02.2025 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId464" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId472" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 120</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Главный распорядитель средств федерального бюджета в случае полного или частичного неперечисления сумм, указанных в требовании по возврату, в течение 5 рабочих дней со дня истечения установленных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P395" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
+      <w:hyperlink w:history="0" w:anchor="P404" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 16</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
+      <w:hyperlink w:history="0" w:anchor="P446" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил сроков для возврата в федеральный бюджет средств из бюджета субъекта Российской Федерации представляет информацию о неисполнении требования по возврату в федеральный орган исполнительной власти, осуществляющий функции по контролю и надзору в финансово-бюджетной сфере.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Федеральный орган исполнительной власти, осуществляющий функции по контролю и надзору в финансово-бюджетной сфере, обязан не позднее 10 рабочих дней со дня получения указанной информации от главного распорядителя средств федерального бюджета обеспечить назначение проверки исполнения органами государственной власти субъекта Российской Федерации требования по возврату.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство финансов Российской Федерации не позднее 1 мая года, следующего за годом предоставления субсидии, вносит в Правительство Российской Федерации предложения об освобождении субъектов Российской Федерации от применения мер ответственности, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P395" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
+      <w:hyperlink w:history="0" w:anchor="P404" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 16</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
+      <w:hyperlink w:history="0" w:anchor="P446" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P443" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
+      <w:hyperlink w:history="0" w:anchor="P452" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, с приложением соответствующего проекта распоряжения Правительства Российской Федерации и указанного заключения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае если в отчетном году или до 1 апреля текущего года прекращены полномочия высшего должностного лица субъекта Российской Федерации, заключившего соглашение, содержащиеся в котором обязательства, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P211" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
+      <w:hyperlink w:history="0" w:anchor="P212" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "в" пункта 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, нарушены, и высшим должностным лицом субъекта Российской Федерации или исполняющим обязанности высшего должностного лица субъекта Российской Федерации назначено (избрано) другое лицо, то указанное лицо до 5 апреля текущего года вправе направить в федеральный орган исполнительной власти - главному распорядителю средств федерального бюджета для последующего направления до 15 апреля текущего года в Министерство строительства и жилищно-коммунального хозяйства Российской Федерации и Министерство финансов Российской Федерации обращение о продлении срока устранения нарушений обязательств, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P211" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
+      <w:hyperlink w:history="0" w:anchor="P212" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "в" пункта 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, до 1 сентября текущего года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 14.04.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId465" w:tooltip="Постановление Правительства РФ от 14.04.2022 N 655 (ред. от 30.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия постановления Правительства Российской Федерации от 12 августа 2008 г. N 590 и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId473" w:tooltip="Постановление Правительства РФ от 14.04.2022 N 655 (ред. от 30.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия постановления Правительства Российской Федерации от 12 августа 2008 г. N 590 и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 655</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.10.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId466" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId474" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1916</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство строительства и жилищно-коммунального хозяйства Российской Федерации и Министерство финансов Российской Федерации на основании указанного обращения подготавливают заключение о возможности принятия и достаточности принятых высшим должностным лицом субъекта Российской Федерации или исполняющим обязанности высшего должностного лица субъекта Российской Федерации мер для обеспечения исполнения условий соглашения в отношении соблюдения сроков достижения контрольных точек строительства в пределах установленной стоимости строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) или стоимости приобретения объектов до 1 сентября текущего года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId467" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId475" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 14.04.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId468" w:tooltip="Постановление Правительства РФ от 14.04.2022 N 655 (ред. от 30.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия постановления Правительства Российской Федерации от 12 августа 2008 г. N 590 и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId476" w:tooltip="Постановление Правительства РФ от 14.04.2022 N 655 (ред. от 30.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия постановления Правительства Российской Федерации от 12 августа 2008 г. N 590 и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 655</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.10.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId469" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId477" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1916</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 01.12.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId470" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId478" w:tooltip="Постановление Правительства РФ от 01.12.2023 N 2058 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 2058</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="469" w:name="P469"/>
-    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:id="478" w:name="P478"/>
+    <w:bookmarkEnd w:id="478"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство строительства и жилищно-коммунального хозяйства Российской Федерации и Министерство финансов Российской Федерации не позднее 1 мая текущего года вносят в Правительство Российской Федерации предложения о продлении срока устранения нарушения обязательств, предусмотренных соглашением в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P211" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
+      <w:hyperlink w:history="0" w:anchor="P212" w:tooltip="в) перечень объектов капитального строительства и (или) объектов недвижимого имущества, содержащий информацию о наименованиях и местонахождении с указанием кодов по Общероссийскому классификатору территорий муниципальных образований и адресов (при наличии) согласно данным федеральной информационной адресной системы, а также обязательства субъекта Российской Федерации по обеспечению соблюдения сроков достижения контрольных точек строительства - в отношении субсидий, предоставляемых на софинансирование стр...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом "в" пункта 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, с приложением соответствующего проекта распоряжения Правительства Российской Федерации и указанного заключения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId471" w:tooltip="Постановление Правительства РФ от 14.04.2022 N 655 (ред. от 30.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия постановления Правительства Российской Федерации от 12 августа 2008 г. N 590 и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId479" w:tooltip="Постановление Правительства РФ от 14.04.2022 N 655 (ред. от 30.05.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия постановления Правительства Российской Федерации от 12 августа 2008 г. N 590 и отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 14.04.2022 N 655)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="471" w:name="P471"/>
-    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:id="480" w:name="P480"/>
+    <w:bookmarkEnd w:id="480"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае если в срок, установленный распоряжением Правительства Российской Федерации в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P469" w:tooltip="Министерство строительства и жилищно-коммунального хозяйства Российской Федерации и Министерство финансов Российской Федерации не позднее 1 мая текущего года вносят в Правительство Российской Федерации предложения о продлении срока устранения нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, с приложением соответствующего проекта распоряжения Правительства Российской Федерации и указанного заключения.">
+      <w:hyperlink w:history="0" w:anchor="P478" w:tooltip="Министерство строительства и жилищно-коммунального хозяйства Российской Федерации и Министерство финансов Российской Федерации не позднее 1 мая текущего года вносят в Правительство Российской Федерации предложения о продлении срока устранения нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, с приложением соответствующего проекта распоряжения Правительства Российской Федерации и указанного заключения.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем четырнадцатым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, нарушение предусмотренных соглашением обязательств не устранено, средства субсидии в объеме, предусмотренном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
+      <w:hyperlink w:history="0" w:anchor="P446" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P443" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
+      <w:hyperlink w:history="0" w:anchor="P452" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, подлежат возврату в доход федерального бюджета в течение одного месяца по истечении указанного срока.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае несоблюдения указанного в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P471" w:tooltip="В случае если в срок, установленный распоряжением Правительства Российской Федерации в соответствии с абзацем четырнадцатым настоящего пункта, нарушение предусмотренных соглашением обязательств не устранено, средства субсидии в объеме, предусмотренном пунктами 19 и 19(1) настоящих Правил, подлежат возврату в доход федерального бюджета в течение одного месяца по истечении указанного срока.">
+      <w:hyperlink w:history="0" w:anchor="P480" w:tooltip="В случае если в срок, установленный распоряжением Правительства Российской Федерации в соответствии с абзацем четырнадцатым настоящего пункта, нарушение предусмотренных соглашением обязательств не устранено, средства субсидии в объеме, предусмотренном пунктами 19 и 19(1) настоящих Правил, подлежат возврату в доход федерального бюджета в течение одного месяца по истечении указанного срока.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце пятнадцатом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта срока главный распорядитель средств федерального бюджета направляет в высший исполнительный орган субъекта Российской Федерации требование по возврату.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId472" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId480" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.10.2022 N 1916)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -15805,1586 +16042,1586 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Федеральный орган исполнительной власти, осуществляющий функции по контролю и надзору в финансово-бюджетной сфере, обязан не позднее 10 рабочих дней со дня получения указанной информации от главного распорядителя средств федерального бюджета обеспечить назначение проверки исполнения органами государственной власти субъекта Российской Федерации требования по возврату.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 20 в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId473" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId481" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 01.12.2018 N 1455)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">20(1). Правила предоставления субсидий могут содержать положения, предусматривающие сокращение размера субсидии в текущем и (или) очередном финансовом году, в случае если к субъекту Российской Федерации применяются меры ответственности, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P395" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
+      <w:hyperlink w:history="0" w:anchor="P404" w:tooltip="16. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;б(1)&quot; пункта 10 настоящих Правил, в отношении единой субсидии - соглашением, предусмотренным абзацем третьим пункта 28 Положения о системе управления государственными программами, и (или) соглашением, предусмотренным пунктом 74 Положения об организации проектной деятельности, и в срок до первой даты представления...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 16</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P437" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
+      <w:hyperlink w:history="0" w:anchor="P446" w:tooltip="19. В случае если субъектом Российской Федерации по состоянию на 31 декабря года предоставления субсидии допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктом &quot;в&quot; пункта 10 настоящих Правил, и в срок до 1 апреля года, следующего за годом предоставления субсидии, указанные нарушения не устранены, объем средств, соответствующий 10 процентам объема средств, предусмотренного на год, в котором допущены нарушения указанных обязательств, на софинансирование капитальных вложени...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P443" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
+      <w:hyperlink w:history="0" w:anchor="P452" w:tooltip="19(1). Расчет объема средств, подлежащих возврату из бюджета субъекта Российской Федерации в федеральный бюджет, в случае предоставления консолидированной субсидии осуществляется отдельно для каждого мероприятия (результата) и (или) объекта капитального строительства (объекта недвижимого имущества), в отношении которого допущены нарушения обязательств, предусмотренных соглашением в соответствии с подпунктами &quot;б(1)&quot; и &quot;в&quot; пункта 10 настоящих Правил, с учетом применения результатов использования консолидир...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 20(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId474" w:tooltip="Постановление Правительства РФ от 18.06.2015 N 604 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId482" w:tooltip="Постановление Правительства РФ от 18.06.2015 N 604 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 18.06.2015 N 604; в ред. Постановлений Правительства РФ от 11.12.2017 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId475" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId483" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1519</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId476" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId484" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">21. Министерство финансов Российской Федерации осуществляет мониторинг предоставления субсидий, достижения значений результатов использования субсидий субъектами Российской Федерации, ведет реестр субсидий, включающий в том числе субсидии на софинансирование капитальных вложений в объекты государственной собственности субъектов Российской Федерации (муниципальной собственности).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 28.01.2015 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId477" w:tooltip="Постановление Правительства РФ от 28.01.2015 N 60 (ред. от 18.05.2016) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу постановления Правительства Российской Федерации от 24 декабря 2010 г. N 1108&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId485" w:tooltip="Постановление Правительства РФ от 28.01.2015 N 60 (ред. от 18.05.2016) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и признании утратившим силу постановления Правительства Российской Федерации от 24 декабря 2010 г. N 1108&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 60</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId478" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId486" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId479" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId487" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Реестр субсидий формируется Министерством финансов Российской Федерации в системе "Электронный бюджет" на основании сведений о правовых основаниях предоставления и распределения субсидий, показателей федерального закона о федеральном бюджете на очередной финансовый год и плановый период (проекта федерального закона о федеральном бюджете на очередной финансовый год и плановый период), сводной бюджетной росписи федерального бюджета, соглашений и информации Федерального казначейства о поставленных на учет бюджетных обязательствах и произведенных перечислениях из федерального бюджета.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 11.12.2017 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId480" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId488" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1519</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 02.12.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId481" w:tooltip="Постановление Правительства РФ от 02.12.2020 N 1985 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия пункта 46 Положения о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId489" w:tooltip="Постановление Правительства РФ от 02.12.2020 N 1985 (ред. от 30.05.2024) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации и приостановлении действия пункта 46 Положения о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1985</w:t>
-        </w:r>
-[...388 lines deleted...]
-          <w:t xml:space="preserve">N 120</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="492" w:name="P492"/>
     <w:bookmarkEnd w:id="492"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">Сведения о предоставляемых из федерального бюджета субсидиях, а также сведения об их использовании подлежат включению в реестр договоров (соглашений) о предоставлении субсидий, бюджетных инвестиций, межбюджетных трансфертов, ведение которого осуществляется в </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId490" w:tooltip="Приказ Минфина России от 19.06.2023 N 92н (ред. от 11.03.2025) &quot;Об утверждении Порядка ведения реестра соглашений (договоров) о предоставлении из бюджетов бюджетной системы Российской Федерации субсидий и бюджетных инвестиций юридическим лицам, индивидуальным предпринимателям, физическим лицам - производителям товаров, работ, услуг и межбюджетных трансфертов бюджетам бюджетной системы Российской Федерации&quot; (Зарегистрировано в Минюсте России 18.07.2023 N 74335) {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">порядке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, устанавливаемом Министерством финансов Российской Федерации (далее - реестр соглашений).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId491" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Абзацы четвертый - шестой утратили силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId492" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 11.12.2017 N 1519.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием для отказа во внесении сведений о соглашениях или изменениях, которые вносятся в соглашения, в реестр соглашений является несоответствие указанных соглашений или изменений положениям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P202" w:tooltip="а(1)) уровень софинансирования, выраженный в процентах от объема бюджетных ассигнований на исполнение расходного обязательства субъекта Российской Федерации, предусмотренных в бюджете субъекта Российской Федерации, в целях софинансирования которого предоставляется субсидия, установленный с учетом предельного уровня софинансирования, определенного в порядке, предусмотренном пунктом 13 или 13(1.1) настоящих Правил;">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">подпунктами "а(1)"</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P208" w:tooltip="б(2)) в случае установления правилами предоставления субсидий требований к составу расходных обязательств субъекта Российской Федерации (при отсутствии акта главного распорядителя средств федерального бюджета), предусмотренных абзацем вторым пункта 5 настоящих Правил, - указание на такие расходные обязательства субъекта Российской Федерации;">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">"б(2)" пункта 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P317" w:tooltip="В случае уменьшения сметной стоимости строительства (реконструкции, в том числе с элементами реставрации, технического перевооружения) объектов капитального строительства субсидия предоставляется в размере, определенном исходя из уровня софинансирования, предусмотренного соглашением.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">абзацами девятым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P321" w:tooltip="Внесение в соглашение изменений, предусматривающих ухудшение значений результатов использования субсидии, а также увеличение сроков реализации предусмотренных соглашением мероприятий (результатов), не допускается, за исключением случаев изменения значений показателей государственных программ Российской Федерации и (или) федеральных целевых программ или мероприятий (результатов) структурных элементов государственных программ Российской Федерации, а также случая сокращения размера субсидии.">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">одиннадцатым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P326" w:tooltip="В случае увеличения в текущем финансовом году субсидий в размере, не превышающем остатка субсидий, не использованных на начало текущего финансового года на оплату государственных (муниципальных) контрактов, заключенных от имени субъекта Российской Федерации (муниципального образования), на поставку товаров, выполнение работ, оказание услуг, подлежавших в соответствии с условиями этих государственных (муниципальных) контрактов оплате в отчетном финансовом году, в соглашение могут быть внесены изменения в ...">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">четырнадцатым пункта 12</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.02.2016 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId493" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 127</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 22.04.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId494" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 559</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 21.05.2022 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId495" w:tooltip="Постановление Правительства РФ от 21.05.2022 N 934 (ред. от 26.12.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 934</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 28.03.2023 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId496" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 489</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Соглашения и дополнительные соглашения к ним действуют со дня внесения сведений о них в реестр соглашений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.02.2016 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId497" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 127</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 24.12.2016 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId498" w:tooltip="Постановление Правительства РФ от 24.12.2016 N 1472 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1472</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 11.12.2017 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId499" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Ф {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1519</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министерство финансов Российской Федерации ежегодно представляет в Правительство Российской Федерации отчет о достижении значений результатов использования субсидий субъектами Российской Федерации, а также размещает указанный отчет на официальном сайте Министерства финансов Российской Федерации в информационно-телекоммуникационной сети "Интернет".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 01.12.2018 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId500" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 1455</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 22.04.2020 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId501" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 559</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, от 07.02.2025 </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId502" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">N 120</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="501" w:name="P501"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Сведения, необходимые для осуществления мониторинга предоставления субсидий, достижения значений результатов использования субсидий субъектами Российской Федерации и формирования ежегодного отчета о достижении значений результатов использования субсидий субъектами Российской Федерации, представляются федеральными органами исполнительной власти в Министерство финансов Российской Федерации в системе "Электронный бюджет" ежегодно, до 5 июня года, следующего за годом предоставления субсидий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(абзац введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId495" w:tooltip="Постановление Правительства РФ от 18.06.2015 N 604 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId503" w:tooltip="Постановление Правительства РФ от 18.06.2015 N 604 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 18.06.2015 N 604; в ред. Постановлений Правительства РФ от 22.02.2016 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId496" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId504" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 127</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 11.12.2017 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId497" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 24 декабр ------------ Недействующая редакция {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId505" w:tooltip="Постановление Правительства РФ от 11.12.2017 N 1519 &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу подпункта &quot;б&quot; пункта 2 и подпункта &quot;а&quot; пункта 10 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 24 декабр ------------ Недействующая редакция {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1519</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId498" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId506" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 22.04.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId499" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId507" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 559</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">21(1). В случае непредставления в Министерство финансов Российской Федерации сведений, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P492" w:tooltip="Сведения, необходимые для осуществления мониторинга предоставления субсидий, достижения значений результатов использования субсидий субъектами Российской Федерации и формирования ежегодного отчета о достижении значений результатов использования субсидий субъектами Российской Федерации, представляются федеральными органами исполнительной власти в Министерство финансов Российской Федерации в системе &quot;Электронный бюджет&quot; ежегодно, до 5 июня года, следующего за годом предоставления субсидий.">
+      <w:hyperlink w:history="0" w:anchor="P501" w:tooltip="Сведения, необходимые для осуществления мониторинга предоставления субсидий, достижения значений результатов использования субсидий субъектами Российской Федерации и формирования ежегодного отчета о достижении значений результатов использования субсидий субъектами Российской Федерации, представляются федеральными органами исполнительной власти в Министерство финансов Российской Федерации в системе &quot;Электронный бюджет&quot; ежегодно, до 5 июня года, следующего за годом предоставления субсидий.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем десятым пункта 21</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, Министерство финансов Российской Федерации направляет в Правительство Российской Федерации предложение об инициировании проведения в установленном порядке служебной проверки с целью привлечения виновных должностных лиц федеральных органов исполнительной власти, ответственных за представление указанной информации, к дисциплинарной ответственности в соответствии с законодательством Российской Федерации о государственной службе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId500" w:tooltip="Постановление Правительства РФ от 07.04.2017 N 417 &quot;Об изменении и признании утратившими силу положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId508" w:tooltip="Постановление Правительства РФ от 07.04.2017 N 417 &quot;Об изменении и признании утратившими силу положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 07.04.2017 N 417)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае если при осуществлении мониторинга предоставления субсидий, достижения значений результатов использования субсидий субъектами Российской Федерации или при формировании ежегодного отчета о достижении значений результатов использования субсидий субъектами Российской Федерации Министерством финансов Российской Федерации установлено недостижение значений результатов использования субсидий, такая информация учитывается при составлении проекта федерального бюджета на очередной финансовый год и плановый период.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 01.12.2018 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId501" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId509" w:tooltip="Постановление Правительства РФ от 01.12.2018 N 1455 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1455</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.10.2019 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId502" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId510" w:tooltip="Постановление Правительства РФ от 07.10.2019 N 1295 (ред. от 07.02.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 30 сентября 2014 г. N 999 и признании утратившими силу абзацев второго, четвертого и пятого пункта 13 изменений, которые вносятся в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 декабря 2017 г. N 1519&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1295</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 22.04.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId503" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId511" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 559</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 21(1) введен </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId504" w:tooltip="Постановление Правительства РФ от 18.06.2015 N 604 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId512" w:tooltip="Постановление Правительства РФ от 18.06.2015 N 604 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановлением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 18.06.2015 N 604)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">22. В случае нарушения целей, установленных при предоставлении субсидии, применяются бюджетные меры принуждения, предусмотренные бюджетным законодательством Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 22 в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId505" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId513" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 28.03.2023 N 489)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">22(1) - 22(2). Утратили силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId506" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId514" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 22.04.2020 N 559.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="502" w:name="P502"/>
-    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:id="511" w:name="P511"/>
+    <w:bookmarkEnd w:id="511"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Российской Федерации, утвержденному федеральным законом о федеральном бюджете на соответствующий финансовый год и плановый период (федеральным законом о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период), подлежат в соответствии с решениями Правительства Российской Федерации перераспределению в целях увеличения бюджетных ассигнований резервного фонда Правительства Российской Федерации для оказания финансовой помощи бюджетам субъектов Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 12.10.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId507" w:tooltip="Постановление Правительства РФ от 12.10.2020 N 1667 (ред. от 30.05.2024) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId515" w:tooltip="Постановление Правительства РФ от 12.10.2020 N 1667 (ред. от 30.05.2024) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1667</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 07.02.2025 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId508" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId516" w:tooltip="Постановление Правительства РФ от 07.02.2025 N 120 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 120</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="504" w:name="P504"/>
-    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:id="513" w:name="P513"/>
+    <w:bookmarkEnd w:id="513"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство финансов Российской Федерации, Министерство экономического развития Российской Федерации и Министерство строительства и жилищно-коммунального хозяйства Российской Федерации (в части субсидий на софинансирование расходных обязательств субъектов Российской Федерации, возникающих при осуществлении капитальных вложений в объекты капитального строительства, приобретении объектов недвижимого имущества) при наличии основания, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P502" w:tooltip="23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Россий...">
+      <w:hyperlink w:history="0" w:anchor="P511" w:tooltip="23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Россий...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, направляют в Правительство Российской Федерации согласованное заключение о финансовых и (или) об иных последствиях перераспределения бюджетных ассигнований, предусмотренных на предоставление соответствующей субсидии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.04.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId509" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId517" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 559</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId510" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId518" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Заключение, указанное в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P504" w:tooltip="Министерство финансов Российской Федерации, Министерство экономического развития Российской Федерации и Министерство строительства и жилищно-коммунального хозяйства Российской Федерации (в части субсидий на софинансирование расходных обязательств субъектов Российской Федерации, возникающих при осуществлении капитальных вложений в объекты капитального строительства, приобретении объектов недвижимого имущества) при наличии основания, предусмотренного абзацем первым настоящего пункта, направляют в Правитель...">
+      <w:hyperlink w:history="0" w:anchor="P513" w:tooltip="Министерство финансов Российской Федерации, Министерство экономического развития Российской Федерации и Министерство строительства и жилищно-коммунального хозяйства Российской Федерации (в части субсидий на софинансирование расходных обязательств субъектов Российской Федерации, возникающих при осуществлении капитальных вложений в объекты капитального строительства, приобретении объектов недвижимого имущества) при наличии основания, предусмотренного абзацем первым настоящего пункта, направляют в Правитель...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце втором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, формируется на основании сведений, представляемых в Министерство финансов Российской Федерации, Министерство экономического развития Российской Федерации и Министерство строительства и жилищно-коммунального хозяйства Российской Федерации (в части субсидий на софинансирование расходных обязательств субъектов Российской Федерации, возникающих при осуществлении капитальных вложений в объекты капитального строительства, приобретении объектов недвижимого имущества) главным распорядителем средств федерального бюджета, которым допущено нарушение, указанное в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P502" w:tooltip="23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Россий...">
+      <w:hyperlink w:history="0" w:anchor="P511" w:tooltip="23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Россий...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, не позднее 7 рабочих дней после истечения установленного </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P502" w:tooltip="23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Россий...">
+      <w:hyperlink w:history="0" w:anchor="P511" w:tooltip="23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Россий...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта срока. Указанные сведения должны содержать информацию о причинах несвоевременного заключения соглашений и персональной ответственности должностных лиц, ответственных за такое нарушение.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.04.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId511" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId519" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 559</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.03.2023 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId512" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId520" w:tooltip="Постановление Правительства РФ от 28.03.2023 N 489 (ред. от 11.09.2024) &quot;Об особенностях определения предельного уровня софинансирования расходного обязательства субъекта Российской Федерации из федерального бюджета и о внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 489</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Министерство финансов Российской Федерации по основанию, предусмотренному </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P502" w:tooltip="23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Россий...">
+      <w:hyperlink w:history="0" w:anchor="P511" w:tooltip="23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Россий...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, не позднее 15 февраля текущего финансового года (на 60-й день со дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период, за исключением случая, если указанный федеральный закон принят в IV квартале текущего финансового года) на основании заключения, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P504" w:tooltip="Министерство финансов Российской Федерации, Министерство экономического развития Российской Федерации и Министерство строительства и жилищно-коммунального хозяйства Российской Федерации (в части субсидий на софинансирование расходных обязательств субъектов Российской Федерации, возникающих при осуществлении капитальных вложений в объекты капитального строительства, приобретении объектов недвижимого имущества) при наличии основания, предусмотренного абзацем первым настоящего пункта, направляют в Правитель...">
+      <w:hyperlink w:history="0" w:anchor="P513" w:tooltip="Министерство финансов Российской Федерации, Министерство экономического развития Российской Федерации и Министерство строительства и жилищно-коммунального хозяйства Российской Федерации (в части субсидий на софинансирование расходных обязательств субъектов Российской Федерации, возникающих при осуществлении капитальных вложений в объекты капитального строительства, приобретении объектов недвижимого имущества) при наличии основания, предусмотренного абзацем первым настоящего пункта, направляют в Правитель...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце втором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, вносит в Правительство Российской Федерации предложения:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId513" w:tooltip="Постановление Правительства РФ от 12.10.2020 N 1667 (ред. от 30.05.2024) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId521" w:tooltip="Постановление Правительства РФ от 12.10.2020 N 1667 (ред. от 30.05.2024) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 12.10.2020 N 1667)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="510" w:name="P510"/>
-    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:id="519" w:name="P519"/>
+    <w:bookmarkEnd w:id="519"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">о перераспределении бюджетных ассигнований, предусмотренных на предоставление соответствующей субсидии, на увеличение бюджетных ассигнований резервного фонда Правительства Российской Федерации для оказания финансовой помощи бюджетам субъектов Российской Федерации с приложением проекта соответствующего акта о перераспределении бюджетных ассигнований;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">абзац утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId514" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId522" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 22.04.2020 N 559.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Предложения, указанные в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P510" w:tooltip="о перераспределении бюджетных ассигнований, предусмотренных на предоставление соответствующей субсидии, на увеличение бюджетных ассигнований резервного фонда Правительства Российской Федерации для оказания финансовой помощи бюджетам субъектов Российской Федерации с приложением проекта соответствующего акта о перераспределении бюджетных ассигнований;">
+      <w:hyperlink w:history="0" w:anchor="P519" w:tooltip="о перераспределении бюджетных ассигнований, предусмотренных на предоставление соответствующей субсидии, на увеличение бюджетных ассигнований резервного фонда Правительства Российской Федерации для оказания финансовой помощи бюджетам субъектов Российской Федерации с приложением проекта соответствующего акта о перераспределении бюджетных ассигнований;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце пятом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, должны содержать (за исключением случаев полного или частичного отказа субъекта Российской Федерации от заключения соглашения) основания и сроки проведения в установленном порядке служебной проверки в целях привлечения к дисциплинарной ответственности виновных должностных лиц федеральных органов исполнительной власти и (или) исполнительных органов субъектов Российской Федерации, допустивших неисполнение (ненадлежащее исполнение) должностных обязанностей.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.04.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId515" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId523" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 559</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 28.10.2022 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId516" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId524" w:tooltip="Постановление Правительства РФ от 28.10.2022 N 1916 (ред. от 07.04.2025) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1916</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Абзац утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId517" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId525" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 22.04.2020 N 559.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае если в срок, установленный </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P502" w:tooltip="23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Россий...">
+      <w:hyperlink w:history="0" w:anchor="P511" w:tooltip="23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Россий...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, не заключены соглашения, Федеральное казначейство обеспечивает в течение 3 рабочих дней после наступления срока, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P502" w:tooltip="23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Россий...">
+      <w:hyperlink w:history="0" w:anchor="P511" w:tooltip="23. В случае отсутствия на 1 января текущего финансового года (на 31-й день после дня вступления в силу федерального закона о внесении изменений в федеральный закон о федеральном бюджете на очередной финансовый год и плановый период) заключенного соглашения бюджетные ассигнования федерального бюджета на предоставление субсидий, предусмотренные соответствующему главному распорядителю средств федерального бюджета на текущий финансовый год, в размере, равном размеру субсидии соответствующему субъекту Россий...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, отзыв на лицевой счет главного распорядителя средств федерального бюджета и блокировку распределения свободных остатков соответствующих лимитов бюджетных обязательств в порядке, установленном Министерством финансов Российской Федерации, до принятия Правительством Российской Федерации решения о перераспределении соответствующих субсидий.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(п. 23 в ред. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId518" w:tooltip="Постановление Правительства РФ от 31.01.2018 N 90 &quot;О внесении изменения в пункт 23 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId526" w:tooltip="Постановление Правительства РФ от 31.01.2018 N 90 &quot;О внесении изменения в пункт 23 Правил формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановления</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 31.01.2018 N 90)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">24. Контроль за соблюдением субъектами Российской Федерации условий предоставления субсидий осуществляется главными распорядителями средств федерального бюджета и уполномоченными органами государственного финансового контроля.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(в ред. Постановлений Правительства РФ от 22.02.2016 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId519" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId527" w:tooltip="Постановление Правительства РФ от 22.02.2016 N 127 (ред. от 01.12.2023) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 127</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, от 22.04.2020 </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId520" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId528" w:tooltip="Постановление Правительства РФ от 22.04.2020 N 559 (ред. от 07.02.2025) &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации, приостановлении действия пунктов 16 - 20(1) указанных Правил и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 559</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -17477,391 +17714,391 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">от 30 сентября 2014 г. N 999</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="529" w:name="P529"/>
-    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:id="538" w:name="P538"/>
+    <w:bookmarkEnd w:id="538"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ПЕРЕЧЕНЬ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">УТРАТИВШИХ СИЛУ РЕШЕНИЙ ПРАВИТЕЛЬСТВА РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId521" w:tooltip="Постановление Правительства РФ от 26.05.2008 N 392 (ред. от 16.10.2012) &quot;О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId529" w:tooltip="Постановление Правительства РФ от 26.05.2008 N 392 (ред. от 16.10.2012) &quot;О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 26 мая 2008 г. N 392 "О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации" (Собрание законодательства Российской Федерации, 2008, N 22, ст. 2573).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId522" w:tooltip="Постановление Правительства РФ от 27.01.2009 N 45 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 26 мая 2008 г. N 392&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId530" w:tooltip="Постановление Правительства РФ от 27.01.2009 N 45 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 26 мая 2008 г. N 392&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 27 января 2009 г. N 45 "О внесении изменений в постановление Правительства Российской Федерации от 26 мая 2008 г. N 392" (Собрание законодательства Российской Федерации, 2009, N 5, ст. 617).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId523" w:tooltip="Постановление Правительства РФ от 15.07.2009 N 558 (ред. от 26.10.2011) &quot;О предоставлении субсидий бюджетам субъектов Российской Федерации на ликвидацию межтерриториального перекрестного субсидирования в электроэнергетике&quot; (вместе с &quot;Правилами предоставления в 2009 году субсидий бюджетам субъектов Российской Федерации на ликвидацию межтерриториального перекрестного субсидирования в электроэнергетике&quot;, &quot;Методикой расчета субсидий, предоставляемых из федерального бюджета бюджетам субъектов Российской Федераци ------------ Недействующая редакция {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId531" w:tooltip="Постановление Правительства РФ от 15.07.2009 N 558 (ред. от 26.10.2011) &quot;О предоставлении субсидий бюджетам субъектов Российской Федерации на ликвидацию межтерриториального перекрестного субсидирования в электроэнергетике&quot; (вместе с &quot;Правилами предоставления в 2009 году субсидий бюджетам субъектов Российской Федерации на ликвидацию межтерриториального перекрестного субсидирования в электроэнергетике&quot;, &quot;Методикой расчета субсидий, предоставляемых из федерального бюджета бюджетам субъектов Российской Федераци ------------ Недействующая редакция {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Пункт 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Российской Федерации от 15 июля 2009 г. N 558 "О предоставлении субсидий бюджетам субъектов Российской Федерации на ликвидацию межтерриториального перекрестного субсидирования в электроэнергетике" (Собрание законодательства Российской Федерации, 2009, N 30, ст. 3802).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId524" w:tooltip="Постановление Правительства РФ от 20.08.2009 N 693 &quot;О внесении изменения в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId532" w:tooltip="Постановление Правительства РФ от 20.08.2009 N 693 &quot;О внесении изменения в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 20 августа 2009 г. N 693 "О внесении изменения в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации" (Собрание законодательства Российской Федерации, 2009, N 35, ст. 4244).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId525" w:tooltip="Постановление Правительства РФ от 03.10.2009 N 798 (ред. от 16.07.2014) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам, связанным с предоставлением из федерального бюджета бюджетам субъектов Российской Федерации субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение&quot; ------------ Недействующая редакция {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId533" w:tooltip="Постановление Правительства РФ от 03.10.2009 N 798 (ред. от 16.07.2014) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам, связанным с предоставлением из федерального бюджета бюджетам субъектов Российской Федерации субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение&quot; ------------ Недействующая редакция {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Пункт 39</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в акты Правительства Российской Федерации по вопросам, связанным с предоставлением из федерального бюджета бюджетам субъектов Российской Федерации субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение, утвержденных постановлением Правительства Российской Федерации от 3 октября 2009 г. N 798 "О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам, связанным с предоставлением из федерального бюджета бюджетам субъектов Российской Федерации субсидий, субвенций и иных межбюджетных трансфертов, имеющих целевое назначение" (Собрание законодательства Российской Федерации, 2009, N 41, ст. 4784).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId526" w:tooltip="Постановление Правительства РФ от 23.03.2010 N 175 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 26 мая 2008 г. N 392&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId534" w:tooltip="Постановление Правительства РФ от 23.03.2010 N 175 &quot;О внесении изменений в Постановление Правительства Российской Федерации от 26 мая 2008 г. N 392&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 23 марта 2010 г. N 175 "О внесении изменений в постановление Правительства Российской Федерации от 26 мая 2008 г. N 392" (Собрание законодательства Российской Федерации, 2010, N 13, ст. 1509).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">7. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId527" w:tooltip="Постановление Правительства РФ от 29.09.2010 N 776 (ред. от 26.10.2011) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий бюджетам субъектов Российской Федерации на ликвидацию межтерриториального перекрестного субсидирования в электроэнергетике&quot; ------------ Недействующая редакция {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId535" w:tooltip="Постановление Правительства РФ от 29.09.2010 N 776 (ред. от 26.10.2011) &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий бюджетам субъектов Российской Федерации на ликвидацию межтерриториального перекрестного субсидирования в электроэнергетике&quot; ------------ Недействующая редакция {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Пункт 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в акты Правительства Российской Федерации по вопросам предоставления субсидий бюджетам субъектов Российской Федерации на ликвидацию межтерриториального перекрестного субсидирования в электроэнергетике, утвержденных постановлением Правительства Российской Федерации от 29 сентября 2010 г. N 776 "О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий бюджетам субъектов Российской Федерации на ликвидацию межтерриториального перекрестного субсидирования в электроэнергетике" (Собрание законодательства Российской Федерации, 2010, N 41, ст. 5236).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId528" w:tooltip="Постановление Правительства РФ от 24.12.2010 N 1108 &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId536" w:tooltip="Постановление Правительства РФ от 24.12.2010 N 1108 &quot;О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Пункт 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Российской Федерации от 24 декабря 2010 г. N 1108 "О внесении изменений в Правила формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации" (Собрание законодательства Российской Федерации, 2011, N 2, ст. 305).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">9. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId529" w:tooltip="Постановление Правительства РФ от 12.09.2011 N 771 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; ------------ Недействующая редакция {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId537" w:tooltip="Постановление Правительства РФ от 12.09.2011 N 771 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; ------------ Недействующая редакция {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Пункт 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Российской Федерации от 12 сентября 2011 г. N 771 "О внесении изменений в некоторые акты Правительства Российской Федерации" (Собрание законодательства Российской Федерации, 2011, N 38, ст. 5391).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">10. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId530" w:tooltip="Постановление Правительства РФ от 26.10.2011 N 867 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации на ликвидацию межтерриториального перекрестного субсидирования в электроэнергетике&quot; ------------ Недействующая редакция {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId538" w:tooltip="Постановление Правительства РФ от 26.10.2011 N 867 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации на ликвидацию межтерриториального перекрестного субсидирования в электроэнергетике&quot; ------------ Недействующая редакция {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Пункт 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации на ликвидацию межтерриториального перекрестного субсидирования в электроэнергетике, утвержденных постановлением Правительства Российской Федерации от 26 октября 2011 г. N 867 "О внесении изменений в некоторые акты Правительства Российской Федерации по вопросам предоставления субсидий из федерального бюджета бюджетам субъектов Российской Федерации на ликвидацию межтерриториального перекрестного субсидирования в электроэнергетике" (Собрание законодательства Российской Федерации, 2011, N 44, ст. 6280).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">11. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId531" w:tooltip="Постановление Правительства РФ от 16.10.2012 N 1057 &quot;О внесении изменений в пункт 7 постановления Правительства Российской Федерации от 26 мая 2008 г. N 392&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId539" w:tooltip="Постановление Правительства РФ от 16.10.2012 N 1057 &quot;О внесении изменений в пункт 7 постановления Правительства Российской Федерации от 26 мая 2008 г. N 392&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 16 октября 2012 г. N 1057 "О внесении изменений в пункт 7 постановления Правительства Российской Федерации от 26 мая 2008 г. N 392" (Собрание законодательства Российской Федерации, 2012, N 43, ст. 5889).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -18087,51 +18324,51 @@
       <w:gridCol w:w="1"/>
     </w:tblGrid>
     <w:tr>
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1683"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2700" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Постановление Правительства РФ от 30.09.2014 N 999</w:t>
             <w:br/>
-            <w:t>(ред. от 27.09.2025)</w:t>
+            <w:t>(ред. от 26.12.2025)</w:t>
             <w:br/>
             <w:t>"О формировании, предоставлении и распределении ...</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2300" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="end"/>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve">Документ предоставлен </w:t>
@@ -18140,51 +18377,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>КонсультантПлюс</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Дата сохранения: 05.11.2025</w:t>
+            <w:t>Дата сохранения: 12.01.2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p/>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:themeFontLang w:val="ru-RU"/>
 </w:settings>
 </file>
@@ -18421,52 +18658,52 @@
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="word/settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198378&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498281&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198227&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198175&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477904&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477944&amp;dst=100209" TargetMode = "External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=219974&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=342435&amp;dst=100244" TargetMode = "External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=289606&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=318185&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477900&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506919&amp;dst=100335" TargetMode = "External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485655&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=406102&amp;dst=125211" TargetMode = "External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477929&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463691&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477908&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=377033&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=406105&amp;dst=127900" TargetMode = "External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=385463&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477917&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506921&amp;dst=100207" TargetMode = "External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506904&amp;dst=100239" TargetMode = "External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=422995&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432860&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507880&amp;dst=100110" TargetMode = "External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453646&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=464206&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516245&amp;dst=100007" TargetMode = "External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=467365&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100407" TargetMode = "External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498210&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=515504&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=351827&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=375081&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=433395&amp;dst=100057" TargetMode = "External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=409376&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=413176&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=448879&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453103&amp;dst=100068" TargetMode = "External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511241&amp;dst=2060" TargetMode = "External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198227&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485655&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=517183&amp;dst=102754" TargetMode = "External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511241&amp;dst=7552" TargetMode = "External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=377033&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477917&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432860&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100408" TargetMode = "External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486153&amp;dst=20890" TargetMode = "External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486486&amp;dst=2" TargetMode = "External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=464206&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100409" TargetMode = "External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516245&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516245&amp;dst=100451" TargetMode = "External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100410" TargetMode = "External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=489331&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=467365&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198378&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498281&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198227&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198175&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477904&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477944&amp;dst=100209" TargetMode = "External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=219974&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=342435&amp;dst=100244" TargetMode = "External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=289606&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=318185&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477900&amp;dst=100072" TargetMode = "External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506919&amp;dst=100335" TargetMode = "External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485655&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=406102&amp;dst=125211" TargetMode = "External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477929&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463691&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477908&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=377033&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=406105&amp;dst=127900" TargetMode = "External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=385463&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477917&amp;dst=100007" TargetMode = "External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506921&amp;dst=100207" TargetMode = "External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506904&amp;dst=100239" TargetMode = "External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=422995&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507880&amp;dst=100110" TargetMode = "External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453646&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100411" TargetMode = "External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498210&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=515504&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=351827&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=375081&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=433395&amp;dst=100057" TargetMode = "External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=409376&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=413176&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=448879&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453103&amp;dst=100068" TargetMode = "External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511241&amp;dst=7213" TargetMode = "External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511241&amp;dst=7217" TargetMode = "External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=514113&amp;dst=2" TargetMode = "External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477904&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506904&amp;dst=100240" TargetMode = "External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=515504&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477900&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=515504&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode = "External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485655&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100413" TargetMode = "External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100415" TargetMode = "External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100417" TargetMode = "External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477900&amp;dst=100073" TargetMode = "External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100417" TargetMode = "External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477917&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100417" TargetMode = "External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100417" TargetMode = "External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100418" TargetMode = "External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498&amp;dst=17" TargetMode = "External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511499&amp;dst=100647" TargetMode = "External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498&amp;dst=17" TargetMode = "External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511499&amp;dst=100647" TargetMode = "External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=461477&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498&amp;dst=100448" TargetMode = "External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453646&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100040" TargetMode = "External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100047" TargetMode = "External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100040" TargetMode = "External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100044" TargetMode = "External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100045" TargetMode = "External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=385463&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100045" TargetMode = "External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477900&amp;dst=100077" TargetMode = "External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100047" TargetMode = "External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100035" TargetMode = "External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100051" TargetMode = "External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100053" TargetMode = "External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=377033&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100049" TargetMode = "External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=149911" TargetMode = "External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=318185&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100056" TargetMode = "External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477900&amp;dst=100080" TargetMode = "External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100041" TargetMode = "External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516411&amp;dst=100419" TargetMode = "External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100040" TargetMode = "External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100044" TargetMode = "External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477900&amp;dst=100082" TargetMode = "External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=461477&amp;dst=100354" TargetMode = "External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=461477&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498&amp;dst=100449" TargetMode = "External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100051" TargetMode = "External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100058" TargetMode = "External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453646&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100054" TargetMode = "External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100043" TargetMode = "External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463691&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100056" TargetMode = "External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100047" TargetMode = "External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100035" TargetMode = "External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100062" TargetMode = "External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100045" TargetMode = "External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=318185&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100067" TargetMode = "External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100058" TargetMode = "External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100040" TargetMode = "External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100068" TargetMode = "External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100070" TargetMode = "External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100065" TargetMode = "External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100051" TargetMode = "External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=509336&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498210&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498210&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100069" TargetMode = "External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396428&amp;dst=100004" TargetMode = "External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100072" TargetMode = "External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463691&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100075" TargetMode = "External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100045" TargetMode = "External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100075" TargetMode = "External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100077" TargetMode = "External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100079" TargetMode = "External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100079" TargetMode = "External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511394&amp;dst=2896" TargetMode = "External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506919&amp;dst=100335" TargetMode = "External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100053" TargetMode = "External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100052" TargetMode = "External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100053" TargetMode = "External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198175&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100082" TargetMode = "External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100086" TargetMode = "External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100087" TargetMode = "External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100049" TargetMode = "External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463691&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=515590&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463691&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100051" TargetMode = "External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100053" TargetMode = "External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100090" TargetMode = "External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100058" TargetMode = "External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100054" TargetMode = "External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100035" TargetMode = "External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100059" TargetMode = "External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=2" TargetMode = "External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493519" TargetMode = "External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=219974&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493519" TargetMode = "External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=219974&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493519" TargetMode = "External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=219974&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100091" TargetMode = "External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485655&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=513383&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486153&amp;dst=20890" TargetMode = "External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511241&amp;dst=103692" TargetMode = "External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100056" TargetMode = "External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100092" TargetMode = "External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477929&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=377033&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100049" TargetMode = "External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100041" TargetMode = "External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511241&amp;dst=103692" TargetMode = "External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=219974&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100084" TargetMode = "External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100085" TargetMode = "External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100087" TargetMode = "External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100088" TargetMode = "External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100094" TargetMode = "External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100089" TargetMode = "External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=2" TargetMode = "External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=513383&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486153&amp;dst=20890" TargetMode = "External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511241&amp;dst=103692" TargetMode = "External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100096" TargetMode = "External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477929&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=377033&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100051" TargetMode = "External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493519" TargetMode = "External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100097" TargetMode = "External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100098" TargetMode = "External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493519" TargetMode = "External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493519" TargetMode = "External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100101" TargetMode = "External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485655&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100058" TargetMode = "External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100102" TargetMode = "External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477908&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477908&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506935&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100105" TargetMode = "External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477908&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498&amp;dst=17" TargetMode = "External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511499&amp;dst=100647" TargetMode = "External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100107" TargetMode = "External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100060" TargetMode = "External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100052" TargetMode = "External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100044" TargetMode = "External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198175&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100110" TargetMode = "External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100110" TargetMode = "External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198175&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100096" TargetMode = "External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100111" TargetMode = "External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100111" TargetMode = "External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100111" TargetMode = "External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100111" TargetMode = "External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100111" TargetMode = "External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100111" TargetMode = "External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100111" TargetMode = "External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198227&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198175&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100097" TargetMode = "External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100065" TargetMode = "External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100113" TargetMode = "External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100053" TargetMode = "External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100054" TargetMode = "External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198175&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100114" TargetMode = "External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100066" TargetMode = "External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100115" TargetMode = "External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100061" TargetMode = "External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100057" TargetMode = "External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100058" TargetMode = "External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100060" TargetMode = "External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100119" TargetMode = "External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100061" TargetMode = "External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100063" TargetMode = "External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100120" TargetMode = "External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100066" TargetMode = "External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506904&amp;dst=100242" TargetMode = "External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100121" TargetMode = "External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506904&amp;dst=100242" TargetMode = "External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100054" TargetMode = "External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506904&amp;dst=100242" TargetMode = "External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100068" TargetMode = "External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498281&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100113" TargetMode = "External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100087" TargetMode = "External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198378&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100089" TargetMode = "External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100124" TargetMode = "External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100115" TargetMode = "External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477908&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507257&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100117" TargetMode = "External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100118" TargetMode = "External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498277&amp;dst=100062" TargetMode = "External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100053" TargetMode = "External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100047" TargetMode = "External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100119" TargetMode = "External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100090" TargetMode = "External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100067" TargetMode = "External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498281&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100049" TargetMode = "External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=284949&amp;dst=100120" TargetMode = "External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100092" TargetMode = "External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100093" TargetMode = "External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100124" TargetMode = "External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498281&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100054" TargetMode = "External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477929&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100068" TargetMode = "External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100044" TargetMode = "External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100056" TargetMode = "External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100045" TargetMode = "External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100056" TargetMode = "External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477929&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100049" TargetMode = "External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100051" TargetMode = "External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=289606&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100067" TargetMode = "External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100052" TargetMode = "External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136863" TargetMode = "External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=84260" TargetMode = "External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=120984&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=90924" TargetMode = "External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165751&amp;dst=100158" TargetMode = "External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=98733" TargetMode = "External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=120983&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=109080&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=119303&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=120939&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136768" TargetMode = "External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198378&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498281&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198227&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198175&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477904&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477944&amp;dst=100209" TargetMode = "External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=219974&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=342435&amp;dst=100244" TargetMode = "External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=289606&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=318185&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523190&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506919&amp;dst=100335" TargetMode = "External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485655&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=406102&amp;dst=125211" TargetMode = "External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477929&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463691&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477908&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=377033&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=406105&amp;dst=127900" TargetMode = "External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=385463&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477917&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=519904&amp;dst=100207" TargetMode = "External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506904&amp;dst=100239" TargetMode = "External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=422995&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432860&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507880&amp;dst=100110" TargetMode = "External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453646&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=464206&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520429&amp;dst=100007" TargetMode = "External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=467365&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100407" TargetMode = "External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523194&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=515504&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=351827&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=375081&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=433395&amp;dst=100057" TargetMode = "External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=409376&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=413176&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=448879&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453103&amp;dst=100068" TargetMode = "External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495710&amp;dst=2060" TargetMode = "External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198227&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485655&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523400&amp;dst=102754" TargetMode = "External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495710&amp;dst=7552" TargetMode = "External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=377033&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477917&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=432860&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100408" TargetMode = "External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520168&amp;dst=20890" TargetMode = "External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523197&amp;dst=2" TargetMode = "External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=464206&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100409" TargetMode = "External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520429&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520429&amp;dst=100451" TargetMode = "External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100410" TargetMode = "External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=489331&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=467365&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198378&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498281&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198227&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198175&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477904&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477944&amp;dst=100209" TargetMode = "External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=219974&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=342435&amp;dst=100244" TargetMode = "External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=289606&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=318185&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523190&amp;dst=100072" TargetMode = "External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506919&amp;dst=100335" TargetMode = "External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485655&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=406102&amp;dst=125211" TargetMode = "External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477929&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463691&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477908&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=377033&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=406105&amp;dst=127900" TargetMode = "External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=385463&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477917&amp;dst=100007" TargetMode = "External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=519904&amp;dst=100207" TargetMode = "External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506904&amp;dst=100239" TargetMode = "External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=422995&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507880&amp;dst=100110" TargetMode = "External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453646&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100411" TargetMode = "External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523194&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=515504&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=351827&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=375081&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=433395&amp;dst=100057" TargetMode = "External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=409376&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=413176&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=448879&amp;dst=100006" TargetMode = "External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453103&amp;dst=100068" TargetMode = "External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495710&amp;dst=7213" TargetMode = "External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495710&amp;dst=7217" TargetMode = "External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=514113&amp;dst=2" TargetMode = "External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477904&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506904&amp;dst=100240" TargetMode = "External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=515504&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523190&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=515504&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode = "External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485655&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100413" TargetMode = "External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100415" TargetMode = "External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100417" TargetMode = "External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523190&amp;dst=100073" TargetMode = "External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100417" TargetMode = "External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477917&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100417" TargetMode = "External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100417" TargetMode = "External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100418" TargetMode = "External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498&amp;dst=17" TargetMode = "External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518351&amp;dst=100647" TargetMode = "External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498&amp;dst=17" TargetMode = "External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518351&amp;dst=100647" TargetMode = "External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=461477&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498&amp;dst=100448" TargetMode = "External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453646&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100040" TargetMode = "External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100047" TargetMode = "External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100040" TargetMode = "External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100044" TargetMode = "External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100045" TargetMode = "External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=385463&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100045" TargetMode = "External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523190&amp;dst=100077" TargetMode = "External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100047" TargetMode = "External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100035" TargetMode = "External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100051" TargetMode = "External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100053" TargetMode = "External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=377033&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100049" TargetMode = "External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=149911" TargetMode = "External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=318185&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100056" TargetMode = "External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523190&amp;dst=100080" TargetMode = "External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100041" TargetMode = "External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521482&amp;dst=100419" TargetMode = "External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100040" TargetMode = "External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523894&amp;dst=3614" TargetMode = "External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498&amp;dst=100449" TargetMode = "External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100054" TargetMode = "External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100043" TargetMode = "External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463691&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100056" TargetMode = "External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100047" TargetMode = "External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100035" TargetMode = "External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100062" TargetMode = "External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100045" TargetMode = "External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=318185&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100067" TargetMode = "External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100058" TargetMode = "External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100040" TargetMode = "External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100068" TargetMode = "External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100070" TargetMode = "External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100065" TargetMode = "External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100051" TargetMode = "External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=509336&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523194&amp;dst=100021" TargetMode = "External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100041" TargetMode = "External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523194&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100069" TargetMode = "External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396428&amp;dst=100004" TargetMode = "External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100072" TargetMode = "External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463691&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100075" TargetMode = "External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100045" TargetMode = "External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100075" TargetMode = "External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100077" TargetMode = "External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100079" TargetMode = "External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100030" TargetMode = "External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100079" TargetMode = "External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523894&amp;dst=2896" TargetMode = "External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506919&amp;dst=100335" TargetMode = "External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100033" TargetMode = "External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100053" TargetMode = "External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100052" TargetMode = "External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100053" TargetMode = "External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198175&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100082" TargetMode = "External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100086" TargetMode = "External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100087" TargetMode = "External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100049" TargetMode = "External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463691&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=509482&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463691&amp;dst=100031" TargetMode = "External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100051" TargetMode = "External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100053" TargetMode = "External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100090" TargetMode = "External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100058" TargetMode = "External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100054" TargetMode = "External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100035" TargetMode = "External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100059" TargetMode = "External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=2" TargetMode = "External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100032" TargetMode = "External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521793" TargetMode = "External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100034" TargetMode = "External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=219974&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521793" TargetMode = "External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=219974&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521793" TargetMode = "External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=219974&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100091" TargetMode = "External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485655&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521706&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520168&amp;dst=20890" TargetMode = "External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495710&amp;dst=103692" TargetMode = "External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100056" TargetMode = "External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100092" TargetMode = "External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477929&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=377033&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100049" TargetMode = "External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100041" TargetMode = "External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495710&amp;dst=103692" TargetMode = "External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=219974&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100084" TargetMode = "External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100085" TargetMode = "External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100087" TargetMode = "External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100088" TargetMode = "External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100094" TargetMode = "External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100089" TargetMode = "External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=2" TargetMode = "External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521706&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=520168&amp;dst=20890" TargetMode = "External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495710&amp;dst=103692" TargetMode = "External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100096" TargetMode = "External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477929&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=377033&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100051" TargetMode = "External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521793" TargetMode = "External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100097" TargetMode = "External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=100022" TargetMode = "External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100098" TargetMode = "External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521793" TargetMode = "External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=100023" TargetMode = "External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521793" TargetMode = "External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100101" TargetMode = "External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510910&amp;dst=100025" TargetMode = "External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485655&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100058" TargetMode = "External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100102" TargetMode = "External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477908&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477908&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523030&amp;dst=100043" TargetMode = "External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506935&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100105" TargetMode = "External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477908&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498&amp;dst=17" TargetMode = "External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518351&amp;dst=100647" TargetMode = "External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100107" TargetMode = "External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100060" TargetMode = "External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100052" TargetMode = "External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100044" TargetMode = "External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198175&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100110" TargetMode = "External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100110" TargetMode = "External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198175&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100096" TargetMode = "External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100111" TargetMode = "External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100111" TargetMode = "External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100111" TargetMode = "External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100111" TargetMode = "External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100111" TargetMode = "External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100111" TargetMode = "External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100064" TargetMode = "External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100111" TargetMode = "External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198227&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198175&amp;dst=100015" TargetMode = "External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100097" TargetMode = "External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100065" TargetMode = "External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100113" TargetMode = "External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100014" TargetMode = "External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100053" TargetMode = "External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100054" TargetMode = "External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198175&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100114" TargetMode = "External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100066" TargetMode = "External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100115" TargetMode = "External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100061" TargetMode = "External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100057" TargetMode = "External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100058" TargetMode = "External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100060" TargetMode = "External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100119" TargetMode = "External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100061" TargetMode = "External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100063" TargetMode = "External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100120" TargetMode = "External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100066" TargetMode = "External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506904&amp;dst=100242" TargetMode = "External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100121" TargetMode = "External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506904&amp;dst=100242" TargetMode = "External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477895&amp;dst=100054" TargetMode = "External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=506904&amp;dst=100242" TargetMode = "External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100068" TargetMode = "External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498281&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100113" TargetMode = "External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100087" TargetMode = "External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=198378&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100089" TargetMode = "External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100124" TargetMode = "External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100115" TargetMode = "External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477908&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507257&amp;dst=100017" TargetMode = "External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100117" TargetMode = "External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100118" TargetMode = "External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100046" TargetMode = "External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100037" TargetMode = "External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523188&amp;dst=100062" TargetMode = "External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100053" TargetMode = "External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100047" TargetMode = "External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463534&amp;dst=100050" TargetMode = "External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498280&amp;dst=100119" TargetMode = "External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100090" TargetMode = "External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100067" TargetMode = "External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498281&amp;dst=100026" TargetMode = "External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100049" TargetMode = "External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=284949&amp;dst=100120" TargetMode = "External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100092" TargetMode = "External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100038" TargetMode = "External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=215309&amp;dst=100024" TargetMode = "External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498279&amp;dst=100093" TargetMode = "External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498282&amp;dst=100124" TargetMode = "External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100039" TargetMode = "External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498281&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100054" TargetMode = "External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477929&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498208&amp;dst=100068" TargetMode = "External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100044" TargetMode = "External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100056" TargetMode = "External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100045" TargetMode = "External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=485654&amp;dst=100056" TargetMode = "External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=477929&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100048" TargetMode = "External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100049" TargetMode = "External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=502793&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100051" TargetMode = "External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=289606&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463535&amp;dst=100067" TargetMode = "External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=498278&amp;dst=100052" TargetMode = "External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136863" TargetMode = "External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=84260" TargetMode = "External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=120984&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=90924" TargetMode = "External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=165751&amp;dst=100158" TargetMode = "External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=98733" TargetMode = "External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=120983&amp;dst=100009" TargetMode = "External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=109080&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=119303&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=120939&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=136768" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>КонсультантПлюс Версия 4025.00.30</Application>
-  <Company>КонсультантПлюс Версия 4025.00.30</Company>
+  <Application>КонсультантПлюс Версия 4025.00.52</Application>
+  <Company>КонсультантПлюс Версия 4025.00.52</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Постановление Правительства РФ от 30.09.2014 N 999
-(ред. от 27.09.2025)
+(ред. от 26.12.2025)
 "О формировании, предоставлении и распределении субсидий из федерального бюджета бюджетам субъектов Российской Федерации"
 (вместе с "Правилами формирования, предоставления и распределения субсидий из федерального бюджета бюджетам субъектов Российской Федерации")</dc:title>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </cp:coreProperties>
 </file>