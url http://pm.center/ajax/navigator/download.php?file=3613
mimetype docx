--- v0 (2025-11-06)
+++ v1 (2026-02-17)
@@ -1,52 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...3 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideV w:val="nil"/>
           <w:insideH w:val="nil"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10716"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="3031" w:hRule="exact"/>
         </w:trPr>
@@ -76,51 +73,51 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="5"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:position w:val="-61"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="3810000" cy="904875"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Консультант Плюс"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 1"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2">
+                          <a:blip r:embed="rId3">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3810000" cy="904875"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -152,130 +149,130 @@
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="48"/>
               </w:rPr>
               <w:t xml:space="preserve">Постановление Правительства РФ от 26.06.2015 N 640</w:t>
               <w:br/>
-              <w:t xml:space="preserve">(ред. от 08.05.2025)</w:t>
+              <w:t xml:space="preserve">(ред. от 10.12.2025)</w:t>
               <w:br/>
               <w:t xml:space="preserve">"О порядке формирования государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансового обеспечения выполнения государственного задания"</w:t>
               <w:br/>
               <w:t xml:space="preserve">(вместе с "Положением о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания")</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="3031" w:hRule="exact"/>
         </w:trPr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
             <w:insideV w:val="nil"/>
             <w:insideH w:val="nil"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10716" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="60" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="5"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Документ предоставлен </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId3" w:tooltip="Ссылка на КонсультантПлюс">
+            <w:hyperlink w:history="0" r:id="rId4" w:tooltip="Ссылка на КонсультантПлюс">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:color w:val="0000ff"/>
                   <w:b w:val="on"/>
                 </w:rPr>
                 <w:t xml:space="preserve">КонсультантПлюс</w:t>
                 <w:br/>
                 <w:br/>
               </w:r>
             </w:hyperlink>
-            <w:hyperlink w:history="0" r:id="rId4" w:tooltip="Ссылка на КонсультантПлюс">
+            <w:hyperlink w:history="0" r:id="rId5" w:tooltip="Ссылка на КонсультантПлюс">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:color w:val="0000ff"/>
                   <w:b w:val="on"/>
                 </w:rPr>
                 <w:t xml:space="preserve">www.consultant.ru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:br/>
-              <w:t xml:space="preserve">Дата сохранения: 22.05.2025</w:t>
+              <w:t xml:space="preserve">Дата сохранения: 12.01.2026</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="841" w:right="595" w:bottom="841" w:left="595" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:outlineLvl w:val="0"/>
@@ -386,1698 +383,923 @@
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ФЕДЕРАЛЬНЫХ ГОСУДАРСТВЕННЫХ УЧРЕЖДЕНИЙ И ФИНАНСОВОГО</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ОБЕСПЕЧЕНИЯ ВЫПОЛНЕНИЯ ГОСУДАРСТВЕННОГО ЗАДАНИЯ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:before="0"/>
-[...596 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId29" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 21.04.2025) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId8" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 28.12.2025) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId30" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 21.04.2025) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId9" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 28.12.2025) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">4 статьи 69.2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Российской Федерации, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId31" w:tooltip="Федеральный закон от 12.01.1996 N 7-ФЗ (ред. от 13.12.2024, с изм. от 23.11.2007) &quot;О некоммерческих организациях&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId10" w:tooltip="Федеральный закон от 12.01.1996 N 7-ФЗ (ред. от 28.12.2025) &quot;О некоммерческих организациях&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктом 1 пункта 7 статьи 9.2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона "О некоммерческих организациях" и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId32" w:tooltip="Федеральный закон от 03.11.2006 N 174-ФЗ (ред. от 21.11.2022) &quot;Об автономных учреждениях&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId11" w:tooltip="Федеральный закон от 03.11.2006 N 174-ФЗ (ред. от 24.06.2025, с изм. от 28.11.2025) &quot;Об автономных учреждениях&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">частью 5 статьи 4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Федерального закона "Об автономных учреждениях" Правительство Российской Федерации постановляет:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Утвердить прилагаемое </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P64" w:tooltip="ПОЛОЖЕНИЕ">
+      <w:hyperlink w:history="0" w:anchor="P47" w:tooltip="ПОЛОЖЕНИЕ">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Положение</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания (далее соответственно-государственное задание, Положение).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Признать утратившими силу:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink w:history="0" r:id="rId33" w:tooltip="Постановление Правительства РФ от 02.09.2010 N 671 (ред. от 15.10.2014) &quot;О порядке формирования государственного задания в отношении федеральных государственных учреждений и финансового обеспечения выполнения государственного задания&quot; (вместе с &quot;Положением о формировании государственного задания в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания&quot;) ------------ Утратил силу или отменен {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId12" w:tooltip="Постановление Правительства РФ от 02.09.2010 N 671 (ред. от 15.10.2014) &quot;О порядке формирования государственного задания в отношении федеральных государственных учреждений и финансового обеспечения выполнения государственного задания&quot; (вместе с &quot;Положением о формировании государственного задания в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания&quot;) ------------ Утратил силу или отменен {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 2 сентября 2010 г. N 671 "О порядке формирования государственного задания в отношении федеральных государственных учреждений и финансового обеспечения выполнения государственного задания" (Собрание законодательства Российской Федерации, 2010, N 37, ст. 4686);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink w:history="0" r:id="rId34" w:tooltip="Постановление Правительства РФ от 19.08.2011 N 700 &quot;О внесении изменений в Положение о формировании государственного задания в отношении федеральных бюджетных и казенных учреждений и финансовом обеспечении выполнения государственного задания&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId13" w:tooltip="Постановление Правительства РФ от 19.08.2011 N 700 &quot;О внесении изменений в Положение о формировании государственного задания в отношении федеральных бюджетных и казенных учреждений и финансовом обеспечении выполнения государственного задания&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 19 августа 2011 г. N 700 "О внесении изменений в Положение о формировании государственного задания в отношении федеральных бюджетных и казенных учреждений и финансовом обеспечении выполнения государственного задания" (Собрание законодательства Российской Федерации, 2011, N 35, ст. 5087);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink w:history="0" r:id="rId35" w:tooltip="Постановление Правительства РФ от 29.10.2012 N 1110 &quot;О внесении изменений в Положение о формировании государственного задания в отношении федеральных бюджетных и казенных учреждений и финансовом обеспечении выполнения государственного задания&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId14" w:tooltip="Постановление Правительства РФ от 29.10.2012 N 1110 &quot;О внесении изменений в Положение о формировании государственного задания в отношении федеральных бюджетных и казенных учреждений и финансовом обеспечении выполнения государственного задания&quot; ------------ Утратил силу или отменен {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Российской Федерации от 29 октября 2012 г. N 1110 "О внесении изменений в Положение о формировании государственного задания в отношении федеральных бюджетных и казенных учреждений и финансовом обеспечении выполнения государственного задания" (Собрание законодательства Российской Федерации, 2012, N 45, ст. 6248);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink w:history="0" r:id="rId36" w:tooltip="Постановление Правительства РФ от 03.06.2013 N 467 &quot;О мерах по осуществлению перехода к нормативно-подушевому финансированию имеющих государственную аккредитацию образовательных программ высшего профессионального образования&quot; ------------ Недействующая редакция {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId15" w:tooltip="Постановление Правительства РФ от 03.06.2013 N 467 &quot;О мерах по осуществлению перехода к нормативно-подушевому финансированию имеющих государственную аккредитацию образовательных программ высшего профессионального образования&quot; ------------ Недействующая редакция {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункт 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 3 июня 2013 г. N 467 "О мерах по осуществлению перехода к нормативно-подушевому финансированию имеющих государственную аккредитацию образовательных программ высшего профессионального образования" (Собрание законодательства Российской Федерации, 2013, N 23, ст. 2924);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink w:history="0" r:id="rId37" w:tooltip="Постановление Правительства РФ от 04.06.2014 N 511 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; ------------ Недействующая редакция {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId16" w:tooltip="Постановление Правительства РФ от 04.06.2014 N 511 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; ------------ Недействующая редакция {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункт 3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 4 июня 2014 г. N 511 "О внесении изменений в некоторые акты Правительства Российской Федерации" (Собрание законодательства Российской Федерации, 2014, N 23, ст. 2997);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink w:history="0" r:id="rId38" w:tooltip="Постановление Правительства РФ от 11.10.2014 N 1042 &quot;О внесении изменений и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; ------------ Недействующая редакция {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId17" w:tooltip="Постановление Правительства РФ от 11.10.2014 N 1042 &quot;О внесении изменений и признании утратившими силу некоторых актов Правительства Российской Федерации&quot; ------------ Недействующая редакция {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункт 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 11 октября 2014 г. N 1042 "О внесении изменений и признании утратившими силу некоторых актов Правительства Российской Федерации" (Собрание законодательства Российской Федерации, 2014, N 42, ст. 5750);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink w:history="0" r:id="rId39" w:tooltip="Постановление Правительства РФ от 15.10.2014 N 1054 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; ------------ Недействующая редакция {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId18" w:tooltip="Постановление Правительства РФ от 15.10.2014 N 1054 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; ------------ Недействующая редакция {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункт 25</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> изменений, которые вносятся в акты Правительства Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 15 октября 2014 г. N 1054 "О внесении изменений в некоторые акты Правительства Российской Федерации" (Собрание законодательства Российской Федерации, 2014, N 43, ст. 5892).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Настоящее постановление вступает в силу с 1 января 2016 г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4. Действие </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P155" w:tooltip="11. Объем финансового обеспечения выполнения государственного задания рассчитывается на основании нормативных затрат на оказание государственных услуг, нормативных затрат, связанных с выполнением работ, с учетом затрат на содержание недвижимого имущества и особо ценного движимого имущества, используемого федеральным государственным учреждением при выполнении государственного задания (далее - имущество учреждения), затрат на уплату налогов, в качестве объекта налогообложения по которым признается имуществ...">
+      <w:hyperlink w:history="0" w:anchor="P101" w:tooltip="11. Объем финансового обеспечения выполнения государственного задания рассчитывается на основании нормативных затрат на оказание государственных услуг, нормативных затрат, связанных с выполнением работ, с учетом затрат на содержание недвижимого имущества и особо ценного движимого имущества, используемого федеральным государственным учреждением при выполнении государственного задания.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункта 11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (за исключением нормативных затрат, связанных с выполнением работ в рамках государственного задания), </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P157" w:tooltip="12. Объем финансового обеспечения выполнения государственного задания (R) определяется по формуле:">
+      <w:hyperlink w:history="0" w:anchor="P102" w:tooltip="12. Объем финансового обеспечения выполнения государственного задания (R) определяется по формуле:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункта 12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (за исключением </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P157" w:tooltip="12. Объем финансового обеспечения выполнения государственного задания (R) определяется по формуле:">
+      <w:hyperlink w:history="0" w:anchor="P102" w:tooltip="12. Объем финансового обеспечения выполнения государственного задания (R) определяется по формуле:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаца второго</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> в части нормативных затрат, связанных с выполнением работ в рамках государственного задания, и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P157" w:tooltip="12. Объем финансового обеспечения выполнения государственного задания (R) определяется по формуле:">
+      <w:hyperlink w:history="0" w:anchor="P102" w:tooltip="12. Объем финансового обеспечения выполнения государственного задания (R) определяется по формуле:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаца шестого</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P172" w:tooltip="13. Нормативные затраты на оказание государственной услуги рассчитываются на единицу показателя объема оказания услуги, установленного в государственном задании, на основе определяемых в соответствии с настоящим Положением базового норматива затрат и корректирующих коэффициентов к базовым нормативам затрат (далее - корректирующие коэффициенты), с соблюдением общих требований к определению нормативных затрат на оказание государственных (муниципальных) услуг, применяемых при расчете объема финансового обес...">
+      <w:hyperlink w:history="0" w:anchor="P114" w:tooltip="13. Нормативные затраты на оказание государственной услуги рассчитываются на единицу показателя объема оказания услуги, установленного в государственном задании, на основе определяемых в соответствии с настоящим Положением базового норматива затрат и корректирующих коэффициентов к базовым нормативам затрат (далее - корректирующие коэффициенты), с соблюдением общих требований к определению нормативных затрат на оказание государственных (муниципальных) услуг, применяемых при расчете объема финансового обес...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктов 13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P195" w:tooltip="19. В базовый норматив затрат, непосредственно связанных с оказанием государственной услуги, включаются:">
+      <w:hyperlink w:history="0" w:anchor="P130" w:tooltip="19. В базовый норматив затрат, непосредственно связанных с оказанием государственной услуги, включаются:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P203" w:tooltip="20. В базовый норматив затрат на общехозяйственные нужды на оказание государственной услуги включаются:">
+      <w:hyperlink w:history="0" w:anchor="P135" w:tooltip="20. В базовый норматив затрат на общехозяйственные нужды на оказание государственной услуги включаются:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункта 20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (за исключением </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P210" w:tooltip="г) утратил силу. - Постановление Правительства РФ от 16.05.2023 N 764;">
+      <w:hyperlink w:history="0" w:anchor="P139" w:tooltip="г) утратил силу. - Постановление Правительства РФ от 16.05.2023 N 764;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпункта "г"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">), </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P216" w:tooltip="21. В затраты, указанные в подпунктах &quot;а&quot; - &quot;в&quot; пункта 20 настоящего Положения, включаются затраты на оказание государственной услуги в отношении имущества учреждения, используемого в том числе на основании договора аренды (финансовой аренды) или договора безвозмездного пользования, для выполнения государственного задания и общехозяйственных нужд (далее - имущество, необходимое для выполнения государственного задания).">
+      <w:hyperlink w:history="0" w:anchor="P144" w:tooltip="21. В затраты, указанные в подпунктах &quot;а&quot; - &quot;в&quot; пункта 20 настоящего Положения, включаются затраты на оказание государственной услуги в отношении имущества учреждения, используемого в том числе на основании договора аренды (финансовой аренды) или договора безвозмездного пользования, для выполнения государственного задания и общехозяйственных нужд (далее - имущество, необходимое для выполнения государственного задания).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктов 21</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P245" w:tooltip="27. Значения базового норматива затрат на оказание государственных услуг, отраслевых и территориальных корректирующих коэффициентов утверждаются в порядке, предусмотренном пунктом 15(1) настоящего Положения.">
+      <w:hyperlink w:history="0" w:anchor="P163" w:tooltip="27. Значения базового норматива затрат на оказание государственных услуг, отраслевых и территориальных корректирующих коэффициентов утверждаются в порядке, предусмотренном пунктом 15(1) настоящего Положения.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">27</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P290" w:tooltip="33. В объем финансового обеспечения выполнения государственного задания включаются затраты на уплату налогов, в качестве объекта налогообложения по которым признается имущество учреждения.">
+      <w:hyperlink w:history="0" w:anchor="P191" w:tooltip="33. Утратил силу. - Постановление Правительства РФ от 10.12.2025 N 2005.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">33</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P310" w:tooltip="38. Нормативные затраты (затраты), определяемые в соответствии с настоящим Положением, учитываются при формировании обоснований бюджетных ассигнований федерального бюджета на очередной финансовый год и плановый период.">
+      <w:hyperlink w:history="0" w:anchor="P195" w:tooltip="38. Нормативные затраты (затраты), определяемые в соответствии с настоящим Положением, учитываются при формировании обоснований бюджетных ассигнований федерального бюджета на очередной финансовый год и плановый период.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">38</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P425" w:tooltip="                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N &lt;1&gt;      │    │">
+      <w:hyperlink w:history="0" w:anchor="P283" w:tooltip="                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N &lt;1&gt;      │    │">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложения N 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Положению распространяется на правоотношения, возникшие при формировании государственного задания и расчете объема финансового обеспечения выполнения государственного задания начиная с государственного задания на 2016 год и на плановый период 2017 и 2018 годов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P155" w:tooltip="11. Объем финансового обеспечения выполнения государственного задания рассчитывается на основании нормативных затрат на оказание государственных услуг, нормативных затрат, связанных с выполнением работ, с учетом затрат на содержание недвижимого имущества и особо ценного движимого имущества, используемого федеральным государственным учреждением при выполнении государственного задания (далее - имущество учреждения), затрат на уплату налогов, в качестве объекта налогообложения по которым признается имуществ...">
+      <w:hyperlink w:history="0" w:anchor="P101" w:tooltip="11. Объем финансового обеспечения выполнения государственного задания рассчитывается на основании нормативных затрат на оказание государственных услуг, нормативных затрат, связанных с выполнением работ, с учетом затрат на содержание недвижимого имущества и особо ценного движимого имущества, используемого федеральным государственным учреждением при выполнении государственного задания.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Пункт 11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P157" w:tooltip="12. Объем финансового обеспечения выполнения государственного задания (R) определяется по формуле:">
+      <w:hyperlink w:history="0" w:anchor="P102" w:tooltip="12. Объем финансового обеспечения выполнения государственного задания (R) определяется по формуле:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацы второй</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P157" w:tooltip="12. Объем финансового обеспечения выполнения государственного задания (R) определяется по формуле:">
+      <w:hyperlink w:history="0" w:anchor="P102" w:tooltip="12. Объем финансового обеспечения выполнения государственного задания (R) определяется по формуле:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">шестой пункта 12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения в части нормативных затрат, связанных с выполнением работ в рамках государственного задания, и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P248" w:tooltip="28. Нормативные затраты на выполнение работы определяются при расчете объема финансового обеспечения выполнения государственного задания в порядке, установленном органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, а также по решению главного распорядителя средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения.">
+      <w:hyperlink w:history="0" w:anchor="P165" w:tooltip="28. Нормативные затраты на выполнение работы определяются при расчете объема финансового обеспечения выполнения государственного задания в порядке, установленном органом, осуществляющим функции и полномочия учредителя, а также по решению главного распорядителя средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункты 28</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P282" w:tooltip="32. Значения нормативных затрат на выполнение работы утверждаются органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, а также главным распорядителем средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения (в случае принятия им решения о применении нормативных затрат при расчете объема финансового обеспечения выполнения государственного задания).">
+      <w:hyperlink w:history="0" w:anchor="P187" w:tooltip="32. Значения нормативных затрат на выполнение работы утверждаются органом, осуществляющим функции и полномочия учредителя, а также главным распорядителем средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения (в случае принятия им решения о применении нормативных затрат при расчете объема финансового обеспечения выполнения государственного задания).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">32</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения применяются при расчете объема финансового обеспечения выполнения государственного задания, начиная с государственного задания на 2017 год и на плановый период 2018 и 2019 годов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">6. Утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId41" w:tooltip="Постановление Правительства РФ от 09.07.2019 N 873 (ред. от 16.05.2023) &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу некоторых положений постановления Правительства Российской Федерации от 6 октября 2016 г. N 1006&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId19" w:tooltip="Постановление Правительства РФ от 09.07.2019 N 873 (ред. от 10.12.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу некоторых положений постановления Правительства Российской Федерации от 6 октября 2016 г. N 1006&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 09.07.2019 N 873.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">7. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P210" w:tooltip="г) утратил силу. - Постановление Правительства РФ от 16.05.2023 N 764;">
+      <w:hyperlink w:history="0" w:anchor="P139" w:tooltip="г) утратил силу. - Постановление Правительства РФ от 16.05.2023 N 764;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Подпункт "г" пункта 20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P270" w:tooltip="ж) утратил силу. - Постановление Правительства РФ от 16.05.2023 N 764;">
+      <w:hyperlink w:history="0" w:anchor="P178" w:tooltip="ж) утратил силу. - Постановление Правительства РФ от 16.05.2023 N 764;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпункт "ж" пункта 29</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения применяются при расчете объема финансового обеспечения выполнения государственного задания на 2017 год и на плановый период 2018 и 2019 годов, если федеральным органом исполнительной власти, осуществляющим функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности (федеральным органом исполнительной власти, осуществляющим функции и полномочия учредителя федеральных бюджетных или автономных учреждений), не принято решение о включении затрат на формирование резерва на полное восстановление состава объектов особо ценного движимого имущества в базовый норматив затрат на оказание государственной услуги (нормативные затраты на выполнение работы) при расчете объема финансового обеспечения выполнения государственного задания начиная с государственного задания на 2018 год и на плановый период 2019 и 2020 годов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">8. До принятия нормативных правовых актов, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P192" w:tooltip="18. При определении базового норматива затрат в части затрат, указанных в пункте 19 настоящего Положения, применяются нормы материальных, технических и трудовых ресурсов, используемых для оказания государственной услуги, установленные нормативными правовыми актами Российской Федерации (в том числе правовыми актами федеральных органов исполнительной власти, осуществляющих функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности), межгосударствен...">
+      <w:hyperlink w:history="0" w:anchor="P128" w:tooltip="18. При определении базового норматива затрат в части затрат, указанных в пункте 19 настоящего Положения, применяются нормы материальных, технических и трудовых ресурсов, используемых для оказания государственной услуги, установленные нормативными правовыми актами Российской Федерации (в том числе правовыми актами федеральных органов исполнительной власти, осуществляющих функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности), межгосударствен...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 18</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P280" w:tooltip="31. При определении нормативных затрат на выполнение работы применяются показатели материальных, технических и трудовых ресурсов, используемых для выполнения работы, по видам затрат исходя из нормативов их потребления, установленных нормативными правовыми актами Российской Федерации, межгосударственными, национальными (государственными) стандартами Российской Федерации, строительными нормами и правилами, санитарными нормами и правилами, стандартами, порядками, регламентами и паспортами выполнения работ в...">
+      <w:hyperlink w:history="0" w:anchor="P186" w:tooltip="31. При определении нормативных затрат на выполнение работы применяются показатели материальных, технических и трудовых ресурсов, используемых для выполнения работы, по видам затрат исходя из нормативов их потребления, установленных нормативными правовыми актами Российской Федерации, межгосударственными, национальными (государственными) стандартами Российской Федерации, строительными нормами и правилами, санитарными нормами и правилами, стандартами, порядками, регламентами и паспортами выполнения работ в...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">31</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения, но не позднее срока формирования государственного задания на 2019 год и на плановый период 2020 и 2021 годов, нормы затрат, выраженные в натуральных показателях, определяются с указанием наименования нормы, ее значения и источника указанного значения в порядке, установленном (в части государственных услуг) федеральным органом исполнительной власти, осуществляющим функции по выработке государственной политики и нормативно-правовому регулированию в соответствующей сфере, при определении </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId43" w:tooltip="Справочная информация: &quot;Перечень нормативных актов, регулирующих деятельность государственных учреждений, подведомственных федеральным органам исполнительной власти&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId20" w:tooltip="Справочная информация: &quot;Перечень нормативных актов, регулирующих деятельность государственных учреждений, подведомственных федеральным органам исполнительной власти&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">общих требований</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId44" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 21.04.2025) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId21" w:tooltip="&quot;Бюджетный кодекс Российской Федерации&quot; от 31.07.1998 N 145-ФЗ (ред. от 28.12.2025) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем вторым пункта 4 статьи 69.2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджетного кодекса Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">9. Утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId46" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId22" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 16.05.2023 N 764.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">10. При формировании государственного задания в период до начала срока формирования государственного задания на 2019 год и на плановый период 2020 и 2021 годов по решению федерального органа исполнительной власти, осуществляющего функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, значение базового норматива затрат на оказание государственной услуги и значение отраслевого корректирующего коэффициента к базовому нормативу затрат на оказание государственной услуги определяются федеральным органом исполнительной власти (государственным органом), осуществляющим функции и полномочия учредителя федерального бюджетного или автономного учреждения, а для федеральных бюджетных и автономных учреждений, функции и полномочия учредителя в отношении которых осуществляет Правительство Российской Федерации, значение базового норматива затрат на оказание государственной услуги и значение отраслевого корректирующего коэффициента к базовому нормативу затрат на оказание государственной услуги определяются федеральным органом исполнительной власти, осуществляющим функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, соответствующей основным видам деятельности таких учреждений.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...41 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">11. Положения </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P346" w:tooltip="44. Предоставление федеральному бюджетному или автономному учреждению субсидии в течение финансового года осуществляется на основании соглашения о порядке и условиях предоставления субсидии, заключаемого органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, с федеральным бюджетным или автономным учреждением в соответствии с типовой формой, утвержденной Министерством финансов Российской Федерации (далее - соглашение). Соглашение определяет пра...">
+      <w:hyperlink w:history="0" w:anchor="P223" w:tooltip="44. Предоставление федеральному бюджетному или автономному учреждению субсидии в течение финансового года осуществляется на основании соглашения о порядке и условиях предоставления субсидии, заключаемого органом, осуществляющим функции и полномочия учредителя, с федеральным бюджетным или автономным учреждением в соответствии с типовой формой, утвержденной Министерством финансов Российской Федерации (далее - соглашение). Соглашение определяет права, обязанности и ответственность сторон, в том числе объем ...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаца первого пункта 44</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения в части, касающейся типовой формы соглашения, применяются при предоставлении субсидии на финансовое обеспечение выполнения государственного задания начиная с государственного задания на 2017 год и на плановый период 2018 и 2019 годов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">12. Формирование и финансовое обеспечение выполнения федеральными бюджетными или автономными учреждениями государственного задания, финансовое обеспечение выполнения которого осуществляется за счет средств бюджета Федерального фонда обязательного медицинского страхования в случаях, установленных федеральными законами, осуществляются в порядке, определенном Положением для формирования и финансового обеспечения выполнения государственного задания, финансовое обеспечение выполнения которого осуществляется за счет средств федерального бюджета, за исключением </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P346" w:tooltip="44. Предоставление федеральному бюджетному или автономному учреждению субсидии в течение финансового года осуществляется на основании соглашения о порядке и условиях предоставления субсидии, заключаемого органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, с федеральным бюджетным или автономным учреждением в соответствии с типовой формой, утвержденной Министерством финансов Российской Федерации (далее - соглашение). Соглашение определяет пра...">
+      <w:hyperlink w:history="0" w:anchor="P223" w:tooltip="44. Предоставление федеральному бюджетному или автономному учреждению субсидии в течение финансового года осуществляется на основании соглашения о порядке и условиях предоставления субсидии, заключаемого органом, осуществляющим функции и полномочия учредителя, с федеральным бюджетным или автономным учреждением в соответствии с типовой формой, утвержденной Министерством финансов Российской Федерации (далее - соглашение). Соглашение определяет права, обязанности и ответственность сторон, в том числе объем ...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктов 44</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P371" w:tooltip="46(1). Требования, установленные пунктами 45 и 46 настоящего Положения, связанные с перечислением субсидии, не распространяются:">
+      <w:hyperlink w:history="0" w:anchor="P237" w:tooltip="46(1). Требования, установленные пунктами 45 и 46 настоящего Положения, связанные с перечислением субсидии, не распространяются:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">46(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Соглашения о порядке и об условиях предоставления субсидий из бюджета Федерального фонда обязательного медицинского страхования заключаются между указанным Фондом, федеральным органом исполнительной власти, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных и автономных учреждений, и федеральным бюджетным или автономным учреждением по форме и в порядке, которые утверждаются уполномоченным федеральным органом исполнительной власти, осуществляющим функции по выработке и реализации государственной политики и нормативно-правовому регулированию в сфере здравоохранения.</w:t>
-      </w:r>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 06.10.2016 N 1006)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Председатель Правительства</w:t>
       </w:r>
     </w:p>
@@ -2198,52 +1420,52 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">от 26 июня 2015 г. N 640</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="64" w:name="P64"/>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:id="47" w:name="P47"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ПОЛОЖЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">О ФОРМИРОВАНИИ ГОСУДАРСТВЕННОГО ЗАДАНИЯ НА ОКАЗАНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2260,648 +1482,50 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ФЕДЕРАЛЬНЫХ ГОСУДАРСТВЕННЫХ УЧРЕЖДЕНИЙ И ФИНАНСОВОМ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ОБЕСПЕЧЕНИИ ВЫПОЛНЕНИЯ ГОСУДАРСТВЕННОГО ЗАДАНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...596 lines deleted...]
-    </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Настоящее Положение устанавливает порядок формирования и финансового обеспечения выполнения государственного задания на оказание государственных услуг (выполнение работ) (далее - государственное задание) федеральными бюджетными учреждениями, автономными учреждениями, созданными на базе имущества, находящегося в федеральной собственности (далее - федеральные автономные учреждения), а также федеральными казенными учреждениями, определенными правовыми актами главных распорядителей средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения (далее - федеральные казенные учреждения).</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2933,5736 +1557,3181 @@
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Государственное задание формируется в соответствии с основными видами деятельности, предусмотренными учредительными документами федерального государственного учреждения, с учетом предложений федерального государственного учреждения, касающихся потребности в соответствующих услугах и работах, оцениваемых на основании прогнозируемой динамики количества потребителей услуг и работ, уровня удовлетворенности существующими объемом и качеством услуг и результатов работ и возможностей федерального государственного учреждения по оказанию услуг и выполнению работ, а также показателей выполнения федеральным государственным учреждением государственного задания в отчетном финансовом году.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Государственное задание содержит показатели, характеризующие качество и (или) объем государственной услуги (работы), определение категорий физических и (или) юридических лиц, являющихся потребителями соответствующих услуг (работ), предельные цены (тарифы) на оплату соответствующих услуг (работ) физическими или юридическими лицами в случаях, если законодательством Российской Федерации предусмотрено их оказание (выполнение) на платной основе в рамках государственного задания, либо порядок установления указанных цен (тарифов) в случаях, установленных законодательством Российской Федерации, порядок контроля за исполнением государственного задания и требования к отчетности о выполнении государственного задания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...41 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Значение объемов государственных услуг для образовательных организаций высшего и среднего профессионального образования устанавливается на очередной финансовый год и плановый период и корректируется ежегодно в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId75" w:tooltip="Приказ Минобрнауки России от 25.10.2023 N 1014 &quot;Об утверждении методики формирования государственного задания при оказании услуг в рамках реализации образовательных программ среднего профессионального образования и высшего образования на очередной финансовый год и плановый период&quot; (Зарегистрировано в Минюсте России 27.03.2024 N 77648) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId23" w:tooltip="Приказ Минобрнауки России от 25.10.2023 N 1014 &quot;Об утверждении методики формирования государственного задания при оказании услуг в рамках реализации образовательных программ среднего профессионального образования и высшего образования на очередной финансовый год и плановый период&quot; (Зарегистрировано в Минюсте России 27.03.2024 N 77648) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">методикой</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> формирования государственного задания при оказании услуг в рамках реализации образовательных программ среднего профессионального образования и высшего образования на очередной финансовый год и плановый период, утверждаемой Министерством науки и высшего образования Российской Федерации по согласованию с Министерством просвещения Российской Федерации, с учетом результатов ежегодного конкурса по распределению контрольных цифр приема граждан и численности обучающихся, определенной за год (среднегодовой контингент).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Государственное задание формируется согласно </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P425" w:tooltip="                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N &lt;1&gt;      │    │">
+      <w:hyperlink w:history="0" w:anchor="P283" w:tooltip="                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N &lt;1&gt;      │    │">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложению N 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">При установлении федеральному государственному учреждению государственного задания на оказание нескольких государственных услуг (выполнение нескольких работ) государственное задание формируется из нескольких разделов, каждый из которых содержит требования к оказанию одной государственной услуги (выполнению одной работы).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">При установлении федеральному государственному учреждению государственного задания на оказание государственной услуги (услуг) и выполнение работы (работ) государственное </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P425" w:tooltip="                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N &lt;1&gt;      │    │">
+      <w:hyperlink w:history="0" w:anchor="P283" w:tooltip="                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N &lt;1&gt;      │    │">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">задание</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> формируется из 2 частей, каждая из которых должна содержать отдельно требования к оказанию государственной услуги (услуг) и выполнению работы (работ). Информация, касающаяся государственного задания в целом, включается в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P425" w:tooltip="                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N &lt;1&gt;      │    │">
+      <w:hyperlink w:history="0" w:anchor="P283" w:tooltip="                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N &lt;1&gt;      │    │">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">3-ю часть</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственного задания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В государственном задании могут быть установлены допустимые (возможные) отклонения в процентах (абсолютных величинах) от установленных значений показателей качества и (или) объема, если иное не установлено федеральным законом, в отношении отдельной государственной услуги (работы) либо общее допустимое (возможное) отклонение - в отношении государственного задания или его части. Значения указанных показателей, устанавливаемые на текущий финансовый год, могут быть изменены только при формировании государственного задания на очередной финансовый год.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...56 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink w:history="0" r:id="rId80" w:tooltip="Справочная информация: &quot;Перечень нормативных актов, регулирующих деятельность государственных учреждений, подведомственных федеральным органам исполнительной власти&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId24" w:tooltip="Справочная информация: &quot;Перечень нормативных актов, регулирующих деятельность государственных учреждений, подведомственных федеральным органам исполнительной власти&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Порядок</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> определения и применения значений допустимых (возможных) отклонений устанавливается правовым актом федерального органа исполнительной власти (государственного органа), осуществляющего функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 16.07.2020 N 1052)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Государственное задание, не содержащее сведений, составляющих государственную и иную охраняемую в соответствии с федеральными законами, нормативными правовыми актами Президента Российской Федерации и Правительства Российской Федерации тайну (далее - сведения, составляющие государственную тайну), формируется в форме электронного документа в установленном порядке в государственной интегрированной информационной системе управления общественными финансами "Электронный бюджет" (далее - система "Электронный бюджет") в том числе посредством информационного взаимодействия с иными информационными системами федеральных органов исполнительной власти (государственных органов), осуществляющих функции и полномочия учредителей в отношении федеральных бюджетных или автономных учреждений, если иное не установлено федеральными законами и нормативными правовыми актами Президента Российской Федерации и Правительства Российской Федерации (далее - органы, осуществляющие функции и полномочия учредителя), главных распорядителей средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения (в случае утверждения федеральному казенному учреждению государственного задания), и подписывается усиленной квалифицированной электронной подписью лица, имеющего право действовать от имени главного распорядителя средств федерального бюджета, в ведении которого находится федеральное казенное учреждение (при утверждении федеральному казенному учреждению государственного задания), либо органа исполнительной власти, осуществляющего функции и полномочия учредителя.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. Государственное задание, не содержащее сведений, составляющих государственную и иную охраняемую в соответствии с федеральными законами, нормативными правовыми актами Президента Российской Федерации и Правительства Российской Федерации тайну (далее - сведения, составляющие государственную тайну), формируется в форме электронного документа в установленном порядке в государственной интегрированной информационной системе управления общественными финансами "Электронный бюджет" (далее - система "Электронный бюджет") в том числе посредством информационного взаимодействия с иными информационными системами федеральных органов исполнительной власти (государственных органов), осуществляющих функции и полномочия учредителей в отношении федеральных бюджетных или автономных учреждений, если иное не установлено федеральными законами и нормативными правовыми актами Президента Российской Федерации и Правительства Российской Федерации (далее - органы, осуществляющие функции и полномочия учредителя), главных распорядителей средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения (в случае утверждения федеральному казенному учреждению государственного задания), и подписывается усиленной квалифицированной электронной подписью лица, имеющего право действовать от имени главного распорядителя средств федерального бюджета, в ведении которого находится федеральное казенное учреждение (при утверждении федеральному казенному учреждению государственного задания), либо органа исполнительной власти, осуществляющего функции и полномочия учредителя.</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Предварительный отчет о выполнении государственного задания и отчет о выполнении государственного задания, указанные в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P360" w:tooltip="46. Перечисление платежа, завершающего выплату субсидии, в IV квартале должно осуществляться не позднее 1 декабря текущего финансового года после предоставления в срок, установленный в государственном задании, федеральным бюджетным или автономным учреждением предварительного отчета о выполнении государственного задания в части предварительной оценки достижения плановых показателей годового объема оказания государственных услуг за соответствующий финансовый год, составленного по форме, аналогичной форме о...">
+      <w:hyperlink w:history="0" w:anchor="P232" w:tooltip="46. Перечисление платежа, завершающего выплату субсидии, в IV квартале должно осуществляться не позднее 1 декабря текущего финансового года после предоставления в срок, установленный в государственном задании, федеральным бюджетным или автономным учреждением предварительного отчета о выполнении государственного задания в части предварительной оценки достижения плановых показателей годового объема оказания государственных услуг за соответствующий финансовый год, составленного по форме, аналогичной форме о...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктах 46</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P380" w:tooltip="47. Федеральные бюджетные и автономные учреждения, федеральные казенные учреждения представляют соответственно органам, осуществляющим функции и полномочия учредителей в отношении федеральных бюджетных или автономных учреждений, главным распорядителям средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, отчет о выполнении государственного задания, предусмотренный приложением N 2 к настоящему Положению, в соответствии с требованиями, установленными в государственном з...">
+      <w:hyperlink w:history="0" w:anchor="P243" w:tooltip="47. Федеральные бюджетные и автономные учреждения, федеральные казенные учреждения представляют соответственно органам, осуществляющим функции и полномочия учредителей, главным распорядителям средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, отчет о выполнении государственного задания, предусмотренный приложением N 2 к настоящему Положению, в соответствии с требованиями, установленными в государственном задании.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">47</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, не содержащие сведений, составляющих государственную тайну, формируются в системе "Электронный бюджет" в том числе посредством информационного взаимодействия с иными информационными системами органов, осуществляющих функции и полномочия учредителей (главных распорядителей средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения в случае утверждения федеральному казенному учреждению государственного задания).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Информационное взаимодействие системы "Электронный бюджет" с информационными системами органов, осуществляющих функции и полномочия учредителя, осуществляется в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId83" w:tooltip="Постановление Правительства РФ от 30.06.2015 N 658 (ред. от 07.04.2025) &quot;О государственной интегрированной информационной системе управления общественными финансами &quot;Электронный бюджет&quot; (вместе с &quot;Положением о государственной интегрированной информационной системе управления общественными финансами &quot;Электронный бюджет&quot;) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId25" w:tooltip="Постановление Правительства РФ от 30.06.2015 N 658 (ред. от 01.11.2025) &quot;О государственной интегрированной информационной системе управления общественными финансами &quot;Электронный бюджет&quot; (вместе с &quot;Положением о государственной интегрированной информационной системе управления общественными финансами &quot;Электронный бюджет&quot;) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Положением</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> о государственной интегрированной информационной системе управления общественными финансами "Электронный бюджет", утвержденным постановлением Правительства Российской Федерации от 30 июня 2015 г. N 658 "О государственной интегрированной информационной системе управления общественными финансами "Электронный бюджет".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Регламент обмена информацией между системой "Электронный бюджет" и иными информационными системами в целях формирования государственного задания, не содержащего сведений, составляющих государственную тайну, устанавливается Министерством финансов Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Государственное задание федеральному государственному учреждению, устав которого утвержден нормативным правовым актом Президента Российской Федерации, формируется и утверждается в порядке, установленном настоящим Положением, если иное не предусмотрено уставом указанного учреждения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 31.12.2019 N 1944)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственное задание федеральным бюджетным и автономным учреждениям, функции и полномочия учредителя в отношении которых осуществляет Правительство Российской Федерации, если иное не предусмотрено уставом федерального бюджетного и автономного учреждения, формируется в системе "Электронный бюджет" федеральным органом исполнительной власти, осуществляющим отдельные функции и полномочия учредителя в отношении таких учреждений, и утверждается Правительством Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Государственное задание федеральным бюджетным и автономным учреждениям, функции и полномочия учредителя в отношении которых осуществляет Правительство Российской Федерации, если иное не предусмотрено уставом федерального бюджетного и автономного учреждения, формируется в системе "Электронный бюджет" федеральным органом исполнительной власти, осуществляющим отдельные функции и полномочия учредителя в отношении таких учреждений, и утверждается Правительством Российской Федерации.</w:t>
+        <w:t xml:space="preserve">При формировании государственного задания, не содержащего сведений, составляющих государственную тайну, применяются справочники, реестры и классификаторы, используемые в информационных системах в сфере управления государственными и муниципальными финансами.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">При формировании государственного задания, не содержащего сведений, составляющих государственную тайну, применяются справочники, реестры и классификаторы, используемые в информационных системах в сфере управления государственными и муниципальными финансами.</w:t>
+        <w:t xml:space="preserve">Государственное задание, содержащее сведения, составляющие государственную тайну, формируется в форме бумажного документа с соблюдением законодательства Российской Федерации о государственной тайне.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Государственное задание, содержащее сведения, составляющие государственную тайну, формируется в форме бумажного документа с соблюдением законодательства Российской Федерации о государственной тайне.</w:t>
+        <w:t xml:space="preserve">5. Государственное задание формируется в процессе формирования федерального бюджета на очередной финансовый год и плановый период и утверждается не позднее 15 рабочих дней со дня отражения на лицевом счете главного распорядителя бюджетных средств, открытом соответствующему главному распорядителю средств федерального бюджета, лимитов бюджетных обязательств на финансовое обеспечение выполнения государственного задания в отношении:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 06.10.2016 N 1006)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) федеральных казенных учреждений - главными распорядителями средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">5. Государственное задание формируется в процессе формирования федерального бюджета на очередной финансовый год и плановый период и утверждается не позднее 15 рабочих дней со дня отражения на лицевом счете главного распорядителя бюджетных средств, открытом соответствующему главному распорядителю средств федерального бюджета, лимитов бюджетных обязательств на финансовое обеспечение выполнения государственного задания в отношении:</w:t>
+        <w:t xml:space="preserve">б) федеральных бюджетных или автономных учреждений - органами, осуществляющими функции и полномочия учредителя.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">а) федеральных казенных учреждений - главными распорядителями средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения;</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">6. Государственное </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P425" w:tooltip="                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N &lt;1&gt;      │    │">
+      <w:hyperlink w:history="0" w:anchor="P283" w:tooltip="                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N &lt;1&gt;      │    │">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">задание</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> утверждается на срок, соответствующий установленному бюджетным законодательством Российской Федерации сроку формирования федерального бюджета.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае внесения изменений в показатели государственного задания формируется новое государственное </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P425" w:tooltip="                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N &lt;1&gt;      │    │">
+      <w:hyperlink w:history="0" w:anchor="P283" w:tooltip="                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N &lt;1&gt;      │    │">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">задание</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (с учетом внесенных изменений) в соответствии с положениями настоящего раздела.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае внесения изменений в показатели государственного задания федеральным бюджетным и автономным учреждениям, функции и полномочия учредителя в отношении которых осуществляет Правительство Российской Федерации, если иное не предусмотрено уставом федерального бюджетного и автономного учреждения, в системе "Электронный бюджет" формируется новое государственное задание (с учетом внесенных изменений) в соответствии с положениями настоящего раздела федеральным органом исполнительной власти, осуществляющим отдельные функции и полномочия учредителя в отношении таких учреждений, и такие изменения утверждаются Правительством Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 06.10.2016 N 1006)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При изменении подведомственности федерального государственного учреждения в государственном задании подлежит изменению информация, включенная в 3-ю часть государственного задания, в том числе в части уточнения положений о периодичности и сроках представления отчетов о выполнении государственного задания, сроков представления предварительного отчета о выполнении государственного задания, а также порядка осуществления контроля за выполнением государственного задания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">При изменении подведомственности федерального государственного учреждения в государственном задании подлежит изменению информация, включенная в 3-ю часть государственного задания, в том числе в части уточнения положений о периодичности и сроках представления отчетов о выполнении государственного задания, сроков представления предварительного отчета о выполнении государственного задания, а также порядка осуществления контроля за выполнением государственного задания.</w:t>
+        <w:t xml:space="preserve">При реорганизации федерального государственного учреждения (слияние, присоединение, выделение, разделение) государственное задание подлежит изменению в части уточнения показателей государственного задания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 09.07.2019 N 873)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При реорганизации федерального государственного учреждения в форме слияния, присоединения показатели государственного задания федеральных государственных учреждений - правопреемников формируются с учетом показателей государственных заданий реорганизуемых федеральных государственных учреждений, прекращающих свою деятельность, путем суммирования (построчного объединения) показателей государственных заданий реорганизованных учреждений.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">При реорганизации федерального государственного учреждения (слияние, присоединение, выделение, разделение) государственное задание подлежит изменению в части уточнения показателей государственного задания.</w:t>
+        <w:t xml:space="preserve">При реорганизации федерального государственного учреждения в форме выделения показатели государственного задания федерального государственного учреждения, реорганизованного путем выделения из него других федеральных государственных учреждений, подлежат уменьшению на показатели государственных заданий вновь возникших юридических лиц.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 09.07.2019 N 873)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При реорганизации федерального государственного учреждения в форме разделения показатели государственных заданий вновь возникших юридических лиц формируются путем разделения соответствующих показателей государственного задания реорганизованного федерального государственного учреждения, прекращающего свою деятельность.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">При реорганизации федерального государственного учреждения в форме слияния, присоединения показатели государственного задания федеральных государственных учреждений - правопреемников формируются с учетом показателей государственных заданий реорганизуемых федеральных государственных учреждений, прекращающих свою деятельность, путем суммирования (построчного объединения) показателей государственных заданий реорганизованных учреждений.</w:t>
+        <w:t xml:space="preserve">Показатели государственных заданий федеральных государственных учреждений, прекращающих свою деятельность в результате реорганизации, принимают нулевые значения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...22 lines deleted...]
-    </w:p>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Показатели государственных заданий реорганизованных федеральных государственных учреждений, за исключением федеральных государственных учреждений, прекращающих свою деятельность, после завершения реорганизации при суммировании соответствующих показателей должны соответствовать показателям государственных заданий указанных федеральных государственных учреждений до начала их реорганизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="86" w:name="P86"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">При реорганизации федерального государственного учреждения в форме выделения показатели государственного задания федерального государственного учреждения, реорганизованного путем выделения из него других федеральных государственных учреждений, подлежат уменьшению на показатели государственных заданий вновь возникших юридических лиц.</w:t>
-[...164 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">7. Распределение показателей объема государственных услуг (работ), содержащихся в государственном задании, утвержденном федеральному государственному учреждению, между созданными им в установленном порядке обособленными подразделениями или внесение изменений в указанные показатели осуществляется в соответствии с положениями настоящего раздела по </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P990" w:tooltip="                     РАСПРЕДЕЛЕНИЕ ПОКАЗАТЕЛЕЙ ОБЪЕМА">
+      <w:hyperlink w:history="0" w:anchor="P846" w:tooltip="                     РАСПРЕДЕЛЕНИЕ ПОКАЗАТЕЛЕЙ ОБЪЕМА">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">форме</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, установленной для государственного задания, согласно приложению N 1(1) органом, осуществляющим функции и полномочия учредителя, - в отношении федеральных бюджетных или автономных учреждений или главными распорядителями средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, - в отношении указанных учреждений.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">По решению указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P130" w:tooltip="7. Распределение показателей объема государственных услуг (работ), содержащихся в государственном задании, утвержденном федеральному государственному учреждению, между созданными им в установленном порядке обособленными подразделениями или внесение изменений в указанные показатели осуществляется в соответствии с положениями настоящего раздела по форме, установленной для государственного задания, согласно приложению N 1(1) органом, осуществляющим функции и полномочия учредителя, - в отношении федеральных ...">
+      <w:hyperlink w:history="0" w:anchor="P86" w:tooltip="7. Распределение показателей объема государственных услуг (работ), содержащихся в государственном задании, утвержденном федеральному государственному учреждению, между созданными им в установленном порядке обособленными подразделениями или внесение изменений в указанные показатели осуществляется в соответствии с положениями настоящего раздела по форме, установленной для государственного задания, согласно приложению N 1(1) органом, осуществляющим функции и полномочия учредителя, - в отношении федеральных ...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта органа, осуществляющего функции и полномочия учредителя, главного распорядителя средств федерального бюджета соответственно распределение показателей объема государственных услуг (работ), содержащихся в государственном задании, утвержденном федеральному государственному учреждению, между созданными им в установленном порядке обособленными подразделениями или внесение изменений в указанные показатели осуществляется самостоятельно федеральным государственным учреждением в соответствии с положениями настоящего раздела по </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P990" w:tooltip="                     РАСПРЕДЕЛЕНИЕ ПОКАЗАТЕЛЕЙ ОБЪЕМА">
+      <w:hyperlink w:history="0" w:anchor="P846" w:tooltip="                     РАСПРЕДЕЛЕНИЕ ПОКАЗАТЕЛЕЙ ОБЪЕМА">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">форме</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, установленной для государственного задания, предусмотренной приложением N 1(1) к настоящему Положению.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Государственное </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P425" w:tooltip="                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N &lt;1&gt;      │    │">
+      <w:hyperlink w:history="0" w:anchor="P283" w:tooltip="                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N &lt;1&gt;      │    │">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">задание</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> формируется на оказание государственных услуг (выполнение работ), определенных в качестве основных видов деятельности федеральных государственных учреждений, содержащихся в общероссийских базовых (отраслевых) перечнях (классификаторах) государственных и муниципальных услуг, оказываемых физическим лицам (далее - общероссийские базовые перечни), и федеральных перечнях (классификаторах) государственных услуг, не включенных в общероссийские базовые (отраслевые) перечни (классификаторы) государственных и муниципальных услуг, оказываемых физическим лицам, и работ, оказание и выполнение которых предусмотрено нормативными правовыми актами Российской Федерации (далее - федеральные перечни), утвержденных федеральными органами исполнительной власти, осуществляющими функции по выработке государственной политики и нормативно-правовому регулированию в установленных сферах деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="134" w:name="P134"/>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:id="89" w:name="P89"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Государственное задание на выполнение работ по проведению научных исследований (разработок) формируется федеральными органами исполнительной власти в отношении подведомственных федеральных государственных учреждений только по тем научным темам, целесообразность финансирования за счет средств федерального бюджета которых в установленном порядке определена федеральным государственным бюджетным учреждением "Российская академия наук".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 04.02.2025 N 100)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Научные темы научных исследований (разработок), содержащиеся в государственном задании на текущий финансовый год и плановый период, не включаются в государственное задание при его формировании на очередной финансовый год и плановый период в случае получения в установленном порядке в текущем финансовом году заключений федерального государственного бюджетного учреждения "Российская академия наук" по отчетам научных организаций и образовательных организаций высшего образования о проведенных научных исследованиях, полученных научных и (или) научно-технических результатах за отчетный финансовый год, содержащих вывод о нецелесообразности финансирования научных тем научных исследований (разработок) на следующий финансовый год за счет средств федерального бюджета, при одном из условий:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Научные темы научных исследований (разработок), содержащиеся в государственном задании на текущий финансовый год и плановый период, не включаются в государственное задание при его формировании на очередной финансовый год и плановый период в случае получения в установленном порядке в текущем финансовом году заключений федерального государственного бюджетного учреждения "Российская академия наук" по отчетам научных организаций и образовательных организаций высшего образования о проведенных научных исследованиях, полученных научных и (или) научно-технических результатах за отчетный финансовый год, содержащих вывод о нецелесообразности финансирования научных тем научных исследований (разработок) на следующий финансовый год за счет средств федерального бюджета, при одном из условий:</w:t>
+        <w:t xml:space="preserve">если указанные отчеты не были скорректированы с учетом заключений федерального государственного бюджетного учреждения "Российская академия наук", содержащих вывод о нецелесообразности финансирования научных тем научных исследований (разработок) на следующий финансовый год за счет средств федерального бюджета, и повторно направлены в федеральное государственное бюджетное учреждение "Российская академия наук";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...22 lines deleted...]
-    </w:p>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">если по указанным отчетам, скорректированным с учетом заключений федерального государственного бюджетного учреждения "Российская академия наук", содержащих вывод о нецелесообразности финансирования научных тем научных исследований (разработок) на следующий финансовый год за счет средств федерального бюджета, повторно получены заключения федерального государственного бюджетного учреждения "Российская академия наук", содержащие вывод о нецелесообразности финансирования научных тем научных исследований (разработок) на следующий финансовый год за счет средств федерального бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="93" w:name="P93"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">если указанные отчеты не были скорректированы с учетом заключений федерального государственного бюджетного учреждения "Российская академия наук", содержащих вывод о нецелесообразности финансирования научных тем научных исследований (разработок) на следующий финансовый год за счет средств федерального бюджета, и повторно направлены в федеральное государственное бюджетное учреждение "Российская академия наук";</w:t>
+        <w:t xml:space="preserve">Государственное задание на выполнение работ по проведению научных исследований (разработок) должно содержать запланированные к достижению по завершении текущего финансового года результаты выполнения научных тем научных исследований (разработок).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">если по указанным отчетам, скорректированным с учетом заключений федерального государственного бюджетного учреждения "Российская академия наук", содержащих вывод о нецелесообразности финансирования научных тем научных исследований (разработок) на следующий финансовый год за счет средств федерального бюджета, повторно получены заключения федерального государственного бюджетного учреждения "Российская академия наук", содержащие вывод о нецелесообразности финансирования научных тем научных исследований (разработок) на следующий финансовый год за счет средств федерального бюджета.</w:t>
-[...82 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Требования, установленные </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P134" w:tooltip="Государственное задание на выполнение работ по проведению научных исследований (разработок) формируется федеральными органами исполнительной власти в отношении подведомственных федеральных государственных учреждений только по тем научным темам, целесообразность финансирования за счет средств федерального бюджета которых в установленном порядке определена федеральным государственным бюджетным учреждением &quot;Российская академия наук&quot;.">
+      <w:hyperlink w:history="0" w:anchor="P89" w:tooltip="Государственное задание на выполнение работ по проведению научных исследований (разработок) формируется федеральными органами исполнительной власти в отношении подведомственных федеральных государственных учреждений только по тем научным темам, целесообразность финансирования за счет средств федерального бюджета которых в установленном порядке определена федеральным государственным бюджетным учреждением &quot;Российская академия наук&quot;.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацами вторым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P142" w:tooltip="Государственное задание на выполнение работ по проведению научных исследований (разработок) должно содержать запланированные к достижению по завершении текущего финансового года результаты выполнения научных тем научных исследований (разработок).">
+      <w:hyperlink w:history="0" w:anchor="P93" w:tooltip="Государственное задание на выполнение работ по проведению научных исследований (разработок) должно содержать запланированные к достижению по завершении текущего финансового года результаты выполнения научных тем научных исследований (разработок).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">шестым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, не распространяются на научные исследования (разработки), проводимые организациями, подведомственными Министерству обороны Российской Федерации, Министерству внутренних дел Российской Федерации, Министерству иностранных дел Российской Федерации, Министерству Российской Федерации по делам гражданской обороны, чрезвычайным ситуациям и ликвидации последствий стихийных бедствий, Федеральной службе безопасности Российской Федерации, Федеральной службе по техническому и экспортному контролю, Федеральной службе войск национальной гвардии Российской Федерации, Федеральной службе исполнения наказаний, Федеральной службе охраны Российской Федерации и Федеральному медико-биологическому агентству.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...98 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">9. Государственное задание, распределение показателей объема государственных услуг (работ), содержащихся в государственном задании, утвержденном федеральному государственному учреждению, между созданными им в установленном порядке обособленными подразделениями и отчет о выполнении государственного задания, формируемый согласно </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P380" w:tooltip="47. Федеральные бюджетные и автономные учреждения, федеральные казенные учреждения представляют соответственно органам, осуществляющим функции и полномочия учредителей в отношении федеральных бюджетных или автономных учреждений, главным распорядителям средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, отчет о выполнении государственного задания, предусмотренный приложением N 2 к настоящему Положению, в соответствии с требованиями, установленными в государственном з...">
+      <w:hyperlink w:history="0" w:anchor="P243" w:tooltip="47. Федеральные бюджетные и автономные учреждения, федеральные казенные учреждения представляют соответственно органам, осуществляющим функции и полномочия учредителей, главным распорядителям средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, отчет о выполнении государственного задания, предусмотренный приложением N 2 к настоящему Положению, в соответствии с требованиями, установленными в государственном задании.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункту 47</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, не содержащие сведений, составляющих государственную тайну, включаются в реестр государственных заданий, ведение которого осуществляется в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId107" w:tooltip="Приказ Минфина России от 16.11.2015 N 177н (ред. от 25.02.2021) &quot;О порядке ведения реестра государственных заданий на оказание государственных услуг (выполнение работ)&quot; (Зарегистрировано в Минюсте России 16.12.2015 N 40117) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId26" w:tooltip="Приказ Минфина России от 16.11.2015 N 177н (ред. от 25.02.2021) &quot;О порядке ведения реестра государственных заданий на оказание государственных услуг (выполнение работ)&quot; (Зарегистрировано в Минюсте России 16.12.2015 N 40117) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">порядке</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, установленном Министерством финансов Российской Федерации. Реестр государственных заданий размещается на едином портале бюджетной системы Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">10. Государственное задание, распределение показателей объема государственных услуг (работ), содержащихся в государственном задании, утвержденном федеральному государственному учреждению, между созданными им в установленном порядке обособленными подразделениями и отчет о выполнении государственного задания, формируемый согласно </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P380" w:tooltip="47. Федеральные бюджетные и автономные учреждения, федеральные казенные учреждения представляют соответственно органам, осуществляющим функции и полномочия учредителей в отношении федеральных бюджетных или автономных учреждений, главным распорядителям средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, отчет о выполнении государственного задания, предусмотренный приложением N 2 к настоящему Положению, в соответствии с требованиями, установленными в государственном з...">
+      <w:hyperlink w:history="0" w:anchor="P243" w:tooltip="47. Федеральные бюджетные и автономные учреждения, федеральные казенные учреждения представляют соответственно органам, осуществляющим функции и полномочия учредителей, главным распорядителям средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, отчет о выполнении государственного задания, предусмотренный приложением N 2 к настоящему Положению, в соответствии с требованиями, установленными в государственном задании.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункту 47</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, не содержащие сведений, составляющих государственную тайну, размещаются в установленном Министерством финансов Российской Федерации порядке на официальном сайте в информационно-телекоммуникационной сети "Интернет" по размещению информации о государственных и муниципальных учреждениях (</w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId109">
+      <w:hyperlink w:history="0" r:id="rId27">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">www.bus.gov.ru</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">), а также могут быть размещены на официальных сайтах в информационно-телекоммуникационной сети "Интернет" главных распорядителей средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, и органов, осуществляющих функции и полномочия учредителя, и на официальных сайтах в информационно-телекоммуникационной сети "Интернет" федеральных государственных учреждений.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">(п. 10 в ред. </w:t>
-[...25 lines deleted...]
-        </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:outlineLvl w:val="1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">II. Финансовое обеспечение выполнения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">государственного задания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="155" w:name="P155"/>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:id="101" w:name="P101"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">11. Объем финансового обеспечения выполнения государственного задания рассчитывается на основании нормативных затрат на оказание государственных услуг, нормативных затрат, связанных с выполнением работ, с учетом затрат на содержание недвижимого имущества и особо ценного движимого имущества, используемого федеральным государственным учреждением при выполнении государственного задания (далее - имущество учреждения), затрат на уплату налогов, в качестве объекта налогообложения по которым признается имущество учреждения.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">11. Объем финансового обеспечения выполнения государственного задания рассчитывается на основании нормативных затрат на оказание государственных услуг, нормативных затрат, связанных с выполнением работ, с учетом затрат на содержание недвижимого имущества и особо ценного движимого имущества, используемого федеральным государственным учреждением при выполнении государственного задания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="102" w:name="P102"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">12. Объем финансового обеспечения выполнения государственного задания (R) определяется по формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:position w:val="-11"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="4572000" cy="266700"/>
+            <wp:extent cx="4105275" cy="266700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Консультант Плюс"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId112">
+                    <a:blip r:embed="rId28">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4572000" cy="266700"/>
+                      <a:ext cx="4105275" cy="266700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">где:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - нормативные затраты на оказание i-й государственной услуги, установленной государственным заданием;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - объем i-й государственной услуги, установленной государственным заданием;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - нормативные затраты на выполнение w-й работы, установленной государственным заданием;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - объем w-й работы, установленной государственным заданием;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pi - размер платы (тариф и цена) за оказание i-й государственной услуги в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P307" w:tooltip="36. В случае если федеральное бюджетное или автономное учреждение осуществляет платную деятельность в рамках установленного государственного задания, по которому в соответствии с федеральными законами предусмотрено взимание платы, объем финансового обеспечения выполнения государственного задания, рассчитанный на основе нормативных затрат (затрат), подлежит уменьшению на объем доходов от платной деятельности исходя из объема государственной услуги (работы), за оказание (выполнение) которой предусмотрено в...">
+      <w:hyperlink w:history="0" w:anchor="P193" w:tooltip="36. В случае если федеральное бюджетное или автономное учреждение в рамках установленного государственного задания оказывает государственные услуги (выполняет работы) для физических и юридических лиц с взиманием платы в случаях, предусмотренных федеральными законами, объем финансового обеспечения выполнения государственного задания, рассчитанный на основе нормативных затрат, подлежит уменьшению на объем доходов от указанной платной деятельности исходя из объема государственной услуги (работы), за оказани...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 36</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, установленный государственным заданием;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pw - размер платы (тариф и цена) за выполнение w-й работы в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P307" w:tooltip="36. В случае если федеральное бюджетное или автономное учреждение осуществляет платную деятельность в рамках установленного государственного задания, по которому в соответствии с федеральными законами предусмотрено взимание платы, объем финансового обеспечения выполнения государственного задания, рассчитанный на основе нормативных затрат (затрат), подлежит уменьшению на объем доходов от платной деятельности исходя из объема государственной услуги (работы), за оказание (выполнение) которой предусмотрено в...">
+      <w:hyperlink w:history="0" w:anchor="P193" w:tooltip="36. В случае если федеральное бюджетное или автономное учреждение в рамках установленного государственного задания оказывает государственные услуги (выполняет работы) для физических и юридических лиц с взиманием платы в случаях, предусмотренных федеральными законами, объем финансового обеспечения выполнения государственного задания, рассчитанный на основе нормативных затрат, подлежит уменьшению на объем доходов от указанной платной деятельности исходя из объема государственной услуги (работы), за оказани...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 36</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, установленный государственным заданием;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId114" w:tooltip="Постановление Правительства РФ от 28.12.2020 N 2313 &quot;О внесении изменений в Положение о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания&quot; {КонсультантПлюс}">
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">абзац утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId29" w:tooltip="Постановление Правительства РФ от 10.12.2025 N 2005 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
-          <w:t xml:space="preserve">Постановления</w:t>
+          <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства РФ от 28.12.2020 N 2313)</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Правительства РФ от 10.12.2025 N 2005.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="114" w:name="P114"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">N</w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">13. Нормативные затраты на оказание государственной услуги рассчитываются на единицу показателя объема оказания услуги, установленного в государственном задании, на основе определяемых в соответствии с настоящим Положением базового норматива затрат и корректирующих коэффициентов к базовым нормативам затрат (далее - корректирующие коэффициенты), с соблюдением </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId116" w:tooltip="Справочная информация: &quot;Перечень нормативных актов, регулирующих деятельность государственных учреждений, подведомственных федеральным органам исполнительной власти&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId30" w:tooltip="Справочная информация: &quot;Перечень нормативных актов, регулирующих деятельность государственных учреждений, подведомственных федеральным органам исполнительной власти&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">общих требований</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> к определению нормативных затрат на оказание государственных (муниципальных) услуг, применяемых при расчете объема финансового обеспечения выполнения государственного (муниципального) задания на оказание государственных (муниципальных) услуг (выполнение работ) государственным (муниципальным) учреждением в соответствующих сферах деятельности (далее - общие требования), утверждаемых федеральными органами исполнительной власти, осуществляющими функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="173" w:name="P173"/>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:id="115" w:name="P115"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">По решению федерального органа исполнительной власти, осуществляющего функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, общие требования направляются в Министерство финансов Российской Федерации на согласование.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Общими требованиями может устанавливаться, что нормативные затраты на оказание отдельных государственных услуг в соответствующих сферах определяются с учетом иных нормативных правовых актов Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 27.05.2021 N 806)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Значения нормативных затрат на оказание государственной услуги утверждаются в отношении:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">14. Значения нормативных затрат на оказание государственной услуги утверждаются в отношении:</w:t>
+        <w:t xml:space="preserve">а) федеральных казенных учреждений - главным распорядителем средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения, в случае принятия им решения о применении нормативных затрат при расчете объема финансового обеспечения выполнения государственного задания;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...41 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">а) федеральных казенных учреждений - главным распорядителем средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения, в случае принятия им решения о применении нормативных затрат при расчете объема финансового обеспечения выполнения государственного задания;</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">б) федеральных бюджетных или автономных учреждений - органом, осуществляющим функции и полномочия учредителя, с учетом положений </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P180" w:tooltip="15. Значения нормативных затрат на оказание государственной услуги федеральными бюджетными и автономными учреждениями, функции и полномочия учредителя в отношении которых осуществляет Правительство Российской Федерации, утверждаются указанными учреждениями.">
+      <w:hyperlink w:history="0" w:anchor="P120" w:tooltip="15. Значения нормативных затрат на оказание государственной услуги федеральными бюджетными и автономными учреждениями, функции и полномочия учредителя в отношении которых осуществляет Правительство Российской Федерации, утверждаются указанными учреждениями.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункта 15</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="180" w:name="P180"/>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:id="120" w:name="P120"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">15. Значения нормативных затрат на оказание государственной услуги федеральными бюджетными и автономными учреждениями, функции и полномочия учредителя в отношении которых осуществляет Правительство Российской Федерации, утверждаются указанными учреждениями.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Значения нормативных затрат на оказание государственной услуги федеральным государственным учреждением, устав которого утвержден нормативным правовым актом Президента Российской Федерации, утверждаются указанным учреждением, если иное не предусмотрено уставом такого учреждения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="122" w:name="P122"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 31.12.2019 N 1944)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15(1). Значения нормативных затрат на оказание государственной услуги (с учетом корректирующих коэффициентов), не являющиеся сведениями, составляющими государственную тайну, утверждаются в форме электронного документа в системе "Электронный бюджет" путем подписания усиленной квалифицированной электронной подписью лица, имеющего право действовать от имени соответствующего органа исполнительной власти (учреждения).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...24 lines deleted...]
-    <w:bookmarkEnd w:id="184"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Значения нормативных затрат на оказание государственной услуги (с учетом корректирующих коэффициентов), являющиеся сведениями, составляющими государственную тайну, утверждаются в форме бумажного документа с соблюдением законодательства Российской Федерации о государственной тайне путем проставления грифа утверждения, содержащего наименование должности, подпись (расшифровку подписи) лица, имеющего право действовать от имени соответствующего органа исполнительной власти (учреждения), и дату утверждения.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">15(1). Значения нормативных затрат на оказание государственной услуги (с учетом корректирующих коэффициентов), не являющиеся сведениями, составляющими государственную тайну, утверждаются в форме электронного документа в системе "Электронный бюджет" путем подписания усиленной квалифицированной электронной подписью лица, имеющего право действовать от имени соответствующего органа исполнительной власти (учреждения).</w:t>
+        <w:t xml:space="preserve">16. Базовый норматив затрат на оказание государственной услуги состоит из базового норматива:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Значения нормативных затрат на оказание государственной услуги (с учетом корректирующих коэффициентов), являющиеся сведениями, составляющими государственную тайну, утверждаются в форме бумажного документа с соблюдением законодательства Российской Федерации о государственной тайне путем проставления грифа утверждения, содержащего наименование должности, подпись (расшифровку подписи) лица, имеющего право действовать от имени соответствующего органа исполнительной власти (учреждения), и дату утверждения.</w:t>
+        <w:t xml:space="preserve">а) затрат, непосредственно связанных с оказанием государственной услуги;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 09.07.2019 N 873)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) затрат на общехозяйственные нужды на оказание государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">16. Базовый норматив затрат на оказание государственной услуги состоит из базового норматива:</w:t>
-[...40 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">17. Базовый норматив затрат рассчитывается исходя из затрат, необходимых для оказания государственной услуги, с соблюдением показателей, отражающих отраслевую специфику государственной услуги (содержание, условия (формы) оказания государственной услуги), установленных в общероссийских базовых перечнях и (или) федеральных перечнях, отраслевой корректирующий коэффициент при которых принимает значение, равное 1, а также показателей, отражающих отраслевую специфику государственной услуги, установленных в общих требованиях, отраслевой корректирующий коэффициент при которых определяется по каждому показателю индивидуально с учетом требований </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P237" w:tooltip="26. Отраслевой корректирующий коэффициент учитывает показатели отраслевой специфики и определяется в соответствии с общими требованиями.">
+      <w:hyperlink w:history="0" w:anchor="P158" w:tooltip="26. Отраслевой корректирующий коэффициент учитывает показатели отраслевой специфики и определяется в соответствии с общими требованиями.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункта 26</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения (далее - показатели отраслевой специфики).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="128" w:name="P128"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...43 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">18. При определении базового норматива затрат в части затрат, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P195" w:tooltip="19. В базовый норматив затрат, непосредственно связанных с оказанием государственной услуги, включаются:">
+      <w:hyperlink w:history="0" w:anchor="P130" w:tooltip="19. В базовый норматив затрат, непосредственно связанных с оказанием государственной услуги, включаются:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, применяются </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">нормы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> материальных, технических и трудовых ресурсов, используемых для оказания государственной услуги, установленные нормативными правовыми актами Российской Федерации (в том числе правовыми актами федеральных органов исполнительной власти, осуществляющих функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности), межгосударственными, национальными (государственными) стандартами Российской Федерации, строительными нормами и правилами, санитарными нормами и правилами, стандартами, порядками, регламентами и паспортами оказания государственных услуг в установленной сфере (далее - стандарты услуги).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Затраты, указанные в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P203" w:tooltip="20. В базовый норматив затрат на общехозяйственные нужды на оказание государственной услуги включаются:">
+      <w:hyperlink w:history="0" w:anchor="P135" w:tooltip="20. В базовый норматив затрат на общехозяйственные нужды на оказание государственной услуги включаются:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пункте 20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, устанавливаются по видам указанных затрат исходя из нормативов их потребления, определяемых на основании стандартов услуги, или на основе усреднения показателей деятельности федерального государственного учреждения, которое имеет минимальный объем указанных затрат на оказание единицы государственной услуги в установленной сфере, или на основе медианного значения по федеральным государственным учреждениям, оказывающим государственную услугу в установленной сфере деятельности, в соответствии с общими требованиями.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="130" w:name="P130"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...24 lines deleted...]
-    <w:bookmarkEnd w:id="195"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. В базовый норматив затрат, непосредственно связанных с оказанием государственной услуги, включаются:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">19. В базовый норматив затрат, непосредственно связанных с оказанием государственной услуги, включаются:</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">а) затраты на оплату труда работников, непосредственно связанных с оказанием государственной услуги, денежное довольствие военнослужащих (сотрудников, имеющих специальное звание), непосредственно связанных с оказанием государственной услуги, и страховые взносы, объектом обложения которых признаются указанные выплаты лицам, подлежащим обязательному социальному страхованию в соответствии с федеральными законами о конкретных видах обязательного социального страхования (далее - обязательные страховые взносы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="132" w:name="P132"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">а) затраты на оплату труда работников, непосредственно связанных с оказанием государственной услуги, денежное довольствие военнослужащих, непосредственно связанных с оказанием государственной услуги, и начисления на выплаты по оплате труда работников, непосредственно связанных с оказанием государственной услуги, включая страховые взносы в Пенсионный фонд Российской Федерации, Фонд социального страхования Российской Федерации и Федеральный фонд обязательного медицинского страхования, страховые взносы на обязательное социальное страхование от несчастных случаев на производстве и профессиональных заболеваний в соответствии с трудовым законодательством и иными нормативными правовыми актами, содержащими нормы трудового права (далее - начисления на выплаты по оплате труда);</w:t>
+        <w:t xml:space="preserve">б) затраты на приобретение материальных запасов и на приобретение движимого имущества (основных средств и нематериальных активов), используемого в процессе оказания государственной услуги, с учетом срока его полезного использования, а также затраты на аренду указанного имущества;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">б) затраты на приобретение материальных запасов и на приобретение движимого имущества (основных средств и нематериальных активов), используемого в процессе оказания государственной услуги, с учетом срока его полезного использования, а также затраты на аренду указанного имущества;</w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">б(1)) утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId129" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId31" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 16.05.2023 N 764;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="201" w:name="P201"/>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:id="134" w:name="P134"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) иные затраты, непосредственно связанные с оказанием государственной услуги, в том числе затраты на оплату коммунальных услуг, содержание объектов недвижимого имущества и (или) особо ценного движимого имущества (аренду указанного имущества) в части имущества, используемого в процессе оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="135" w:name="P135"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...24 lines deleted...]
-    <w:bookmarkEnd w:id="203"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. В базовый норматив затрат на общехозяйственные нужды на оказание государственной услуги включаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="136" w:name="P136"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">20. В базовый норматив затрат на общехозяйственные нужды на оказание государственной услуги включаются:</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">а) затраты на коммунальные услуги, за исключением затрат, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P201" w:tooltip="в) иные затраты, непосредственно связанные с оказанием государственной услуги, в том числе затраты на оплату коммунальных услуг, содержание объектов недвижимого имущества и (или) особо ценного движимого имущества (аренду указанного имущества) в части имущества, используемого в процессе оказания государственной услуги.">
+      <w:hyperlink w:history="0" w:anchor="P134" w:tooltip="в) иные затраты, непосредственно связанные с оказанием государственной услуги, в том числе затраты на оплату коммунальных услуг, содержание объектов недвижимого имущества и (или) особо ценного движимого имущества (аренду указанного имущества) в части имущества, используемого в процессе оказания государственной услуги.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпункте "в" пункта 19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="137" w:name="P137"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) затраты на содержание объектов недвижимого имущества, а также затраты на аренду указанного имущества, за исключением затрат, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P201" w:tooltip="в) иные затраты, непосредственно связанные с оказанием государственной услуги, в том числе затраты на оплату коммунальных услуг, содержание объектов недвижимого имущества и (или) особо ценного движимого имущества (аренду указанного имущества) в части имущества, используемого в процессе оказания государственной услуги.">
+      <w:hyperlink w:history="0" w:anchor="P134" w:tooltip="в) иные затраты, непосредственно связанные с оказанием государственной услуги, в том числе затраты на оплату коммунальных услуг, содержание объектов недвижимого имущества и (или) особо ценного движимого имущества (аренду указанного имущества) в части имущества, используемого в процессе оказания государственной услуги.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпункте "в" пункта 19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="138" w:name="P138"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...43 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) затраты на содержание объектов особо ценного движимого имущества, а также затраты на аренду указанного имущества, за исключением затрат, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P201" w:tooltip="в) иные затраты, непосредственно связанные с оказанием государственной услуги, в том числе затраты на оплату коммунальных услуг, содержание объектов недвижимого имущества и (или) особо ценного движимого имущества (аренду указанного имущества) в части имущества, используемого в процессе оказания государственной услуги.">
+      <w:hyperlink w:history="0" w:anchor="P134" w:tooltip="в) иные затраты, непосредственно связанные с оказанием государственной услуги, в том числе затраты на оплату коммунальных услуг, содержание объектов недвижимого имущества и (или) особо ценного движимого имущества (аренду указанного имущества) в части имущества, используемого в процессе оказания государственной услуги.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпункте "в" пункта 19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="139" w:name="P139"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...43 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">г) утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId136" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId32" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 16.05.2023 N 764;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д) затраты на приобретение услуг связи;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">е) затраты на приобретение транспортных услуг;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ж) затраты на оплату труда работников, которые не принимают непосредственного участия в оказании государственной услуги, денежное довольствие военнослужащих, которые не принимают непосредственного участия в оказании государственной услуги, и начисления на выплаты по оплате труда работников, которые не принимают непосредственного участия в оказании государственной услуги;</w:t>
+        <w:t xml:space="preserve">ж) затраты на оплату труда работников, которые не принимают непосредственного участия в оказании государственной услуги, денежное довольствие военнослужащих (сотрудников, имеющих специальное звание), которые не принимают непосредственного участия в оказании государственной услуги, и обязательные страховые взносы указанных работников;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...22 lines deleted...]
-    </w:p>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">з) затраты на прочие общехозяйственные нужды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="144" w:name="P144"/>
+    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">з) затраты на прочие общехозяйственные нужды.</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">21. В затраты, указанные в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P204" w:tooltip="а) затраты на коммунальные услуги, за исключением затрат, указанных в подпункте &quot;в&quot; пункта 19 настоящего Положения;">
+      <w:hyperlink w:history="0" w:anchor="P136" w:tooltip="а) затраты на коммунальные услуги, за исключением затрат, указанных в подпункте &quot;в&quot; пункта 19 настоящего Положения;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктах "а"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P208" w:tooltip="в) затраты на содержание объектов особо ценного движимого имущества, а также затраты на аренду указанного имущества, за исключением затрат, указанных в подпункте &quot;в&quot; пункта 19 настоящего Положения;">
+      <w:hyperlink w:history="0" w:anchor="P138" w:tooltip="в) затраты на содержание объектов особо ценного движимого имущества, а также затраты на аренду указанного имущества, за исключением затрат, указанных в подпункте &quot;в&quot; пункта 19 настоящего Положения;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"в" пункта 20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, включаются затраты на оказание государственной услуги в отношении имущества учреждения, используемого в том числе на основании договора аренды (финансовой аренды) или договора безвозмездного пользования, для выполнения государственного задания и общехозяйственных нужд (далее - имущество, необходимое для выполнения государственного задания).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Абзацы второй - третий утратили силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId138" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId33" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 16.05.2023 N 764.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Затраты на аренду имущества, включенные в затраты, указанные в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P198" w:tooltip="б) затраты на приобретение материальных запасов и на приобретение движимого имущества (основных средств и нематериальных активов), используемого в процессе оказания государственной услуги, с учетом срока его полезного использования, а также затраты на аренду указанного имущества;">
+      <w:hyperlink w:history="0" w:anchor="P132" w:tooltip="б) затраты на приобретение материальных запасов и на приобретение движимого имущества (основных средств и нематериальных активов), используемого в процессе оказания государственной услуги, с учетом срока его полезного использования, а также затраты на аренду указанного имущества;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпункте "б" пункта 19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P206" w:tooltip="б) затраты на содержание объектов недвижимого имущества, а также затраты на аренду указанного имущества, за исключением затрат, указанных в подпункте &quot;в&quot; пункта 19 настоящего Положения;">
+      <w:hyperlink w:history="0" w:anchor="P137" w:tooltip="б) затраты на содержание объектов недвижимого имущества, а также затраты на аренду указанного имущества, за исключением затрат, указанных в подпункте &quot;в&quot; пункта 19 настоящего Положения;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктах "б"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P208" w:tooltip="в) затраты на содержание объектов особо ценного движимого имущества, а также затраты на аренду указанного имущества, за исключением затрат, указанных в подпункте &quot;в&quot; пункта 19 настоящего Положения;">
+      <w:hyperlink w:history="0" w:anchor="P138" w:tooltip="в) затраты на содержание объектов особо ценного движимого имущества, а также затраты на аренду указанного имущества, за исключением затрат, указанных в подпункте &quot;в&quot; пункта 19 настоящего Положения;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"в" пункта 20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, учитываются в составе указанных затрат в случае, если имущество, необходимое для выполнения государственного задания, не закреплено за федеральным бюджетным или автономным учреждением на праве оперативного управления.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...53 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">22. Значение базового норматива затрат на оказание государственной услуги утверждается федеральным органом исполнительной власти, осуществляющим функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, общей суммой, с выделением сумм затрат, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P195" w:tooltip="19. В базовый норматив затрат, непосредственно связанных с оказанием государственной услуги, включаются:">
+      <w:hyperlink w:history="0" w:anchor="P130" w:tooltip="19. В базовый норматив затрат, непосредственно связанных с оказанием государственной услуги, включаются:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктах 19</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P203" w:tooltip="20. В базовый норматив затрат на общехозяйственные нужды на оказание государственной услуги включаются:">
+      <w:hyperlink w:history="0" w:anchor="P135" w:tooltip="20. В базовый норматив затрат на общехозяйственные нужды на оказание государственной услуги включаются:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">20</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, используемых при определении значения базового норматива затрат на оказание государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае включения в общероссийский базовый перечень или федеральный перечень новой государственной услуги значение базового норматива затрат на оказание такой услуги утверждается в течение 30 рабочих дней со дня утверждения соответствующих изменений, внесенных в общероссийский базовый перечень или федеральный перечень.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">22(1). Значение базового норматива затрат на оказание государственной услуги уточняется на очередной финансовый год и плановый период федеральным органом исполнительной власти, осуществляющим функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, на прогнозный уровень инфляции (индекс роста потребительских цен) в соответствии с прогнозом социально-экономического развития Российской Федерации на соответствующий финансовый год и плановый период не позднее 15 рабочих дней со дня размещения на официальном сайте Министерства финансов Российской Федерации в информационно-телекоммуникационной сети "Интернет" </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId142" w:tooltip="&quot;Методика расчета предельных базовых бюджетных ассигнований федерального бюджета по государственным программам Российской Федерации и непрограммным направлениям деятельности на 2024 год и на плановый период 2025 и 2026 годов&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId34" w:tooltip="&quot;Методика расчета предельных базовых бюджетных ассигнований федерального бюджета по государственным программам Российской Федерации и непрограммным направлениям деятельности на 2024 год и на плановый период 2025 и 2026 годов&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">методики</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> расчета базовых бюджетных ассигнований по государственным программам Российской Федерации и непрограммным направлениям деятельности на очередной финансовый год и плановый период.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="225" w:name="P225"/>
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:id="150" w:name="P150"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">При необходимости уточнения значений базовых нормативов затрат на оказание государственных услуг в иных случаях, предусмотренных нормативными правовыми актами Российской Федерации, приводящих к изменению объема финансового обеспечения выполнения государственного задания, соответствующее уточнение осуществляется в течение 30 рабочих дней со дня принятия (изменения) такого акта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">В случае если значения базовых нормативов затрат на оказание государственных услуг в соответствии с положением </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P225" w:tooltip="При необходимости уточнения значений базовых нормативов затрат на оказание государственных услуг в иных случаях, предусмотренных нормативными правовыми актами Российской Федерации, приводящих к изменению объема финансового обеспечения выполнения государственного задания, соответствующее уточнение осуществляется в течение 30 рабочих дней со дня принятия (изменения) такого акта.">
+      <w:hyperlink w:history="0" w:anchor="P150" w:tooltip="При необходимости уточнения значений базовых нормативов затрат на оказание государственных услуг в иных случаях, предусмотренных нормативными правовыми актами Российской Федерации, приводящих к изменению объема финансового обеспечения выполнения государственного задания, соответствующее уточнение осуществляется в течение 30 рабочих дней со дня принятия (изменения) такого акта.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаца второго</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> настоящего пункта уточнены в текущем финансовом году после внесения на рассмотрение в Правительство Российской Федерации проекта федерального закона о федеральном бюджете на очередной финансовый год и плановый период, уточненные значения базовых нормативов затрат на оказание государственных услуг применяются начиная с расчета субсидии на финансовое обеспечение выполнения государственного задания на первый год планового периода.</w:t>
+        <w:t xml:space="preserve"> настоящего пункта уточнены в текущем финансовом году после внесения на рассмотрение в Правительство Российской Федерации проекта федерального закона о федеральном бюджете на очередной финансовый год и плановый период, уточненные значения базовых нормативов затрат на оказание государственных услуг применяются начиная с расчета субсидии на финансовое обеспечение выполнения государственного задания (далее - субсидия) на первый год планового периода.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">23. Значение базового норматива затрат на оказание государственной услуги утверждается по согласованию с Министерством финансов Российской Федерации в случае, если общие требования не были согласованы федеральным органом исполнительной власти, осуществляющим функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, с Министерством финансов Российской Федерации в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P173" w:tooltip="По решению федерального органа исполнительной власти, осуществляющего функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, общие требования направляются в Министерство финансов Российской Федерации на согласование.">
+      <w:hyperlink w:history="0" w:anchor="P115" w:tooltip="По решению федерального органа исполнительной власти, осуществляющего функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, общие требования направляются в Министерство финансов Российской Федерации на согласование.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем вторым пункта 13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">24. Корректирующие коэффициенты, применяемые при расчете нормативных затрат на оказание государственной услуги, состоят из территориального корректирующего коэффициента и отраслевого корректирующего коэффициента, либо по решению федерального органа исполнительной власти, осуществляющего функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, из нескольких отраслевых корректирующих коэффициентов, а также коэффициентов приведения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...22 lines deleted...]
-    </w:p>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. В территориальный корректирующий коэффициент включаются территориальный корректирующий коэффициент на оплату труда с обязательными страховыми взносами и территориальный корректирующий коэффициент на коммунальные услуги и на содержание недвижимого имущества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="155" w:name="P155"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">25. В территориальный корректирующий коэффициент включаются территориальный корректирующий коэффициент на оплату труда с начислениями на выплаты по оплате труда и территориальный корректирующий коэффициент на коммунальные услуги и на содержание недвижимого имущества.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="232"/>
+        <w:t xml:space="preserve">Значение территориального корректирующего коэффициента утверждается органом, осуществляющим функции и полномочия учредителя, если иное не предусмотрено федеральным органом исполнительной власти, осуществляющим функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, с учетом условий, обусловленных территориальными особенностями и составом имущественного комплекса, необходимого для выполнения государственного задания, территориальным расположением федеральных бюджетных или автономных учреждений, их обособленных подразделений, и рассчитывается в соответствии с общими требованиями.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Значение территориального корректирующего коэффициента утверждается органом, осуществляющим функции и полномочия учредителя, если иное не предусмотрено федеральным органом исполнительной власти, осуществляющим функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, с учетом условий, обусловленных территориальными особенностями и составом имущественного комплекса, необходимого для выполнения государственного задания, территориальным расположением федеральных бюджетных или автономных учреждений, их обособленных подразделений, и рассчитывается в соответствии с общими требованиями.</w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Значения территориальных корректирующих коэффициентов, применяемых при расчете нормативных затрат на оказание государственных услуг федеральными бюджетными и автономными учреждениями, функции и полномочия учредителя в отношении которых осуществляет Правительство Российской Федерации, утверждаются федеральными органами государственной власти, осуществляющими функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, соответствующей основным видам деятельности таких учреждений, за исключением случая утверждения значений территориальных корректирующих коэффициентов федеральным органом исполнительной власти, осуществляющим функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P232" w:tooltip="Значение территориального корректирующего коэффициента утверждается органом, осуществляющим функции и полномочия учредителя, если иное не предусмотрено федеральным органом исполнительной власти, осуществляющим функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, с учетом условий, обусловленных территориальными особенностями и составом имущественного комплекса, необходимого для выполнения государственного задания, территориальным расположен...">
+      <w:hyperlink w:history="0" w:anchor="P155" w:tooltip="Значение территориального корректирующего коэффициента утверждается органом, осуществляющим функции и полномочия учредителя, если иное не предусмотрено федеральным органом исполнительной власти, осуществляющим функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, с учетом условий, обусловленных территориальными особенностями и составом имущественного комплекса, необходимого для выполнения государственного задания, территориальным расположен...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце втором</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...37 lines deleted...]
-    </w:p>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Общими требованиями может устанавливаться, что в состав территориального коэффициента включаются по согласованию с Министерством финансов Российской Федерации иные коэффициенты, отражающие территориальные особенности оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="158" w:name="P158"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Общими требованиями может устанавливаться, что в состав территориального коэффициента включаются по согласованию с Министерством финансов Российской Федерации иные коэффициенты, отражающие территориальные особенности оказания государственной услуги.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="237"/>
+        <w:t xml:space="preserve">26. Отраслевой корректирующий коэффициент учитывает показатели отраслевой специфики и определяется в соответствии с общими требованиями.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">26. Отраслевой корректирующий коэффициент учитывает показатели отраслевой специфики и определяется в соответствии с общими требованиями.</w:t>
+        <w:t xml:space="preserve">Значение отраслевого корректирующего коэффициента утверждается федеральным органом исполнительной власти, осуществляющим функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности (уточняется при необходимости при формировании обоснований бюджетных ассигнований федерального бюджета на очередной финансовый год и плановый период не позднее 15 рабочих дней со дня размещения на официальном сайте Министерства финансов Российской Федерации в информационно-телекоммуникационной сети "Интернет" методики расчета базовых бюджетных ассигнований по государственным программам Российской Федерации и непрограммным направлениям деятельности на очередной финансовый год и плановый период).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Значение отраслевого корректирующего коэффициента утверждается федеральным органом исполнительной власти, осуществляющим функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности (уточняется при необходимости при формировании обоснований бюджетных ассигнований федерального бюджета на очередной финансовый год и плановый период не позднее 15 рабочих дней со дня размещения на официальном сайте Министерства финансов Российской Федерации в информационно-телекоммуникационной сети "Интернет" методики расчета базовых бюджетных ассигнований по государственным программам Российской Федерации и непрограммным направлениям деятельности на очередной финансовый год и плановый период).</w:t>
-[...39 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Значение отраслевого корректирующего коэффициента к базовому нормативу затрат на оказание государственных услуг федеральными государственными учреждениями, функции и полномочия учредителя которых осуществляют федеральные органы исполнительной власти (государственные органы), в которых предусмотрена военная и приравненная к ней служба, определяется и утверждается в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId151" w:tooltip="Приказ Министра обороны РФ от 24.11.2017 N 705 (ред. от 11.11.2022) &quot;Об утверждении Порядка определения и утверждения значения отраслевого корректирующего коэффициента к базовому нормативу затрат на оказание государственных услуг федеральными государственными бюджетными учреждениями и федеральными государственными автономными учреждениями, функции и полномочия учредителя которых осуществляет Министерство обороны Российской Федерации&quot; (Зарегистрировано в Минюсте России 19.12.2017 N 49315) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId35" w:tooltip="Приказ Министра обороны РФ от 24.11.2017 N 705 (ред. от 11.11.2022) &quot;Об утверждении Порядка определения и утверждения значения отраслевого корректирующего коэффициента к базовому нормативу затрат на оказание государственных услуг федеральными государственными бюджетными учреждениями и федеральными государственными автономными учреждениями, функции и полномочия учредителя которых осуществляет Министерство обороны Российской Федерации&quot; (Зарегистрировано в Минюсте России 19.12.2017 N 49315) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">порядком</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, утвержденным указанными органами по согласованию с Министерством финансов Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">26(1). В случае необходимости при формировании обоснований бюджетных ассигнований федерального бюджета на очередной финансовый год и плановый период уточнения объема финансового обеспечения выполнения государственного задания на оказание государственных услуг в отношении отдельного федерального бюджетного или автономного учреждения органом, осуществляющим функции и полномочия учредителя в отношении указанных учреждений, применяются коэффициенты приведения, определяемые в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId153" w:tooltip="Справочная информация: &quot;Перечень нормативных актов, регулирующих деятельность государственных учреждений, подведомственных федеральным органам исполнительной власти&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId36" w:tooltip="Справочная информация: &quot;Перечень нормативных актов, регулирующих деятельность государственных учреждений, подведомственных федеральным органам исполнительной власти&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">порядке</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, установленном правовым актом такого органа.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...24 lines deleted...]
-    <w:bookmarkEnd w:id="245"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коэффициенты приведения в отношении федеральных бюджетных и автономных учреждений, функции и полномочия учредителя в отношении которых осуществляются Правительством Российской Федерации либо государственными органами, определенными в уставах таких учреждений, утвержденных нормативными правовыми актами Президента Российской Федерации, определяются в порядке, установленном указанными учреждениями, если иное не предусмотрено уставами таких учреждений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="163" w:name="P163"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">27. Значения базового норматива затрат на оказание государственных услуг, отраслевых и территориальных корректирующих коэффициентов утверждаются в порядке, предусмотренном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P184" w:tooltip="15(1). Значения нормативных затрат на оказание государственной услуги (с учетом корректирующих коэффициентов), не являющиеся сведениями, составляющими государственную тайну, утверждаются в форме электронного документа в системе &quot;Электронный бюджет&quot; путем подписания усиленной квалифицированной электронной подписью лица, имеющего право действовать от имени соответствующего органа исполнительной власти (учреждения).">
+      <w:hyperlink w:history="0" w:anchor="P122" w:tooltip="15(1). Значения нормативных затрат на оказание государственной услуги (с учетом корректирующих коэффициентов), не являющиеся сведениями, составляющими государственную тайну, утверждаются в форме электронного документа в системе &quot;Электронный бюджет&quot; путем подписания усиленной квалифицированной электронной подписью лица, имеющего право действовать от имени соответствующего органа исполнительной власти (учреждения).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 15(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Значения базовых нормативов затрат на оказание государственных услуг и отраслевых корректирующих коэффициентов подлежат размещению в порядке, установленном Министерством финансов Российской Федерации, на едином портале бюджетной системы Российской Федерации в информационно-телекоммуникационной сети "Интернет".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="165" w:name="P165"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">28. Нормативные затраты на выполнение работы определяются при расчете объема финансового обеспечения выполнения государственного задания в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId156" w:tooltip="Справочная информация: &quot;Перечень нормативных актов, регулирующих деятельность государственных учреждений, подведомственных федеральным органам исполнительной власти&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId37" w:tooltip="Справочная информация: &quot;Перечень нормативных актов, регулирующих деятельность государственных учреждений, подведомственных федеральным органам исполнительной власти&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">порядке</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, установленном органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, а также по решению главного распорядителя средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения.</w:t>
+        <w:t xml:space="preserve">, установленном органом, осуществляющим функции и полномочия учредителя, а также по решению главного распорядителя средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Нормативные затраты на выполнение работы федеральными бюджетными и автономными учреждениями, функции и полномочия учредителя в отношении которых осуществляются Правительством Российской Федерации либо государственными органами, определенными в уставах таких учреждений, утвержденных нормативными правовыми актами Президента Российской Федерации, определяются при расчете объема финансового обеспечения выполнения государственного задания в порядке, установленном указанными учреждениями по согласованию с Министерством финансов Российской Федерации (если иной порядок определения нормативных затрат на выполнение работ не установлен уставом федерального бюджетного или автономного учреждения).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...56 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Федеральный орган исполнительной власти, осуществляющий функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, вправе установить по согласованию с Министерством финансов Российской Федерации </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId160" w:tooltip="Приказ Минобрнауки России от 22.10.2021 N 973 (ред. от 20.05.2022) &quot;Об утверждении Особенностей расчета нормативных затрат на выполнение работ по проведению фундаментальных, прикладных и поисковых научных исследований, содержащихся в федеральном перечне (классификаторе) государственных услуг, не включенных в общероссийские базовые (отраслевые) перечни (классификаторы) государственных и муниципальных услуг, оказываемых физическим лицам, и работ, оказание и выполнение которых предусмотрено нормативными правов {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId38" w:tooltip="Приказ Минобрнауки России от 22.10.2021 N 973 (ред. от 20.05.2022) &quot;Об утверждении Особенностей расчета нормативных затрат на выполнение работ по проведению фундаментальных, прикладных и поисковых научных исследований, содержащихся в федеральном перечне (классификаторе) государственных услуг, не включенных в общероссийские базовые (отраслевые) перечни (классификаторы) государственных и муниципальных услуг, оказываемых физическим лицам, и работ, оказание и выполнение которых предусмотрено нормативными правов {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">особенности</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> расчета нормативных затрат на выполнение работ, содержащихся в федеральном перечне, сформированном указанным органом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 28.12.2020 N 2313)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Особенности расчета нормативных затрат на выполнение работ учитываются при определении нормативных затрат на выполнение работ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Особенности расчета нормативных затрат на выполнение работ учитываются при определении нормативных затрат на выполнение работ.</w:t>
-[...39 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">В порядке, указанном в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P248" w:tooltip="28. Нормативные затраты на выполнение работы определяются при расчете объема финансового обеспечения выполнения государственного задания в порядке, установленном органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, а также по решению главного распорядителя средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения.">
+      <w:hyperlink w:history="0" w:anchor="P165" w:tooltip="28. Нормативные затраты на выполнение работы определяются при расчете объема финансового обеспечения выполнения государственного задания в порядке, установленном органом, осуществляющим функции и полномочия учредителя, а также по решению главного распорядителя средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> настоящего пункта, может устанавливаться применение территориального корректирующего коэффициента, отраслевого корректирующего коэффициента и (или) иного корректирующего коэффициента, определяемых в соответствии с таким порядком.</w:t>
+        <w:t xml:space="preserve"> настоящего пункта, может устанавливаться применение территориального корректирующего коэффициента с учетом условий, обусловленных территориальными особенностями и составом имущественного комплекса, необходимого для выполнения работ, территориальным расположением федеральных бюджетных или автономных учреждений, их обособленных подразделений, отраслевого корректирующего коэффициента и (или) иного корректирующего коэффициента, определяемых в соответствии с таким порядком.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">29. Нормативные затраты на выполнение работы рассчитываются на работу в целом или в случае установления в государственном задании показателей объема выполнения работы - на единицу объема работы. Нормативные затраты на выполнение работ, по которым федеральным органом исполнительной власти, осуществляющим функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P248" w:tooltip="28. Нормативные затраты на выполнение работы определяются при расчете объема финансового обеспечения выполнения государственного задания в порядке, установленном органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, а также по решению главного распорядителя средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения.">
+      <w:hyperlink w:history="0" w:anchor="P165" w:tooltip="28. Нормативные затраты на выполнение работы определяются при расчете объема финансового обеспечения выполнения государственного задания в порядке, установленном органом, осуществляющим функции и полномочия учредителя, а также по решению главного распорядителя средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 28</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения установлены особенности расчета нормативных затрат на выполнение работ, рассчитываются на единицу объема работы. В нормативные затраты на выполнение работы включаются в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...22 lines deleted...]
-    </w:p>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) затраты на оплату труда работников, непосредственно связанных с выполнением работы, денежное довольствие военнослужащих (сотрудников, имеющих специальное звание), непосредственно связанных с выполнением работы, и обязательные страховые взносы указанных работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="172" w:name="P172"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">а) затраты на оплату труда работников, непосредственно связанных с выполнением работы, денежное довольствие военнослужащих, непосредственно связанных с выполнением работы, и начисления на выплаты по оплате труда работников, непосредственно связанных с выполнением работы;</w:t>
+        <w:t xml:space="preserve">б) затраты на приобретение материальных запасов и на приобретение движимого имущества (основных средств и нематериальных активов), используемого в процессе выполнения работы, с учетом срока его полезного использования, а также затраты на аренду указанного имущества;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">б) затраты на приобретение материальных запасов и на приобретение движимого имущества (основных средств и нематериальных активов), используемого в процессе выполнения работы, с учетом срока его полезного использования, а также затраты на аренду указанного имущества;</w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">б(1). утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId168" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId39" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 16.05.2023 N 764;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">в) затраты на иные расходы, непосредственно связанные с выполнением работы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">г) затраты на оплату коммунальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="266" w:name="P266"/>
-    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:id="176" w:name="P176"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">д) затраты на содержание объектов недвижимого имущества, необходимого для выполнения государственного задания, а также затраты на аренду указанного имущества;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="177" w:name="P177"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...24 lines deleted...]
-    <w:bookmarkEnd w:id="268"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е) затраты на содержание объектов особо ценного движимого имущества и имущества, необходимого для выполнения государственного задания, а также затраты на аренду указанного имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="178" w:name="P178"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">е) затраты на содержание объектов особо ценного движимого имущества и имущества, необходимого для выполнения государственного задания, а также затраты на аренду указанного имущества;</w:t>
-[...41 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ж) утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId171" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId40" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 16.05.2023 N 764;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">з) затраты на приобретение услуг связи;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">и) затраты на приобретение транспортных услуг;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">к) затраты на оплату труда работников, которые не принимают непосредственного участия в выполнении работы, денежное довольствие военнослужащих, которые не принимают непосредственного участия в выполнении работы, и начисления на выплаты по оплате труда работников, которые не принимают непосредственного участия в выполнении работы, включая административно-управленческий персонал;</w:t>
+        <w:t xml:space="preserve">к) затраты на оплату труда работников, которые не принимают непосредственного участия в выполнении работы, денежное довольствие военнослужащих (сотрудников, имеющих специальное звание), которые не принимают непосредственного участия в выполнении работы, и обязательные страховые взносы указанных работников;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 06.10.2016 N 1006)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">л) затраты на прочие общехозяйственные нужды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">л) затраты на прочие общехозяйственные нужды.</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">29(1). Утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId173" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId41" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 16.05.2023 N 764.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">30. Абзац утратил силу. - </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId174" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId42" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 16.05.2023 N 764.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Затраты на аренду имущества, включенные в затраты, указанные в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P261" w:tooltip="б) затраты на приобретение материальных запасов и на приобретение движимого имущества (основных средств и нематериальных активов), используемого в процессе выполнения работы, с учетом срока его полезного использования, а также затраты на аренду указанного имущества;">
+      <w:hyperlink w:history="0" w:anchor="P172" w:tooltip="б) затраты на приобретение материальных запасов и на приобретение движимого имущества (основных средств и нематериальных активов), используемого в процессе выполнения работы, с учетом срока его полезного использования, а также затраты на аренду указанного имущества;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктах "б"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P266" w:tooltip="д) затраты на содержание объектов недвижимого имущества, необходимого для выполнения государственного задания, а также затраты на аренду указанного имущества;">
+      <w:hyperlink w:history="0" w:anchor="P176" w:tooltip="д) затраты на содержание объектов недвижимого имущества, необходимого для выполнения государственного задания, а также затраты на аренду указанного имущества;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"д"</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P268" w:tooltip="е) затраты на содержание объектов особо ценного движимого имущества и имущества, необходимого для выполнения государственного задания, а также затраты на аренду указанного имущества;">
+      <w:hyperlink w:history="0" w:anchor="P177" w:tooltip="е) затраты на содержание объектов особо ценного движимого имущества и имущества, необходимого для выполнения государственного задания, а также затраты на аренду указанного имущества;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">"е" пункта 29</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, учитываются в составе указанных затрат в случае, если имущество, необходимое для выполнения государственного задания, не закреплено за федеральным бюджетным или автономным учреждением на праве оперативного управления.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="186" w:name="P186"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">31. При определении нормативных затрат на выполнение работы применяются показатели материальных, технических и трудовых ресурсов, используемых для выполнения работы, по видам затрат исходя из нормативов их потребления, установленных нормативными правовыми актами Российской Федерации, межгосударственными, национальными (государственными) стандартами Российской Федерации, строительными нормами и правилами, санитарными нормами и правилами, стандартами, порядками, регламентами и паспортами выполнения работ в установленной сфере, или на основе усреднения показателей деятельности федерального государственного учреждения, которое имеет минимальный объем указанных затрат на выполнение работы в установленной сфере, или на основе медианного значения по федеральным государственным учреждениям, выполняющим работу в установленной сфере деятельности, в порядке, предусмотренном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P248" w:tooltip="28. Нормативные затраты на выполнение работы определяются при расчете объема финансового обеспечения выполнения государственного задания в порядке, установленном органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, а также по решению главного распорядителя средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения.">
+      <w:hyperlink w:history="0" w:anchor="P165" w:tooltip="28. Нормативные затраты на выполнение работы определяются при расчете объема финансового обеспечения выполнения государственного задания в порядке, установленном органом, осуществляющим функции и полномочия учредителя, а также по решению главного распорядителя средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем первым пункта 28</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="187" w:name="P187"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...24 lines deleted...]
-    <w:bookmarkEnd w:id="282"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32. Значения нормативных затрат на выполнение работы утверждаются органом, осуществляющим функции и полномочия учредителя, а также главным распорядителем средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения (в случае принятия им решения о применении нормативных затрат при расчете объема финансового обеспечения выполнения государственного задания).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">32. Значения нормативных затрат на выполнение работы утверждаются органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, а также главным распорядителем средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения (в случае принятия им решения о применении нормативных затрат при расчете объема финансового обеспечения выполнения государственного задания).</w:t>
+        <w:t xml:space="preserve">Значения нормативных затрат на выполнение работ федеральными бюджетными и автономными учреждениями, функции и полномочия учредителя в отношении которых осуществляет Правительство Российской Федерации, утверждаются указанными учреждениями по согласованию с Министерством финансов Российской Федерации (если иной порядок определения нормативных затрат на выполнение работ не установлен уставом федерального бюджетного или автономного учреждения).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Значения нормативных затрат на выполнение работ федеральным государственным учреждением, устав которого утвержден нормативным правовым актом Президента Российской Федерации, утверждаются указанным учреждением, если иное не предусмотрено уставом такого учреждения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Значения нормативных затрат на выполнение работ федеральными бюджетными и автономными учреждениями, функции и полномочия учредителя в отношении которых осуществляет Правительство Российской Федерации, утверждаются указанными учреждениями по согласованию с Министерством финансов Российской Федерации (если иной порядок определения нормативных затрат на выполнение работ не установлен уставом федерального бюджетного или автономного учреждения).</w:t>
-[...110 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Значения нормативных затрат на выполнение работ утверждаются в порядке, предусмотренном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P184" w:tooltip="15(1). Значения нормативных затрат на оказание государственной услуги (с учетом корректирующих коэффициентов), не являющиеся сведениями, составляющими государственную тайну, утверждаются в форме электронного документа в системе &quot;Электронный бюджет&quot; путем подписания усиленной квалифицированной электронной подписью лица, имеющего право действовать от имени соответствующего органа исполнительной власти (учреждения).">
+      <w:hyperlink w:history="0" w:anchor="P122" w:tooltip="15(1). Значения нормативных затрат на оказание государственной услуги (с учетом корректирующих коэффициентов), не являющиеся сведениями, составляющими государственную тайну, утверждаются в форме электронного документа в системе &quot;Электронный бюджет&quot; путем подписания усиленной квалифицированной электронной подписью лица, имеющего право действовать от имени соответствующего органа исполнительной власти (учреждения).">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 15(1)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="191" w:name="P191"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">33. В объем финансового обеспечения выполнения государственного задания включаются затраты на уплату налогов, в качестве объекта налогообложения по которым признается имущество учреждения.</w:t>
-[...319 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId187" w:tooltip="Постановление Правительства РФ от 09.07.2019 N 873 (ред. от 16.05.2023) &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу некоторых положений постановления Правительства Российской Федерации от 6 октября 2016 г. N 1006&quot; {КонсультантПлюс}">
+        <w:t xml:space="preserve">33. Утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId43" w:tooltip="Постановление Правительства РФ от 10.12.2025 N 2005 &quot;О внесении изменений в некоторые акты Правительства Российской Федерации&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства РФ от 09.07.2019 N 873.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="307"/>
+        <w:t xml:space="preserve"> Правительства РФ от 10.12.2025 N 2005.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">36. В случае если федеральное бюджетное или автономное учреждение осуществляет платную деятельность в рамках установленного государственного задания, по которому в соответствии с федеральными законами предусмотрено взимание платы, объем финансового обеспечения выполнения государственного задания, рассчитанный на основе нормативных затрат (затрат), подлежит уменьшению на объем доходов от платной деятельности исходя из объема государственной услуги (работы), за оказание (выполнение) которой предусмотрено взимание платы, и размера платы (цены, тарифа), установленного в государственном задании, органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, с учетом положений, установленных федеральными законами.</w:t>
-[...42 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId189" w:tooltip="Постановление Правительства РФ от 13.09.2017 N 1101 (ред. от 16.05.2023) &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640&quot; {КонсультантПлюс}">
+        <w:t xml:space="preserve">34 - 35. Утратили силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId44" w:tooltip="Постановление Правительства РФ от 09.07.2019 N 873 (ред. от 10.12.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу некоторых положений постановления Правительства Российской Федерации от 6 октября 2016 г. N 1006&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Постановление</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Правительства РФ от 09.07.2019 N 873.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="193" w:name="P193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">36. В случае если федеральное бюджетное или автономное учреждение в рамках установленного государственного задания оказывает государственные услуги (выполняет работы) для физических и юридических лиц с взиманием платы в случаях, предусмотренных федеральными законами, объем финансового обеспечения выполнения государственного задания, рассчитанный на основе нормативных затрат, подлежит уменьшению на объем доходов от указанной платной деятельности исходя из объема государственной услуги (работы), за оказание (выполнение) которой предусмотрено взимание платы, и размера платы (цены, тарифа), установленного в государственном задании, органом, осуществляющим функции и полномочия учредителя, с учетом положений, установленных федеральными законами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="0"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37. Утратил силу. - </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId45" w:tooltip="Постановление Правительства РФ от 13.09.2017 N 1101 (ред. от 10.12.2025) &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640&quot; {КонсультантПлюс}">
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:color w:val="0000ff"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Правительства РФ от 13.09.2017 N 1101.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="310" w:name="P310"/>
-    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:id="195" w:name="P195"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">38. Нормативные затраты (затраты), определяемые в соответствии с настоящим Положением, учитываются при формировании обоснований бюджетных ассигнований федерального бюджета на очередной финансовый год и плановый период.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">39. Финансовое обеспечение выполнения государственного задания осуществляется в пределах бюджетных ассигнований, предусмотренных в федеральном бюджете на указанные цели.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Финансовое обеспечение выполнения государственного задания федеральным бюджетным или автономным учреждением осуществляется путем предоставления субсидии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Финансовое обеспечение выполнения государственного задания федеральным казенным учреждением осуществляется в соответствии с показателями бюджетной сметы этого учреждения.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="199" w:name="P199"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">39(1). В случае если при формировании главным распорядителем средств федерального бюджета обоснований бюджетных ассигнований федерального бюджета на очередной финансовый год и плановый период объем финансового обеспечения выполнения государственного задания, рассчитанный в соответствии с настоящим Положением, превышает объем бюджетных ассигнований, предусмотренных главному распорядителю средств федерального бюджета на предоставление субсидий на финансовое обеспечение выполнения государственного задания, применяется коэффициент выравнивания (К</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">), значение которого не может превышать единицу и определяется по формуле:</w:t>
+        <w:t xml:space="preserve">39(1). В случае если при формировании главным распорядителем средств федерального бюджета обоснований бюджетных ассигнований федерального бюджета на очередной финансовый год и плановый период (внесении изменений в обоснования бюджетных ассигнований федерального бюджета на текущий финансовый год и плановый период) объем субсидии, рассчитанный в соответствии с настоящим Положением, превышает объем бюджетных ассигнований, предусмотренных главному распорядителю средств федерального бюджета на предоставление субсидий, применяется коэффициент выравнивания (Квр), значение которого не может превышать единицу и определяется по формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:position w:val="-25"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1104900" cy="447675"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Консультант Плюс"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId190">
+                    <a:blip r:embed="rId46">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1104900" cy="447675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -8678,1857 +4747,1039 @@
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">где:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">БА - объем бюджетных ассигнований, предусмотренных в очередном финансовом году в федеральном бюджете главному распорядителю средств федерального бюджета на предоставление субсидий на финансовое обеспечение выполнения государственного задания;</w:t>
+        <w:t xml:space="preserve">БА - объем бюджетных ассигнований, предусмотренных в очередном финансовом году в федеральном бюджете главному распорядителю средств федерального бюджета на предоставление субсидий;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ОФО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - планируемый объем субсидии на финансовое обеспечение выполнения государственного задания на очередной финансовый год, необходимый i-му федеральному бюджетному или автономному учреждению для выполнения государственного задания.</w:t>
+        <w:t xml:space="preserve"> - планируемый объем субсидии на очередной финансовый год, необходимый i-му федеральному бюджетному или автономному учреждению для выполнения государственного задания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId191" w:tooltip="Постановление Правительства РФ от 16.05.2023 N 764 &quot;О внесении изменений в постановление Правительства Российской Федерации от 26 июня 2015 г. N 640 и признании утратившими силу отдельных положений некоторых актов Правительства Российской Федерации&quot; {КонсультантПлюс}">
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае внесения изменений в обоснования бюджетных ассигнований федерального бюджета на текущий финансовый год и плановый период коэффициент выравнивания (Квр) может быть уточнен главным распорядителем средств федерального бюджета в пределах значения, предусмотренного </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P199" w:tooltip="39(1). В случае если при формировании главным распорядителем средств федерального бюджета обоснований бюджетных ассигнований федерального бюджета на очередной финансовый год и плановый период (внесении изменений в обоснования бюджетных ассигнований федерального бюджета на текущий финансовый год и плановый период) объем субсидии, рассчитанный в соответствии с настоящим Положением, превышает объем бюджетных ассигнований, предусмотренных главному распорядителю средств федерального бюджета на предоставление ...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
-          <w:t xml:space="preserve">Постановлением</w:t>
+          <w:t xml:space="preserve">абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства РФ от 16.05.2023 N 764)</w:t>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="322"/>
+        <w:t xml:space="preserve"> настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="207" w:name="P207"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">40. Финансовое обеспечение оказания государственных услуг (выполнения работ) обособленными подразделениями федерального государственного учреждения в случае, установленном </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P130" w:tooltip="7. Распределение показателей объема государственных услуг (работ), содержащихся в государственном задании, утвержденном федеральному государственному учреждению, между созданными им в установленном порядке обособленными подразделениями или внесение изменений в указанные показатели осуществляется в соответствии с положениями настоящего раздела по форме, установленной для государственного задания, согласно приложению N 1(1) органом, осуществляющим функции и полномочия учредителя, - в отношении федеральных ...">
+      <w:hyperlink w:history="0" w:anchor="P86" w:tooltip="7. Распределение показателей объема государственных услуг (работ), содержащихся в государственном задании, утвержденном федеральному государственному учреждению, между созданными им в установленном порядке обособленными подразделениями или внесение изменений в указанные показатели осуществляется в соответствии с положениями настоящего раздела по форме, установленной для государственного задания, согласно приложению N 1(1) органом, осуществляющим функции и полномочия учредителя, - в отношении федеральных ...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 7</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> настоящего Положения, осуществляется в пределах рассчитанного в соответствии с настоящим Положением объема финансового обеспечения выполнения государственного задания федеральным государственным учреждением в соответствии с правовым актом федерального государственного учреждения, создавшего обособленное подразделение. По решению органа, осуществляющего функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, указанный правовой акт подлежит согласованию с органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений.</w:t>
+        <w:t xml:space="preserve"> настоящего Положения, осуществляется в пределах рассчитанного в соответствии с настоящим Положением объема финансового обеспечения выполнения государственного задания федеральным государственным учреждением в соответствии с правовым актом федерального государственного учреждения, создавшего обособленное подразделение. По решению органа, осуществляющего функции и полномочия учредителя, указанный правовой акт подлежит согласованию с органом, осуществляющим функции и полномочия учредителя.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Правовой акт, предусмотренный </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P322" w:tooltip="40. Финансовое обеспечение оказания государственных услуг (выполнения работ) обособленными подразделениями федерального государственного учреждения в случае, установленном пунктом 7 настоящего Положения, осуществляется в пределах рассчитанного в соответствии с настоящим Положением объема финансового обеспечения выполнения государственного задания федеральным государственным учреждением в соответствии с правовым актом федерального государственного учреждения, создавшего обособленное подразделение. По реше...">
+      <w:hyperlink w:history="0" w:anchor="P207" w:tooltip="40. Финансовое обеспечение оказания государственных услуг (выполнения работ) обособленными подразделениями федерального государственного учреждения в случае, установленном пунктом 7 настоящего Положения, осуществляется в пределах рассчитанного в соответствии с настоящим Положением объема финансового обеспечения выполнения государственного задания федеральным государственным учреждением в соответствии с правовым актом федерального государственного учреждения, создавшего обособленное подразделение. По реше...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, должен содержать также положения об объеме и периодичности перечисления средств на финансовое обеспечение выполнения государственного задания в течение финансового года и порядок взаимодействия федерального государственного учреждения с обособленным подразделением.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">41. Уменьшение объема субсидии в течение срока выполнения государственного задания осуществляется только при соответствующем изменении государственного задания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Изменение нормативных затрат, определяемых в соответствии с настоящим Положением, в течение срока выполнения государственного задания осуществляется (при необходимости) в случаях, предусмотренных нормативными правовыми актами Российской Федерации (включая внесение изменений в указанные нормативные правовые акты), приводящих к изменению объема финансового обеспечения выполнения государственного задания.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="211" w:name="P211"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...24 lines deleted...]
-    <w:bookmarkEnd w:id="327"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объем субсидии может быть изменен в течение срока выполнения государственного задания в случаях, предусмотренных актами Президента Российской Федерации, Правительства Российской Федерации, реализация которых требует дополнительного выделения (перераспределения) бюджетных ассигнований на финансовое обеспечение выполнения государственного задания.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Объем субсидии может быть изменен в течение срока выполнения государственного задания в случае изменения состава и стоимости имущества учреждения, признаваемого в качестве объекта налогообложения налогом на имущество организации и земельным налогом, изменения законодательства Российской Федерации о налогах и сборах, в том числе в случае отмены ранее установленных налоговых льгот, введения налоговых льгот, а также в иных случаях, предусмотренных актами Президента Российской Федерации, Правительства Российской Федерации, реализация которых требует дополнительного выделения (перераспределения) бюджетных ассигнований на финансовое обеспечение выполнения государственного задания.</w:t>
+        <w:t xml:space="preserve">При досрочном прекращении выполнения государственного задания по установленным в нем основаниям неиспользованные остатки субсидии в размере, соответствующем показателям, характеризующим объем неоказанных государственных услуг (невыполненных работ), подлежат перечислению в установленном порядке федеральными бюджетными или автономными учреждениями в федеральный бюджет и учитываются в порядке, установленном для учета сумм возврата дебиторской задолженности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При досрочном прекращении выполнения государственного задания в связи с реорганизацией федерального бюджетного или автономного учреждения неиспользованные остатки субсидии подлежат перечислению соответствующим федеральным бюджетным и автономным учреждениям, являющимся правопреемниками.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">При досрочном прекращении выполнения государственного задания по установленным в нем основаниям неиспользованные остатки субсидии в размере, соответствующем показателям, характеризующим объем неоказанных государственных услуг (невыполненных работ), подлежат перечислению в установленном порядке федеральными бюджетными или автономными учреждениями в федеральный бюджет и учитываются в порядке, установленном для учета сумм возврата дебиторской задолженности.</w:t>
+        <w:t xml:space="preserve">При изменении в течение текущего финансового года типа федерального бюджетного или автономного учреждения на казенное неиспользованные остатки субсидии подлежат возврату органу, осуществляющему функции и полномочия учредителя.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 06.10.2016 N 1006)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">41(1). При внесении изменений в показатели государственного задания при реорганизации федерального бюджетного или автономного учреждения (в случаях, предусмотренных абзацами пятым - восьмым пункта 6 настоящего Положения):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">При досрочном прекращении выполнения государственного задания в связи с реорганизацией федерального бюджетного или автономного учреждения неиспользованные остатки субсидии подлежат перечислению соответствующим федеральным бюджетным и автономным учреждениям, являющимся правопреемниками.</w:t>
+        <w:t xml:space="preserve">в форме присоединения или слияния - объем субсидии, предоставляемой федеральному бюджетному или автономному учреждению-правопреемнику, устанавливается с учетом объемов субсидий, предоставленных реорганизованным учреждениям, прекращающим свою деятельность, путем их суммирования;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 13.09.2017 N 1101)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в форме выделения - объем субсидии, предоставляемой федеральному бюджетному или автономному учреждению, реорганизованному путем выделения из него других учреждений, подлежит уменьшению на объем субсидий, предоставляемых вновь возникшим юридическим лицам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">При изменении в течение текущего финансового года типа федерального бюджетного или автономного учреждения на казенное неиспользованные остатки субсидии подлежат возврату органу, осуществляющему функции и полномочия учредителя.</w:t>
+        <w:t xml:space="preserve">в форме разделения - объем субсидии, предоставляемой вновь возникшим юридическим лицам, формируется путем разделения объема субсидии, предоставленной федеральному бюджетному или автономному учреждению, прекращающему свою деятельность в результате реорганизации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 09.07.2019 N 873)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Объем субсидий, предоставленных учреждениям, прекращающим свою деятельность в результате реорганизации, принимает нулевое значение.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">41(1). При внесении изменений в показатели государственного задания при реорганизации федерального бюджетного или автономного учреждения (в случаях, предусмотренных абзацами пятым - восьмым пункта 6 настоящего Положения):</w:t>
+        <w:t xml:space="preserve">После завершения реорганизации объем субсидий, предоставляемых реорганизованным федеральным бюджетным или автономным учреждениям, за исключением федеральных бюджетных или автономных учреждений, прекращающих свою деятельность в результате реорганизации, должен соответствовать объему субсидии, предоставленной федеральному бюджетному или автономному учреждению до начала реорганизации.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">в форме присоединения или слияния - объем субсидии, предоставляемой федеральному бюджетному или автономному учреждению-правопреемнику, устанавливается с учетом объемов субсидий, предоставленных реорганизованным учреждениям, прекращающим свою деятельность, путем их суммирования;</w:t>
+        <w:t xml:space="preserve">42. Федеральные органы исполнительной власти, осуществляющие функции по выработке государственной политики и нормативно-правовому регулированию в установленной сфере деятельности, вправе утвердить по согласованию с Министерством финансов Российской Федерации методические рекомендации по распределению субсидий, предоставляемых федеральным бюджетным или автономным учреждениям, оказывающим (выполняющим) услуги (работы) в сферах деятельности, по которым указанными органами сформированы общероссийские базовые перечни и (или) федеральные перечни.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">в форме выделения - объем субсидии, предоставляемой федеральному бюджетному или автономному учреждению, реорганизованному путем выделения из него других учреждений, подлежит уменьшению на объем субсидий, предоставляемых вновь возникшим юридическим лицам;</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">43. Субсидия перечисляется в установленном порядке на счет территориального органа Федерального казначейства по месту открытия лицевого счета федеральному бюджетному или автономному учреждению или на счет, открытый в кредитной организации федеральному бюджетному или автономному учреждению, осуществляющему деятельность за пределами территории Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="223" w:name="P223"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">в форме разделения - объем субсидии, предоставляемой вновь возникшим юридическим лицам, формируется путем разделения объема субсидии, предоставленной федеральному бюджетному или автономному учреждению, прекращающему свою деятельность в результате реорганизации.</w:t>
-[...154 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId201" w:tooltip="Справочная информация: &quot;Типовые формы договоров (соглашений) о предоставлении субсидий, иных межбюджетных трансфертов&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
+        <w:t xml:space="preserve">44. Предоставление федеральному бюджетному или автономному учреждению субсидии в течение финансового года осуществляется на основании соглашения о порядке и условиях предоставления субсидии, заключаемого органом, осуществляющим функции и полномочия учредителя, с федеральным бюджетным или автономным учреждением в соответствии с типовой </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" r:id="rId47" w:tooltip="Справочная информация: &quot;Типовые формы договоров (соглашений) о предоставлении субсидий, иных межбюджетных трансфертов&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">формой</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, утвержденной Министерством финансов Российской Федерации (далее - соглашение). Соглашение определяет права, обязанности и ответственность сторон, в том числе объем и периодичность перечисления субсидии в течение финансового года. Соглашение заключается сторонами не позднее 15 рабочих дней со дня утверждения государственного задания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предоставление субсидии федеральным бюджетным или автономным учреждениям, выполняющим функции главного распорядителя средств федерального бюджета, осуществляется в соответствии с правовым актом этого учреждения, содержащим положения об объеме и периодичности предоставления субсидии в течение финансового года и порядок взаимодействия структурных подразделений учреждения по предоставлению субсидии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Предоставление субсидии федеральным бюджетным или автономным учреждениям, выполняющим функции главного распорядителя средств федерального бюджета, осуществляется в соответствии с правовым актом этого учреждения, содержащим положения об объеме и периодичности предоставления субсидии в течение финансового года и порядок взаимодействия структурных подразделений учреждения по предоставлению субсидии.</w:t>
+        <w:t xml:space="preserve">Соглашение, не содержащее сведений, составляющих государственную тайну, а также дополнение к нему (при наличии), в том числе дополнительное соглашение о расторжении соглашения о порядке и условиях предоставления субсидии (при наличии), формируются и подписываются сторонами в системе "Электронный бюджет".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Соглашение, не содержащее сведений, составляющих государственную тайну, а также дополнение к нему (при наличии), в том числе дополнительное соглашение о расторжении соглашения о порядке и условиях предоставления субсидии (при наличии), формируются и подписываются сторонами в системе "Электронный бюджет".</w:t>
+        <w:t xml:space="preserve">Соглашение, не содержащее сведений, составляющих государственную тайну, а также дополнение к нему (при наличии), в том числе дополнительное соглашение о расторжении соглашения о порядке и условиях предоставления субсидии (при наличии), с федеральными бюджетными и автономными учреждениями, функции и полномочия учредителя в отношении которых осуществляет Правительство Российской Федерации, если иное не предусмотрено уставами федеральных бюджетных и автономных учреждений, формируются в системе "Электронный бюджет" и подписываются сторонами.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...37 lines deleted...]
-    </w:p>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Соглашение, а также дополнительное соглашение к нему (при наличии), в том числе дополнительное соглашение о расторжении соглашения о порядке и условиях предоставления субсидии (при наличии), не содержащее сведений, составляющих государственную тайну, подлежит обязательному размещению в реестре соглашений (договоров) о предоставлении субсидий, бюджетных инвестиций, межбюджетных трансфертов, ведение которого осуществляется в порядке, установленном Министерством финансов Российской Федерации. Указанный реестр размещается на едином портале бюджетной системы Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="228" w:name="P228"/>
+    <w:bookmarkEnd w:id="228"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Соглашение, не содержащее сведений, составляющих государственную тайну, а также дополнение к нему (при наличии), в том числе дополнительное соглашение о расторжении соглашения о порядке и условиях предоставления субсидии (при наличии), с федеральными бюджетными и автономными учреждениями, функции и полномочия учредителя в отношении которых осуществляет Правительство Российской Федерации, если иное не предусмотрено уставами федеральных бюджетных и автономных учреждений, формируются в системе "Электронный бюджет" и подписываются сторонами.</w:t>
-[...127 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">45. Перечисление субсидии осуществляется в соответствии с графиком, содержащимся в соглашении или правовых актах, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P322" w:tooltip="40. Финансовое обеспечение оказания государственных услуг (выполнения работ) обособленными подразделениями федерального государственного учреждения в случае, установленном пунктом 7 настоящего Положения, осуществляется в пределах рассчитанного в соответствии с настоящим Положением объема финансового обеспечения выполнения государственного задания федеральным государственным учреждением в соответствии с правовым актом федерального государственного учреждения, создавшего обособленное подразделение. По реше...">
+      <w:hyperlink w:history="0" w:anchor="P207" w:tooltip="40. Финансовое обеспечение оказания государственных услуг (выполнения работ) обособленными подразделениями федерального государственного учреждения в случае, установленном пунктом 7 настоящего Положения, осуществляется в пределах рассчитанного в соответствии с настоящим Положением объема финансового обеспечения выполнения государственного задания федеральным государственным учреждением в соответствии с правовым актом федерального государственного учреждения, создавшего обособленное подразделение. По реше...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктах 40</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P346" w:tooltip="44. Предоставление федеральному бюджетному или автономному учреждению субсидии в течение финансового года осуществляется на основании соглашения о порядке и условиях предоставления субсидии, заключаемого органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, с федеральным бюджетным или автономным учреждением в соответствии с типовой формой, утвержденной Министерством финансов Российской Федерации (далее - соглашение). Соглашение определяет пра...">
+      <w:hyperlink w:history="0" w:anchor="P223" w:tooltip="44. Предоставление федеральному бюджетному или автономному учреждению субсидии в течение финансового года осуществляется на основании соглашения о порядке и условиях предоставления субсидии, заключаемого органом, осуществляющим функции и полномочия учредителя, с федеральным бюджетным или автономным учреждением в соответствии с типовой формой, утвержденной Министерством финансов Российской Федерации (далее - соглашение). Соглашение определяет права, обязанности и ответственность сторон, в том числе объем ...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">44</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, не реже одного раза в квартал в сумме, не превышающей:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">а) 25 процентов годового размера субсидии в течение I квартала;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">б) 50 процентов годового размера субсидии в течение первого полугодия;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...22 lines deleted...]
-    </w:p>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в) 75 процентов годового размера субсидии в течение 9 месяцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="232" w:name="P232"/>
+    <w:bookmarkEnd w:id="232"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">в) 75 процентов годового размера субсидии в течение 9 месяцев.</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">46. Перечисление платежа, завершающего выплату субсидии, в IV квартале должно осуществляться не позднее 1 декабря текущего финансового года после предоставления в срок, установленный в государственном задании, федеральным бюджетным или автономным учреждением предварительного отчета о выполнении государственного задания в части предварительной оценки достижения плановых показателей годового объема оказания государственных услуг за соответствующий финансовый год, составленного по форме, аналогичной форме отчета о выполнении государственного задания, предусмотренной </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1419" w:tooltip="                           ОТЧЕТ О ВЫПОЛНЕНИИ">
+      <w:hyperlink w:history="0" w:anchor="P1272" w:tooltip="                           ОТЧЕТ О ВЫПОЛНЕНИИ">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложением N 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Положению. В предварительном отчете указываются показатели по объему и качеству, запланированные к исполнению по завершении текущего финансового года (с учетом фактического выполнения указанных показателей на отчетную дату). В случае если показатели предварительной оценки достижения плановых показателей годового объема оказания государственных услуг, указанные в предварительном отчете, меньше показателей, установленных в государственном задании (с учетом допустимых (возможных) отклонений), то государственное задание подлежит уточнению в соответствии с указанными в предварительном отчете показателями.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...41 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Если на основании отчета о выполнении государственного задания, предусмотренного </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P380" w:tooltip="47. Федеральные бюджетные и автономные учреждения, федеральные казенные учреждения представляют соответственно органам, осуществляющим функции и полномочия учредителей в отношении федеральных бюджетных или автономных учреждений, главным распорядителям средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, отчет о выполнении государственного задания, предусмотренный приложением N 2 к настоящему Положению, в соответствии с требованиями, установленными в государственном з...">
+      <w:hyperlink w:history="0" w:anchor="P243" w:tooltip="47. Федеральные бюджетные и автономные учреждения, федеральные казенные учреждения представляют соответственно органам, осуществляющим функции и полномочия учредителей, главным распорядителям средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, отчет о выполнении государственного задания, предусмотренный приложением N 2 к настоящему Положению, в соответствии с требованиями, установленными в государственном задании.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктом 47</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, показатели объема, указанные в отчете о выполнении государственного задания, меньше показателей, установленных в государственном задании (с учетом допустимых (возможных) отклонений), то соответствующие средства субсидии подлежат перечислению в федеральный бюджет в соответствии с бюджетным законодательством Российской Федерации в объеме, соответствующем показателям, характеризующим объем неоказанной государственной услуги (невыполненной работы), и учитываются в порядке, установленном для учета сумм возврата дебиторской задолженности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Предварительный отчет об исполнении государственного задания в части работ за соответствующий финансовый год, указанный в </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P360" w:tooltip="46. Перечисление платежа, завершающего выплату субсидии, в IV квартале должно осуществляться не позднее 1 декабря текущего финансового года после предоставления в срок, установленный в государственном задании, федеральным бюджетным или автономным учреждением предварительного отчета о выполнении государственного задания в части предварительной оценки достижения плановых показателей годового объема оказания государственных услуг за соответствующий финансовый год, составленного по форме, аналогичной форме о...">
+      <w:hyperlink w:history="0" w:anchor="P232" w:tooltip="46. Перечисление платежа, завершающего выплату субсидии, в IV квартале должно осуществляться не позднее 1 декабря текущего финансового года после предоставления в срок, установленный в государственном задании, федеральным бюджетным или автономным учреждением предварительного отчета о выполнении государственного задания в части предварительной оценки достижения плановых показателей годового объема оказания государственных услуг за соответствующий финансовый год, составленного по форме, аналогичной форме о...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> настоящего пункта, представляется федеральным бюджетным или автономным учреждением при установлении органом, осуществляющим функции и полномочия учредителя, требования о его представлении в государственном задании. В случае если органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, устанавливаются требования о представлении предварительного отчета о выполнении государственного задания в части, касающейся работ, за соответствующий финансовый год, заполнение и оценка предварительного отчета осуществляется в порядке, определенном абзацем первым настоящего пункта.</w:t>
-[...13 lines deleted...]
-      <w:hyperlink w:history="0" r:id="rId215" w:tooltip="Постановление Правительства РФ от 04.11.2016 N 1136 &quot;О внесении изменений в пункт 46 Положения о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задания&quot; {КонсультантПлюс}">
+        <w:t xml:space="preserve"> настоящего пункта, представляется федеральным бюджетным или автономным учреждением при установлении органом, осуществляющим функции и полномочия учредителя, требования о его представлении в государственном задании. В случае если органом, осуществляющим функции и полномочия учредителя, устанавливаются требования о представлении предварительного отчета о выполнении государственного задания в части, касающейся работ, за соответствующий финансовый год, заполнение и оценка предварительного отчета осуществляется в порядке, определенном </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P232" w:tooltip="46. Перечисление платежа, завершающего выплату субсидии, в IV квартале должно осуществляться не позднее 1 декабря текущего финансового года после предоставления в срок, установленный в государственном задании, федеральным бюджетным или автономным учреждением предварительного отчета о выполнении государственного задания в части предварительной оценки достижения плановых показателей годового объема оказания государственных услуг за соответствующий финансовый год, составленного по форме, аналогичной форме о...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
-          <w:t xml:space="preserve">Постановлением</w:t>
+          <w:t xml:space="preserve">абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства РФ от 04.11.2016 N 1136; в ред. </w:t>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="366"/>
+        <w:t xml:space="preserve"> настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="235" w:name="P235"/>
+    <w:bookmarkEnd w:id="235"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Расчет объема субсидии, подлежащей возврату в федеральный бюджет, осуществляется с применением нормативных затрат на оказание государственных услуг (выполнение работ), определяемых в соответствии с настоящим Положением, по форме, предусмотренной соглашением.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Федеральные бюджетные или автономные учреждения обеспечивают возврат в федеральный бюджет субсидии в объеме, рассчитанном в соответствии с положениями </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P366" w:tooltip="Расчет объема субсидии, подлежащей возврату в федеральный бюджет, осуществляется с применением нормативных затрат на оказание государственных услуг (выполнение работ), определяемых в соответствии с настоящим Положением, по форме, предусмотренной соглашением.">
+      <w:hyperlink w:history="0" w:anchor="P235" w:tooltip="Расчет объема субсидии, подлежащей возврату в федеральный бюджет, осуществляется с применением нормативных затрат на оказание государственных услуг (выполнение работ), определяемых в соответствии с настоящим Положением, по форме, предусмотренной соглашением.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзаца четвертого</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, не позднее 1 мая текущего финансового года.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:id="237" w:name="P237"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...55 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">46(1). Требования, установленные </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P355" w:tooltip="45. Перечисление субсидии осуществляется в соответствии с графиком, содержащимся в соглашении или правовых актах, указанных в пунктах 40 и 44 настоящего Положения, не реже одного раза в квартал в сумме, не превышающей:">
+      <w:hyperlink w:history="0" w:anchor="P228" w:tooltip="45. Перечисление субсидии осуществляется в соответствии с графиком, содержащимся в соглашении или правовых актах, указанных в пунктах 40 и 44 настоящего Положения, не реже одного раза в квартал в сумме, не превышающей:">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">пунктами 45</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P360" w:tooltip="46. Перечисление платежа, завершающего выплату субсидии, в IV квартале должно осуществляться не позднее 1 декабря текущего финансового года после предоставления в срок, установленный в государственном задании, федеральным бюджетным или автономным учреждением предварительного отчета о выполнении государственного задания в части предварительной оценки достижения плановых показателей годового объема оказания государственных услуг за соответствующий финансовый год, составленного по форме, аналогичной форме о...">
+      <w:hyperlink w:history="0" w:anchor="P232" w:tooltip="46. Перечисление платежа, завершающего выплату субсидии, в IV квартале должно осуществляться не позднее 1 декабря текущего финансового года после предоставления в срок, установленный в государственном задании, федеральным бюджетным или автономным учреждением предварительного отчета о выполнении государственного задания в части предварительной оценки достижения плановых показателей годового объема оказания государственных услуг за соответствующий финансовый год, составленного по форме, аналогичной форме о...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">46</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения, связанные с перечислением субсидии, не распространяются:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 13.09.2017 N 1101)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) на федеральное бюджетное или автономное учреждение, оказание услуг (выполнение работ) которого зависит от сезонных условий, если органом, осуществляющим функции и полномочия учредителя, не установлено иное;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">а) на федеральное бюджетное или автономное учреждение, оказание услуг (выполнение работ) которого зависит от сезонных условий, если органом, осуществляющим функции и полномочия учредителя, не установлено иное;</w:t>
+        <w:t xml:space="preserve">б) на учреждение, находящееся в процессе реорганизации или ликвидации;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">б) на учреждение, находящееся в процессе реорганизации или ликвидации;</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">в) на предоставление субсидии в части выплат в рамках указов Президента Российской Федерации от 7 мая 2012 г. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId221" w:tooltip="Указ Президента РФ от 07.05.2012 N 597 &quot;О мероприятиях по реализации государственной социальной политики&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId48" w:tooltip="Указ Президента РФ от 07.05.2012 N 597 &quot;О мероприятиях по реализации государственной социальной политики&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 597</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О мероприятиях по реализации государственной социальной политики", от 1 июня 2012 г. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId222" w:tooltip="Указ Президента РФ от 01.06.2012 N 761 &quot;О Национальной стратегии действий в интересах детей на 2012 - 2017 годы&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId49" w:tooltip="Указ Президента РФ от 01.06.2012 N 761 &quot;О Национальной стратегии действий в интересах детей на 2012 - 2017 годы&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 761</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О Национальной стратегии действий в интересах детей на 2012 - 2017 годы" и от 28 декабря 2012 г. </w:t>
       </w:r>
-      <w:hyperlink w:history="0" r:id="rId223" w:tooltip="Указ Президента РФ от 28.12.2012 N 1688 (ред. от 14.11.2017) &quot;О некоторых мерах по реализации государственной политики в сфере защиты детей-сирот и детей, оставшихся без попечения родителей&quot; {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId50" w:tooltip="Указ Президента РФ от 28.12.2012 N 1688 (ред. от 14.11.2017) &quot;О некоторых мерах по реализации государственной политики в сфере защиты детей-сирот и детей, оставшихся без попечения родителей&quot; {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">N 1688</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О некоторых мерах по реализации государственной политики в сфере защиты детей-сирот и детей, оставшихся без попечения родителей", а также в установленных </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P327" w:tooltip="Объем субсидии может быть изменен в течение срока выполнения государственного задания в случае изменения состава и стоимости имущества учреждения, признаваемого в качестве объекта налогообложения налогом на имущество организации и земельным налогом, изменения законодательства Российской Федерации о налогах и сборах, в том числе в случае отмены ранее установленных налоговых льгот, введения налоговых льгот, а также в иных случаях, предусмотренных актами Президента Российской Федерации, Правительства Россий...">
+      <w:hyperlink w:history="0" w:anchor="P211" w:tooltip="Объем субсидии может быть изменен в течение срока выполнения государственного задания в случаях, предусмотренных актами Президента Российской Федерации, Правительства Российской Федерации, реализация которых требует дополнительного выделения (перераспределения) бюджетных ассигнований на финансовое обеспечение выполнения государственного задания.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">абзацем третьим пункта 41</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Положения случаях, приводящих к изменению объема субсидии в течение срока выполнения государственного задания;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 05.08.2022 N 1388)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г) на федеральное бюджетное или автономное учреждение, оказывающее государственные услуги (выполняющее работы), процесс оказания (выполнения) которых требует неравномерного финансового обеспечения в течение финансового года, если органом, осуществляющим функции и полномочия учредителя, не установлено иное.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">г) на федеральное бюджетное или автономное учреждение, оказывающее государственные услуги (выполняющее работы), процесс оказания (выполнения) которых требует неравномерного финансового обеспечения в течение финансового года, если органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных и автономных учреждений, не установлено иное.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">46(2). При изменении подведомственности федерального государственного учреждения после перечисления платежа, завершающего выплату субсидии, в IV квартале изменение стороны в соглашении в части изменения наименования органа, осуществляющего функции и полномочия учредителя, не производится.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="243" w:name="P243"/>
+    <w:bookmarkEnd w:id="243"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...55 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">47. Федеральные бюджетные и автономные учреждения, федеральные казенные учреждения представляют соответственно органам, осуществляющим функции и полномочия учредителей в отношении федеральных бюджетных или автономных учреждений, главным распорядителям средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, отчет о выполнении государственного задания, предусмотренный </w:t>
-[...1 lines deleted...]
-      <w:hyperlink w:history="0" w:anchor="P1419" w:tooltip="                           ОТЧЕТ О ВЫПОЛНЕНИИ">
+        <w:t xml:space="preserve">47. Федеральные бюджетные и автономные учреждения, федеральные казенные учреждения представляют соответственно органам, осуществляющим функции и полномочия учредителей, главным распорядителям средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, отчет о выполнении государственного задания, предусмотренный </w:t>
+      </w:r>
+      <w:hyperlink w:history="0" w:anchor="P1272" w:tooltip="                           ОТЧЕТ О ВЫПОЛНЕНИИ">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">приложением N 2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему Положению, в соответствии с требованиями, установленными в государственном задании.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Указанный </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> представляется в сроки, установленные государственным заданием, но не позднее 1 марта финансового года, следующего за отчетным.</w:t>
+        <w:t xml:space="preserve">При изменении подведомственности федерального государственного учреждения после представления таким учреждением предварительного отчета о выполнении государственного задания и перечисления платежа, завершающего выплату субсидии, в IV квартале отчет о выполнении государственного задания представляется органу, утвердившему государственное задание и предоставившему субсидию.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 06.10.2016 N 1006)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Указанный отчет представляется в сроки, установленные государственным заданием, но не позднее 1 марта финансового года, следующего за отчетным.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">В случае если органом, осуществляющим функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, главным распорядителем средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения, предусмотрено представление отчета о выполнении государственного задания в части, касающейся показателей объема оказания государственных услуг (выполнения работ), на иную дату (ежемесячно, ежеквартально), показатели отчета формируются на отчетную дату нарастающим итогом с начала года. При этом орган, осуществляющий функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, и главный распорядитель средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения, вправе установить плановые показатели достижения результатов на установленную им отчетную дату в процентах от годового объема оказания государственных услуг (выполнения работ) или в натуральных показателях как для государственного задания в целом, так и относительно его части (с учетом неравномерного процесса их оказания (выполнения).</w:t>
+        <w:t xml:space="preserve">Орган, осуществляющий функции и полномочия учредителя, главный распорядитель средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения, принимает отчет о выполнении государственного задания в течение 20 рабочих дней, следующих за днем его представления федеральным государственным учреждением в соответствии с абзацем первым настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 13.09.2017 N 1101)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае если органом, осуществляющим функции и полномочия учредителя, главным распорядителем средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения, предусмотрено представление отчета о выполнении государственного задания в части, касающейся показателей объема оказания государственных услуг (выполнения работ), на иную дату (ежемесячно, ежеквартально), показатели отчета формируются на отчетную дату нарастающим итогом с начала года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">48. Контроль за выполнением государственного задания федеральными бюджетными и автономными учреждениями, федеральными казенными учреждениями осуществляют соответственно органы, осуществляющие функции и полномочия учредителя в отношении федеральных бюджетных или автономных учреждений, и главные распорядители средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, а также федеральный орган исполнительной власти, осуществляющий функции по контролю и надзору в финансово-бюджетной сфере.</w:t>
+        <w:t xml:space="preserve">При этом орган, осуществляющий функции и полномочия учредителя, главный распорядитель средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения, вправе установить плановые показатели достижения результатов на установленную им отчетную дату в процентах от годового объема оказания государственных услуг (выполнения работ) или в натуральных показателях как для государственного задания в целом, так и относительно его части (с учетом неравномерного процесса их оказания (выполнения).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 25.05.2016 N 464)</w:t>
+        <w:spacing w:before="200" w:lineRule="auto"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">48. Контроль за выполнением государственного задания федеральными бюджетными и автономными учреждениями, федеральными казенными учреждениями осуществляют соответственно органы, осуществляющие функции и полномочия учредителя, и главные распорядители средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, а также федеральный орган исполнительной власти, осуществляющий функции по контролю и надзору в финансово-бюджетной сфере.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:hyperlink w:history="0" r:id="rId230" w:tooltip="Справочная информация: &quot;Перечень нормативных актов, регулирующих деятельность государственных учреждений, подведомственных федеральным органам исполнительной власти&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
+      <w:hyperlink w:history="0" r:id="rId51" w:tooltip="Справочная информация: &quot;Перечень нормативных актов, регулирующих деятельность государственных учреждений, подведомственных федеральным органам исполнительной власти&quot; (Материал подготовлен специалистами КонсультантПлюс) {КонсультантПлюс}">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">Правила</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> осуществления контроля органами, осуществляющими функции и полномочия учредителей, и главными распорядителями средств федерального бюджета, в ведении которых находятся федеральные казенные учреждения, за выполнением государственного задания устанавливаются указанными органами и должны предусматривать в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">документы, применяемые федеральным государственным учреждением в целях подтверждения информации о потребителях оказываемых государственных услуг (выполняемых работ) и выполнения содержащихся в государственном задании показателей объема оказываемых услуг (выполняемых работ), а также (при необходимости) формы указанных документов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:jc w:val="both"/>
-[...26 lines deleted...]
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">формы аналитической отчетности, подтверждающие оказание услуг (выполнение работ) и периодичность ее формирования.</w:t>
-      </w:r>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> Правительства РФ от 16.07.2020 N 1052)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
@@ -10641,224 +5892,50 @@
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">и финансовом обеспечении выполнения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">государственного задания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:before="0"/>
-[...172 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                  УТВЕРЖДАЮ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
@@ -11014,64 +6091,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                         ┌────┐</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="425" w:name="P425"/>
-    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:id="283" w:name="P283"/>
+    <w:bookmarkEnd w:id="283"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                      ГОСУДАРСТВЕННОЕ ЗАДАНИЕ N </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P951" w:tooltip="&lt;1&gt; Номер государственного задания присваивается в системе &quot;Электронный бюджет&quot;.">
+      <w:hyperlink w:history="0" w:anchor="P809" w:tooltip="&lt;1&gt; Номер государственного задания присваивается в системе &quot;Электронный бюджет&quot;.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;1&gt;</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">      │    │</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                         └────┘</w:t>
@@ -11251,51 +6328,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Форма по </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId235" w:tooltip="&quot;ОК 011-93. Общероссийский классификатор управленческой документации&quot; (утв. Постановлением Госстандарта России от 30.12.1993 N 299) (ред. от 13.12.2024) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId52" w:tooltip="&quot;ОК 011-93. Общероссийский классификатор управленческой документации&quot; (утв. Постановлением Госстандарта России от 30.12.1993 N 299) (ред. от 11.09.2025) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКУД</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="964" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:left w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
@@ -11526,51 +6603,51 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Дата окончания действия </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P952" w:tooltip="&lt;2&gt; Заполняется в случае досрочного прекращения выполнения государственного задания.">
+            <w:hyperlink w:history="0" w:anchor="P810" w:tooltip="&lt;2&gt; Заполняется в случае досрочного прекращения выполнения государственного задания.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;2&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="964" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:left w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
@@ -11715,51 +6792,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">По </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId236" w:tooltip="&quot;ОК 029-2014 (КДЕС Ред. 2). Общероссийский классификатор видов экономической деятельности&quot; (утв. Приказом Росстандарта от 31.01.2014 N 14-ст) (ред. от 21.03.2025) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId53" w:tooltip="&quot;ОК 029-2014 (КДЕС Ред. 2). Общероссийский классификатор видов экономической деятельности&quot; (утв. Приказом Росстандарта от 31.01.2014 N 14-ст) (ред. от 11.09.2025) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКВЭД</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="964" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:left w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
@@ -11818,51 +6895,51 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">По </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId237" w:tooltip="&quot;ОК 029-2014 (КДЕС Ред. 2). Общероссийский классификатор видов экономической деятельности&quot; (утв. Приказом Росстандарта от 31.01.2014 N 14-ст) (ред. от 21.03.2025) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId54" w:tooltip="&quot;ОК 029-2014 (КДЕС Ред. 2). Общероссийский классификатор видов экономической деятельности&quot; (утв. Приказом Росстандарта от 31.01.2014 N 14-ст) (ред. от 11.09.2025) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКВЭД</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="964" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:left w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
@@ -11913,51 +6990,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">По </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId238" w:tooltip="&quot;ОК 029-2014 (КДЕС Ред. 2). Общероссийский классификатор видов экономической деятельности&quot; (утв. Приказом Росстандарта от 31.01.2014 N 14-ст) (ред. от 21.03.2025) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId55" w:tooltip="&quot;ОК 029-2014 (КДЕС Ред. 2). Общероссийский классификатор видов экономической деятельности&quot; (утв. Приказом Росстандарта от 31.01.2014 N 14-ст) (ред. от 11.09.2025) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКВЭД</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="964" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:left w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
@@ -12057,51 +7134,51 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       Часть I. Сведения об оказываемых государственных услугах </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P953" w:tooltip="&lt;3&gt; Формируется при установлении государственного задания на оказание государственной услуги (услуг) и выполнение работы (работ) и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.">
+      <w:hyperlink w:history="0" w:anchor="P811" w:tooltip="&lt;3&gt; Формируется при установлении государственного задания на оказание государственной услуги (услуг) и выполнение работы (работ) и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;3&gt;</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -12424,91 +7501,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">услуги</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="488" w:name="P488"/>
-    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:id="346" w:name="P346"/>
+    <w:bookmarkEnd w:id="346"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1. Показатели, характеризующие качество государственной услуги </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P954" w:tooltip="&lt;4&gt; Заполняется в соответствии с показателями, характеризующими качество услуг (работ), установленными в общероссийском базовом перечне или федеральном перечне, и единицами их измерения.">
+      <w:hyperlink w:history="0" w:anchor="P812" w:tooltip="&lt;4&gt; Заполняется в соответствии с показателями, характеризующими качество услуг (работ), установленными в общероссийском базовом перечне или федеральном перечне, и единицами их измерения.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;4&gt;</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="rId5"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId6"/>
+          <w:headerReference w:type="default" r:id="rId6"/>
+          <w:headerReference w:type="first" r:id="rId6"/>
+          <w:footerReference w:type="default" r:id="rId7"/>
+          <w:footerReference w:type="first" r:id="rId7"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4"/>
           <w:bottom w:val="single" w:sz="4"/>
           <w:insideV w:val="single" w:sz="4"/>
           <w:insideH w:val="single" w:sz="4"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="102" w:type="dxa"/>
           <w:left w:w="62" w:type="dxa"/>
           <w:bottom w:w="102" w:type="dxa"/>
           <w:right w:w="62" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="794"/>
@@ -12524,51 +7601,51 @@
         <w:gridCol w:w="1039"/>
         <w:gridCol w:w="1040"/>
         <w:gridCol w:w="680"/>
         <w:gridCol w:w="850"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Уникальный номер реестровой записи </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcW w:w="2550" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Показатель, характеризующий содержание государственной услуги</w:t>
@@ -12626,224 +7703,224 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Значение показателя качества государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Допустимые (возможные) отклонения от установленных показателей качества государственной услуги </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P958" w:tooltip="&lt;7&gt; Заполняется в случае если для разных услуг (работ) устанавливаются различные показатели допустимых (возможных) отклонений или если указанные отклонения устанавливаются в абсолютных величинах. В случае если единицей объема работы является работа в целом, показатель не указывается.">
+            <w:hyperlink w:history="0" w:anchor="P816" w:tooltip="&lt;7&gt; Заполняется в случае если для разных услуг (работ) устанавливаются различные показатели допустимых (возможных) отклонений или если указанные отклонения устанавливаются в абсолютных величинах. В случае если единицей объема работы является работа в целом, показатель не указывается.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;7&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">единица измерения</w:t>
@@ -13019,92 +8096,92 @@
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">код по </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId241" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId58" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКЕИ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P956" w:tooltip="&lt;6&gt; Заполняется в соответствии с кодом, указанным в общероссийском базовом перечне или федеральном перечне (при наличии).">
+            <w:hyperlink w:history="0" w:anchor="P814" w:tooltip="&lt;6&gt; Заполняется в соответствии с кодом, указанным в общероссийском базовом перечне или федеральном перечне (при наличии).">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;6&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
@@ -13969,52 +9046,52 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="564" w:name="P564"/>
-    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:id="422" w:name="P422"/>
+    <w:bookmarkEnd w:id="422"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2. Показатели, характеризующие объем государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -14050,105 +9127,105 @@
         <w:gridCol w:w="1020"/>
         <w:gridCol w:w="1020"/>
         <w:gridCol w:w="831"/>
         <w:gridCol w:w="832"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Уникальный номер реестровой записи </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcW w:w="2550" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Показатель, характеризующий содержание государственной услуги </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Показатель, характеризующий условия (формы) оказания государственной услуги </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcW w:w="2550" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Показатель объема государственной услуги</w:t>
@@ -14167,254 +9244,254 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Значение показателя объема государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcW w:w="3018" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Размер платы (цена, тариф) </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P959" w:tooltip="&lt;8&gt; Заполняется в случае, если оказание услуг (выполнение работ) осуществляется на платной основе в соответствии с законодательством Российской Федерации в рамках государственного задания. При оказании услуг (выполнении работ) на платной основе сверх установленного государственного задания указанный показатель не формируется.">
+            <w:hyperlink w:history="0" w:anchor="P817" w:tooltip="&lt;8&gt; Заполняется в случае, если оказание услуг (выполнение работ) осуществляется на платной основе в соответствии с законодательством Российской Федерации в рамках государственного задания. При оказании услуг (выполнении работ) на платной основе сверх установленного государственного задания указанный показатель не формируется.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;8&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcW w:w="1663" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Допустимые (возможные) отклонения от установленных показателей объема государственной услуги </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P958" w:tooltip="&lt;7&gt; Заполняется в случае если для разных услуг (работ) устанавливаются различные показатели допустимых (возможных) отклонений или если указанные отклонения устанавливаются в абсолютных величинах. В случае если единицей объема работы является работа в целом, показатель не указывается.">
+            <w:hyperlink w:history="0" w:anchor="P816" w:tooltip="&lt;7&gt; Заполняется в случае если для разных услуг (работ) устанавливаются различные показатели допустимых (возможных) отклонений или если указанные отклонения устанавливаются в абсолютных величинах. В случае если единицей объема работы является работа в целом, показатель не указывается.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;7&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcW w:w="1700" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">единица измерения</w:t>
@@ -14608,92 +9685,92 @@
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">код по </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId242" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId59" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКЕИ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P956" w:tooltip="&lt;6&gt; Заполняется в соответствии с кодом, указанным в общероссийском базовом перечне или федеральном перечне (при наличии).">
+            <w:hyperlink w:history="0" w:anchor="P814" w:tooltip="&lt;6&gt; Заполняется в соответствии с кодом, указанным в общероссийском базовом перечне или федеральном перечне (при наличии).">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;6&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
@@ -15754,54 +10831,54 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="832" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="rId239"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId240"/>
+          <w:headerReference w:type="default" r:id="rId56"/>
+          <w:headerReference w:type="first" r:id="rId56"/>
+          <w:footerReference w:type="default" r:id="rId57"/>
+          <w:footerReference w:type="first" r:id="rId57"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="1133" w:right="397" w:bottom="566" w:left="397" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
@@ -16461,64 +11538,64 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="693" w:name="P693"/>
-    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:id="551" w:name="P551"/>
+    <w:bookmarkEnd w:id="551"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">               Часть II. Сведения о выполняемых работах </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P953" w:tooltip="&lt;3&gt; Формируется при установлении государственного задания на оказание государственной услуги (услуг) и выполнение работы (работ) и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.">
+      <w:hyperlink w:history="0" w:anchor="P811" w:tooltip="&lt;3&gt; Формируется при установлении государственного задания на оказание государственной услуги (услуг) и выполнение работы (работ) и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;3&gt;</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -16932,78 +12009,78 @@
         <w:t xml:space="preserve">3. Показатели, характеризующие объем и (или) качество работы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1. Показатели, характеризующие качество работы </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P954" w:tooltip="&lt;4&gt; Заполняется в соответствии с показателями, характеризующими качество услуг (работ), установленными в общероссийском базовом перечне или федеральном перечне, и единицами их измерения.">
+      <w:hyperlink w:history="0" w:anchor="P812" w:tooltip="&lt;4&gt; Заполняется в соответствии с показателями, характеризующими качество услуг (работ), установленными в общероссийском базовом перечне или федеральном перечне, и единицами их измерения.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;4&gt;</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="rId5"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId6"/>
+          <w:headerReference w:type="default" r:id="rId6"/>
+          <w:headerReference w:type="first" r:id="rId6"/>
+          <w:footerReference w:type="default" r:id="rId7"/>
+          <w:footerReference w:type="first" r:id="rId7"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4"/>
           <w:bottom w:val="single" w:sz="4"/>
           <w:insideV w:val="single" w:sz="4"/>
           <w:insideH w:val="single" w:sz="4"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="102" w:type="dxa"/>
           <w:left w:w="62" w:type="dxa"/>
           <w:bottom w:w="102" w:type="dxa"/>
           <w:right w:w="62" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="794"/>
@@ -17019,51 +12096,51 @@
         <w:gridCol w:w="1039"/>
         <w:gridCol w:w="1040"/>
         <w:gridCol w:w="680"/>
         <w:gridCol w:w="850"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Уникальный номер реестровой записи </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcW w:w="2550" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Показатель, характеризующий содержание работы</w:t>
@@ -17121,224 +12198,224 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Значение показателя качества работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Допустимые (возможные) отклонения от установленных показателей качества работы </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P958" w:tooltip="&lt;7&gt; Заполняется в случае если для разных услуг (работ) устанавливаются различные показатели допустимых (возможных) отклонений или если указанные отклонения устанавливаются в абсолютных величинах. В случае если единицей объема работы является работа в целом, показатель не указывается.">
+            <w:hyperlink w:history="0" w:anchor="P816" w:tooltip="&lt;7&gt; Заполняется в случае если для разных услуг (работ) устанавливаются различные показатели допустимых (возможных) отклонений или если указанные отклонения устанавливаются в абсолютных величинах. В случае если единицей объема работы является работа в целом, показатель не указывается.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;7&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">единица измерения</w:t>
@@ -17514,92 +12591,92 @@
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">код по </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId243" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId60" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКЕИ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P956" w:tooltip="&lt;6&gt; Заполняется в соответствии с кодом, указанным в общероссийском базовом перечне или федеральном перечне (при наличии).">
+            <w:hyperlink w:history="0" w:anchor="P814" w:tooltip="&lt;6&gt; Заполняется в соответствии с кодом, указанным в общероссийском базовом перечне или федеральном перечне (при наличии).">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;6&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
@@ -18545,51 +13622,51 @@
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="852"/>
         <w:gridCol w:w="633"/>
         <w:gridCol w:w="741"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Уникальный номер реестровой записи </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Показатель, характеризующий содержание работы</w:t>
@@ -18644,299 +13721,299 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Значение показателя объема работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcW w:w="2440" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Размер платы (цена, тариф) </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P959" w:tooltip="&lt;8&gt; Заполняется в случае, если оказание услуг (выполнение работ) осуществляется на платной основе в соответствии с законодательством Российской Федерации в рамках государственного задания. При оказании услуг (выполнении работ) на платной основе сверх установленного государственного задания указанный показатель не формируется.">
+            <w:hyperlink w:history="0" w:anchor="P817" w:tooltip="&lt;8&gt; Заполняется в случае, если оказание услуг (выполнение работ) осуществляется на платной основе в соответствии с законодательством Российской Федерации в рамках государственного задания. При оказании услуг (выполнении работ) на платной основе сверх установленного государственного задания указанный показатель не формируется.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;8&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcW w:w="1374" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Допустимые (возможные) отклонения от установленных показателей объема работы </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P958" w:tooltip="&lt;7&gt; Заполняется в случае если для разных услуг (работ) устанавливаются различные показатели допустимых (возможных) отклонений или если указанные отклонения устанавливаются в абсолютных величинах. В случае если единицей объема работы является работа в целом, показатель не указывается.">
+            <w:hyperlink w:history="0" w:anchor="P816" w:tooltip="&lt;7&gt; Заполняется в случае если для разных услуг (работ) устанавливаются различные показатели допустимых (возможных) отклонений или если указанные отклонения устанавливаются в абсолютных величинах. В случае если единицей объема работы является работа в целом, показатель не указывается.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;7&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">единица измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="631" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">описание работы </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P957" w:tooltip="&lt;6-1&gt; Для работ по проведению научных исследований (разработок) указываются наименование научной темы научного исследования (разработки) и плановый результат выполнения научной темы научного исследования (разработки), который включает в себя информацию об уровне (уровнях) готовности технологии и виде (видах) научного и (или) научно-технического результата.">
+            <w:hyperlink w:history="0" w:anchor="P815" w:tooltip="&lt;6-1&gt; Для работ по проведению научных исследований (разработок) указываются наименование научной темы научного исследования (разработки) и плановый результат выполнения научной темы научного исследования (разработки), который включает в себя информацию об уровне (уровнях) готовности технологии и виде (видах) научного и (или) научно-технического результата.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;6-1&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">20__ год</w:t>
@@ -19184,92 +14261,92 @@
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P955" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
+            <w:hyperlink w:history="0" w:anchor="P813" w:tooltip="&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="811" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">код по </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId244" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId61" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКЕИ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P956" w:tooltip="&lt;6&gt; Заполняется в соответствии с кодом, указанным в общероссийском базовом перечне или федеральном перечне (при наличии).">
+            <w:hyperlink w:history="0" w:anchor="P814" w:tooltip="&lt;6&gt; Заполняется в соответствии с кодом, указанным в общероссийском базовом перечне или федеральном перечне (при наличии).">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;6&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
@@ -20446,95 +15523,95 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="741" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="rId239"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId240"/>
+          <w:headerReference w:type="default" r:id="rId56"/>
+          <w:headerReference w:type="first" r:id="rId56"/>
+          <w:footerReference w:type="default" r:id="rId57"/>
+          <w:footerReference w:type="first" r:id="rId57"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="1133" w:right="1440" w:bottom="566" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">4.  Нормативные  правовые  акты, устанавливающие размер платы (цену, тариф)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">либо порядок ее установления </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P958" w:tooltip="&lt;7&gt; Заполняется в случае если для разных услуг (работ) устанавливаются различные показатели допустимых (возможных) отклонений или если указанные отклонения устанавливаются в абсолютных величинах. В случае если единицей объема работы является работа в целом, показатель не указывается.">
+      <w:hyperlink w:history="0" w:anchor="P816" w:tooltip="&lt;7&gt; Заполняется в случае если для разных услуг (работ) устанавливаются различные показатели допустимых (возможных) отклонений или если указанные отклонения устанавливаются в абсолютных величинах. В случае если единицей объема работы является работа в целом, показатель не указывается.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;7&gt;</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblBorders>
@@ -20851,51 +15928,51 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">         Часть III. Прочие сведения о государственном задании </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P960" w:tooltip="&lt;9&gt; Заполняется в целом по государственному заданию.">
+      <w:hyperlink w:history="0" w:anchor="P818" w:tooltip="&lt;9&gt; Заполняется в целом по государственному заданию.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;9&gt;</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -21339,296 +16416,296 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">с выполнением государственного</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">задания </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P961" w:tooltip="&lt;10&gt; В числе иных показателей может быть указано допустимое (возможное) отклонение от выполнения государственного задания (части государственного задания), в пределах которого оно (его часть) считается выполненным, при принятии органом, осуществляющим функции и полномочия учредителя федеральных бюджетных или автономных учреждений, главным распорядителем средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения, решения об установлении общего допустимого (возможного) откло...">
+      <w:hyperlink w:history="0" w:anchor="P819" w:tooltip="&lt;10&gt; В числе иных показателей может быть указано допустимое (возможное) отклонение от выполнения государственного задания (части государственного задания), в пределах которого оно (его часть) считается выполненным, при принятии органом, осуществляющим функции и полномочия учредителя федеральных бюджетных или автономных учреждений, главным распорядителем средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения, решения об установлении общего допустимого (возможного) откло...">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;10&gt;</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                _______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">--------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="951" w:name="P951"/>
-    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:id="809" w:name="P809"/>
+    <w:bookmarkEnd w:id="809"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;1&gt; Номер государственного задания присваивается в системе "Электронный бюджет".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="952" w:name="P952"/>
-    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:id="810" w:name="P810"/>
+    <w:bookmarkEnd w:id="810"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;2&gt; Заполняется в случае досрочного прекращения выполнения государственного задания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="953" w:name="P953"/>
-    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:id="811" w:name="P811"/>
+    <w:bookmarkEnd w:id="811"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;3&gt; Формируется при установлении государственного задания на оказание государственной услуги (услуг) и выполнение работы (работ) и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="954" w:name="P954"/>
-    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:id="812" w:name="P812"/>
+    <w:bookmarkEnd w:id="812"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;4&gt; Заполняется в соответствии с показателями, характеризующими качество услуг (работ), установленными в общероссийском базовом перечне или федеральном перечне, и единицами их измерения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="955" w:name="P955"/>
-    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:id="813" w:name="P813"/>
+    <w:bookmarkEnd w:id="813"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;5&gt; Заполняется в соответствии с общероссийскими базовыми перечнями или федеральными перечнями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="956" w:name="P956"/>
-    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:id="814" w:name="P814"/>
+    <w:bookmarkEnd w:id="814"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;6&gt; Заполняется в соответствии с кодом, указанным в общероссийском базовом перечне или федеральном перечне (при наличии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="957" w:name="P957"/>
-    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:id="815" w:name="P815"/>
+    <w:bookmarkEnd w:id="815"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;6-1&gt; Для работ по проведению научных исследований (разработок) указываются наименование научной темы научного исследования (разработки) и плановый результат выполнения научной темы научного исследования (разработки), который включает в себя информацию об уровне (уровнях) готовности технологии и виде (видах) научного и (или) научно-технического результата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="958" w:name="P958"/>
-    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:id="816" w:name="P816"/>
+    <w:bookmarkEnd w:id="816"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;7&gt; Заполняется в случае если для разных услуг (работ) устанавливаются различные показатели допустимых (возможных) отклонений или если указанные отклонения устанавливаются в абсолютных величинах. В случае если единицей объема работы является работа в целом, показатель не указывается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="959" w:name="P959"/>
-    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:id="817" w:name="P817"/>
+    <w:bookmarkEnd w:id="817"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;8&gt; Заполняется в случае, если оказание услуг (выполнение работ) осуществляется на платной основе в соответствии с законодательством Российской Федерации в рамках государственного задания. При оказании услуг (выполнении работ) на платной основе сверх установленного государственного задания указанный показатель не формируется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="960" w:name="P960"/>
-    <w:bookmarkEnd w:id="960"/>
+    <w:bookmarkStart w:id="818" w:name="P818"/>
+    <w:bookmarkEnd w:id="818"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;9&gt; Заполняется в целом по государственному заданию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="961" w:name="P961"/>
-    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:id="819" w:name="P819"/>
+    <w:bookmarkEnd w:id="819"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;10&gt; В числе иных показателей может быть указано допустимое (возможное) отклонение от выполнения государственного задания (части государственного задания), в пределах которого оно (его часть) считается выполненным, при принятии органом, осуществляющим функции и полномочия учредителя федеральных бюджетных или автономных учреждений, главным распорядителем средств федерального бюджета, в ведении которого находятся федеральные казенные учреждения, решения об установлении общего допустимого (возможного) отклонения от выполнения государственного задания, в пределах которого оно считается выполненным (в процентах, в абсолютных величинах). В этом случае допустимые (возможные) отклонения, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P488" w:tooltip="3.1. Показатели, характеризующие качество государственной услуги &lt;4&gt;">
+      <w:hyperlink w:history="0" w:anchor="P346" w:tooltip="3.1. Показатели, характеризующие качество государственной услуги &lt;4&gt;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">подпунктами 3.1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P564" w:tooltip="3.2. Показатели, характеризующие объем государственной услуги">
+      <w:hyperlink w:history="0" w:anchor="P422" w:tooltip="3.2. Показатели, характеризующие объем государственной услуги">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">3.2 частей I</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P693" w:tooltip="               Часть II. Сведения о выполняемых работах &lt;3&gt;">
+      <w:hyperlink w:history="0" w:anchor="P551" w:tooltip="               Часть II. Сведения о выполняемых работах &lt;3&gt;">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">II</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего государственного задания, принимают значения, равные установленному допустимому (возможному) отклонению от выполнения государственного задания (части государственного задания). В случае установления требования о представлении ежемесячных или ежеквартальных отчетов о выполнении государственного задания в числе иных показателей устанавливаются показатели выполнения государственного задания в процентах от годового объема оказания государственных услуг (выполнения работ) или в абсолютных величинах как для государственного задания в целом, так и относительно его части (в том числе с учетом неравномерного оказания государственных услуг (выполнения работ) в течение календарного года).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
@@ -21754,195 +16831,50 @@
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">и финансовом обеспечении выполнения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">государственного задания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:before="0"/>
-[...143 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                  УТВЕРЖДАЮ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
@@ -22050,100 +16982,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                          "__" ______________ 20__ г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="990" w:name="P990"/>
-    <w:bookmarkEnd w:id="990"/>
+    <w:bookmarkStart w:id="846" w:name="P846"/>
+    <w:bookmarkEnd w:id="846"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                     РАСПРЕДЕЛЕНИЕ ПОКАЗАТЕЛЕЙ ОБЪЕМА</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                ГОСУДАРСТВЕННЫХ УСЛУГ (РАБОТ), СОДЕРЖАЩИХСЯ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                  ┌────┐</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                  В ГОСУДАРСТВЕННОМ ЗАДАНИИ N </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1397" w:tooltip="&lt;1&gt; Номер распределения показателей объема государственных услуг (работ), содержащихся в государственном задании, присвоенный в системе &quot;Электронный бюджет&quot;.">
+      <w:hyperlink w:history="0" w:anchor="P1253" w:tooltip="&lt;1&gt; Номер распределения показателей объема государственных услуг (работ), содержащихся в государственном задании, присвоенный в системе &quot;Электронный бюджет&quot;.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;1&gt;</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> │    │</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                  └────┘</w:t>
@@ -22295,51 +17227,51 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Форма по </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId246" w:tooltip="&quot;ОК 011-93. Общероссийский классификатор управленческой документации&quot; (утв. Постановлением Госстандарта России от 30.12.1993 N 299) (ред. от 13.12.2024) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId62" w:tooltip="&quot;ОК 011-93. Общероссийский классификатор управленческой документации&quot; (утв. Постановлением Госстандарта России от 30.12.1993 N 299) (ред. от 11.09.2025) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКУД</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1020" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:left w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
@@ -22515,51 +17447,51 @@
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2324" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Дата окончания действия </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1399" w:tooltip="&lt;3&gt; Заполняется в случае досрочного прекращения выполнения распределения показателей объема государственных услуг (работ), содержащихся в государственном задании, утвержденного обособленному подразделению.">
+            <w:hyperlink w:history="0" w:anchor="P1255" w:tooltip="&lt;3&gt; Заполняется в случае досрочного прекращения выполнения распределения показателей объема государственных услуг (работ), содержащихся в государственном задании, утвержденного обособленному подразделению.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;3&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1020" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:left w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
@@ -22569,51 +17501,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Номер государственного задания </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1398" w:tooltip="&lt;2&gt; Номер государственного задания, присвоенный в системе &quot;Электронный бюджет&quot;.">
+            <w:hyperlink w:history="0" w:anchor="P1254" w:tooltip="&lt;2&gt; Номер государственного задания, присвоенный в системе &quot;Электронный бюджет&quot;.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;2&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
@@ -22756,51 +17688,51 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       Часть I. Сведения об оказываемых государственных услугах </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1400" w:tooltip="&lt;4&gt; Формируется при установлении распределения показателей объема государственных услуг (работ), содержащихся в государственном задании, и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) обособленным подразделением раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.">
+      <w:hyperlink w:history="0" w:anchor="P1256" w:tooltip="&lt;4&gt; Формируется при установлении распределения показателей объема государственных услуг (работ), содержащихся в государственном задании, и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) обособленным подразделением раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;4&gt;</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -23099,78 +18031,78 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Показатели, характеризующие объем государственной услуги </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1401" w:tooltip="&lt;5&gt; Заполняется в соответствии с государственным заданием.">
+      <w:hyperlink w:history="0" w:anchor="P1257" w:tooltip="&lt;5&gt; Заполняется в соответствии с государственным заданием.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;5&gt;</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="rId5"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId6"/>
+          <w:headerReference w:type="default" r:id="rId6"/>
+          <w:headerReference w:type="first" r:id="rId6"/>
+          <w:footerReference w:type="default" r:id="rId7"/>
+          <w:footerReference w:type="first" r:id="rId7"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4"/>
           <w:bottom w:val="single" w:sz="4"/>
           <w:insideV w:val="single" w:sz="4"/>
           <w:insideH w:val="single" w:sz="4"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="102" w:type="dxa"/>
           <w:left w:w="62" w:type="dxa"/>
           <w:bottom w:w="102" w:type="dxa"/>
           <w:right w:w="62" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1383"/>
@@ -23816,51 +18748,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">код по </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId247" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId63" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКЕИ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
@@ -26412,83 +21344,83 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="832" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="rId239"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId240"/>
+          <w:headerReference w:type="default" r:id="rId56"/>
+          <w:headerReference w:type="first" r:id="rId56"/>
+          <w:footerReference w:type="default" r:id="rId57"/>
+          <w:footerReference w:type="first" r:id="rId57"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="1133" w:right="397" w:bottom="566" w:left="397" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">               Часть II. Сведения о выполняемых работах </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1400" w:tooltip="&lt;4&gt; Формируется при установлении распределения показателей объема государственных услуг (работ), содержащихся в государственном задании, и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) обособленным подразделением раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.">
+      <w:hyperlink w:history="0" w:anchor="P1256" w:tooltip="&lt;4&gt; Формируется при установлении распределения показателей объема государственных услуг (работ), содержащихся в государственном задании, и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) обособленным подразделением раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;4&gt;</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -26879,78 +21811,78 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Показатели, характеризующие объем работы </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1401" w:tooltip="&lt;5&gt; Заполняется в соответствии с государственным заданием.">
+      <w:hyperlink w:history="0" w:anchor="P1257" w:tooltip="&lt;5&gt; Заполняется в соответствии с государственным заданием.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;5&gt;</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="rId5"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId6"/>
+          <w:headerReference w:type="default" r:id="rId6"/>
+          <w:headerReference w:type="first" r:id="rId6"/>
+          <w:footerReference w:type="default" r:id="rId7"/>
+          <w:footerReference w:type="first" r:id="rId7"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4"/>
           <w:bottom w:val="single" w:sz="4"/>
           <w:insideV w:val="single" w:sz="4"/>
           <w:insideH w:val="single" w:sz="4"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="102" w:type="dxa"/>
           <w:left w:w="62" w:type="dxa"/>
           <w:bottom w:w="102" w:type="dxa"/>
           <w:right w:w="62" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="964"/>
@@ -27460,51 +22392,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">код по </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId248" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId64" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКЕИ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
@@ -30056,154 +24988,154 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="825" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="rId239"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId240"/>
+          <w:headerReference w:type="default" r:id="rId56"/>
+          <w:headerReference w:type="first" r:id="rId56"/>
+          <w:footerReference w:type="default" r:id="rId57"/>
+          <w:footerReference w:type="first" r:id="rId57"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="1133" w:right="397" w:bottom="566" w:left="397" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">--------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1397" w:name="P1397"/>
-    <w:bookmarkEnd w:id="1397"/>
+    <w:bookmarkStart w:id="1253" w:name="P1253"/>
+    <w:bookmarkEnd w:id="1253"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;1&gt; Номер распределения показателей объема государственных услуг (работ), содержащихся в государственном задании, присвоенный в системе "Электронный бюджет".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1398" w:name="P1398"/>
-    <w:bookmarkEnd w:id="1398"/>
+    <w:bookmarkStart w:id="1254" w:name="P1254"/>
+    <w:bookmarkEnd w:id="1254"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;2&gt; Номер государственного задания, присвоенный в системе "Электронный бюджет".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1399" w:name="P1399"/>
-    <w:bookmarkEnd w:id="1399"/>
+    <w:bookmarkStart w:id="1255" w:name="P1255"/>
+    <w:bookmarkEnd w:id="1255"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;3&gt; Заполняется в случае досрочного прекращения выполнения распределения показателей объема государственных услуг (работ), содержащихся в государственном задании, утвержденного обособленному подразделению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1400" w:name="P1400"/>
-    <w:bookmarkEnd w:id="1400"/>
+    <w:bookmarkStart w:id="1256" w:name="P1256"/>
+    <w:bookmarkEnd w:id="1256"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;4&gt; Формируется при установлении распределения показателей объема государственных услуг (работ), содержащихся в государственном задании, и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) обособленным подразделением раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1401" w:name="P1401"/>
-    <w:bookmarkEnd w:id="1401"/>
+    <w:bookmarkStart w:id="1257" w:name="P1257"/>
+    <w:bookmarkEnd w:id="1257"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;5&gt; Заполняется в соответствии с государственным заданием.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
@@ -30324,271 +25256,97 @@
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">и финансовом обеспечении выполнения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">государственного задания</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:spacing w:before="0"/>
-[...172 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1419" w:name="P1419"/>
-    <w:bookmarkEnd w:id="1419"/>
+    <w:bookmarkStart w:id="1272" w:name="P1272"/>
+    <w:bookmarkEnd w:id="1272"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                           ОТЧЕТ О ВЫПОЛНЕНИИ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                    ┌─────┐</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                 ГОСУДАРСТВЕННОГО ЗАДАНИЯ N </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1948" w:tooltip="&lt;1&gt; Указывается номер государственного задания, по которому формируется отчет.">
+      <w:hyperlink w:history="0" w:anchor="P1818" w:tooltip="&lt;1&gt; Указывается номер государственного задания, по которому формируется отчет.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;1&gt;</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">     │     │</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                    └─────┘</w:t>
@@ -30748,51 +25506,51 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Форма по </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId251" w:tooltip="&quot;ОК 011-93. Общероссийский классификатор управленческой документации&quot; (утв. Постановлением Госстандарта России от 30.12.1993 N 299) (ред. от 13.12.2024) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId65" w:tooltip="&quot;ОК 011-93. Общероссийский классификатор управленческой документации&quot; (утв. Постановлением Госстандарта России от 30.12.1993 N 299) (ред. от 11.09.2025) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКУД</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1077" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:left w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
@@ -30818,51 +25576,51 @@
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">на "__" ________ 20__ г. </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1949" w:tooltip="&lt;2&gt; Указывается дата, на которую составляется отчет.">
+            <w:hyperlink w:history="0" w:anchor="P1819" w:tooltip="&lt;2&gt; Указывается дата, на которую составляется отчет.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;2&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
@@ -31101,51 +25859,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">По </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId252" w:tooltip="&quot;ОК 029-2014 (КДЕС Ред. 2). Общероссийский классификатор видов экономической деятельности&quot; (утв. Приказом Росстандарта от 31.01.2014 N 14-ст) (ред. от 21.03.2025) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId66" w:tooltip="&quot;ОК 029-2014 (КДЕС Ред. 2). Общероссийский классификатор видов экономической деятельности&quot; (утв. Приказом Росстандарта от 31.01.2014 N 14-ст) (ред. от 11.09.2025) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКВЭД</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1077" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:left w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
@@ -31198,51 +25956,51 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">По </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId253" w:tooltip="&quot;ОК 029-2014 (КДЕС Ред. 2). Общероссийский классификатор видов экономической деятельности&quot; (утв. Приказом Росстандарта от 31.01.2014 N 14-ст) (ред. от 21.03.2025) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId67" w:tooltip="&quot;ОК 029-2014 (КДЕС Ред. 2). Общероссийский классификатор видов экономической деятельности&quot; (утв. Приказом Росстандарта от 31.01.2014 N 14-ст) (ред. от 11.09.2025) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКВЭД</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1077" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:left w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
@@ -31295,51 +26053,51 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">По </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId254" w:tooltip="&quot;ОК 029-2014 (КДЕС Ред. 2). Общероссийский классификатор видов экономической деятельности&quot; (утв. Приказом Росстандарта от 31.01.2014 N 14-ст) (ред. от 21.03.2025) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId68" w:tooltip="&quot;ОК 029-2014 (КДЕС Ред. 2). Общероссийский классификатор видов экономической деятельности&quot; (утв. Приказом Росстандарта от 31.01.2014 N 14-ст) (ред. от 11.09.2025) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКВЭД</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1077" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4"/>
               <w:left w:val="single" w:sz="4"/>
               <w:bottom w:val="single" w:sz="4"/>
               <w:right w:val="single" w:sz="4"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
@@ -31621,51 +26379,51 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">       Часть I. Сведения об оказываемых государственных услугах </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1950" w:tooltip="&lt;3&gt; Формируется при установлении государственного задания на оказание государственной услуги (услуг) и выполнение работы (работ) и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.">
+      <w:hyperlink w:history="0" w:anchor="P1820" w:tooltip="&lt;3&gt; Формируется при установлении государственного задания на оказание государственной услуги (услуг) и выполнение работы (работ) и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;3&gt;</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -31948,54 +26706,54 @@
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">качество государственной услуги</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="rId5"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId6"/>
+          <w:headerReference w:type="default" r:id="rId6"/>
+          <w:headerReference w:type="first" r:id="rId6"/>
+          <w:footerReference w:type="default" r:id="rId7"/>
+          <w:footerReference w:type="first" r:id="rId7"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4"/>
           <w:bottom w:val="single" w:sz="4"/>
           <w:insideV w:val="single" w:sz="4"/>
           <w:insideH w:val="single" w:sz="4"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="102" w:type="dxa"/>
           <w:left w:w="62" w:type="dxa"/>
           <w:bottom w:w="102" w:type="dxa"/>
           <w:right w:w="62" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="850"/>
@@ -32012,51 +26770,51 @@
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="737"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="794"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Уникальный номер реестровой записи </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -32123,51 +26881,51 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcW w:w="1387" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">единица измерения</w:t>
@@ -32186,78 +26944,78 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">допустимое (возможное) отклонение </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1956" w:tooltip="&lt;7&gt; Рассчитывается путем умножения значения показателя объема и (или) качества государственной услуги (работы), установленного в государственном задании (графа 10), на установленное в государственном задании значение допустимого (возможного) отклонения от установленных показателей качества (объема) государственной услуги (работы), в пределах которого государственное задание считается выполненным (в процентах), при установлении допустимого (возможного) отклонения от установленных показателей качества (объ...">
+            <w:hyperlink w:history="0" w:anchor="P1826" w:tooltip="&lt;7&gt; Рассчитывается путем умножения значения показателя объема и (или) качества государственной услуги (работы), установленного в государственном задании (графа 10), на установленное в государственном задании значение допустимого (возможного) отклонения от установленных показателей качества (объема) государственной услуги (работы), в пределах которого государственное задание считается выполненным (в процентах), при установлении допустимого (возможного) отклонения от установленных показателей качества (объ...">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;7&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">отклонение, превышающее допустимое (возможное) отклонение </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1957" w:tooltip="&lt;8&gt; Рассчитывается при формировании отчета за год как разница показателей граф 10, 12 и 13.">
+            <w:hyperlink w:history="0" w:anchor="P1827" w:tooltip="&lt;8&gt; Рассчитывается при формировании отчета за год как разница показателей граф 10, 12 и 13.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;8&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -32292,174 +27050,174 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="707" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">код по </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId255" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId69" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКЕИ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">утверждено в государственном задании на год </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1077" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">утверждено в государственном задании на отчетную дату </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1952" w:tooltip="&lt;5&gt; Заполняется в случае установления органом, осуществляющим функции и полномочия учредителя, требования о представлении предварительного отчета о выполнении государственного задания. При установлении показателя достижения результатов выполнения государственного задания на отчетную дату в процентах от годового объема оказания государственной услуги (выполнения работы) рассчитывается путем умножения годового объема государственной услуги (работы) на установленный процент достижения результатов выполнения...">
+            <w:hyperlink w:history="0" w:anchor="P1822" w:tooltip="&lt;5&gt; Заполняется в случае установления органом, осуществляющим функции и полномочия учредителя, требования о представлении предварительного отчета о выполнении государственного задания. При установлении показателя достижения результатов выполнения государственного задания на отчетную дату в процентах от годового объема оказания государственной услуги (выполнения работы) рассчитывается путем умножения годового объема государственной услуги (работы) на установленный процент достижения результатов выполнения...">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">исполнено на отчетную дату </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1953" w:tooltip="&lt;6&gt; В предварительном отчете указываются показатели объема и (или) качества государственной услуги (работы), запланированные к исполнению по завершении текущего финансового года.">
+            <w:hyperlink w:history="0" w:anchor="P1823" w:tooltip="&lt;6&gt; В предварительном отчете указываются показатели объема и (или) качества государственной услуги (работы), запланированные к исполнению по завершении текущего финансового года.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;6&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
@@ -32473,155 +27231,155 @@
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
@@ -32773,143 +27531,143 @@
               <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="1512" w:name="P1512"/>
-          <w:bookmarkEnd w:id="1512"/>
+          <w:bookmarkStart w:id="1365" w:name="P1365"/>
+          <w:bookmarkEnd w:id="1365"/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="707" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="1514" w:name="P1514"/>
-          <w:bookmarkEnd w:id="1514"/>
+          <w:bookmarkStart w:id="1367" w:name="P1367"/>
+          <w:bookmarkEnd w:id="1367"/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1077" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="1516" w:name="P1516"/>
-          <w:bookmarkEnd w:id="1516"/>
+          <w:bookmarkStart w:id="1369" w:name="P1369"/>
+          <w:bookmarkEnd w:id="1369"/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="737" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="1517" w:name="P1517"/>
-          <w:bookmarkEnd w:id="1517"/>
+          <w:bookmarkStart w:id="1370" w:name="P1370"/>
+          <w:bookmarkEnd w:id="1370"/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -33670,51 +28428,51 @@
         <w:gridCol w:w="680"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="788"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Уникальный номер реестровой записи </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -33799,51 +28557,51 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcW w:w="1387" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">единица измерения</w:t>
@@ -33862,78 +28620,78 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">допустимое (возможное) отклонение </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1956" w:tooltip="&lt;7&gt; Рассчитывается путем умножения значения показателя объема и (или) качества государственной услуги (работы), установленного в государственном задании (графа 10), на установленное в государственном задании значение допустимого (возможного) отклонения от установленных показателей качества (объема) государственной услуги (работы), в пределах которого государственное задание считается выполненным (в процентах), при установлении допустимого (возможного) отклонения от установленных показателей качества (объ...">
+            <w:hyperlink w:history="0" w:anchor="P1826" w:tooltip="&lt;7&gt; Рассчитывается путем умножения значения показателя объема и (или) качества государственной услуги (работы), установленного в государственном задании (графа 10), на установленное в государственном задании значение допустимого (возможного) отклонения от установленных показателей качества (объема) государственной услуги (работы), в пределах которого государственное задание считается выполненным (в процентах), при установлении допустимого (возможного) отклонения от установленных показателей качества (объ...">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;7&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">отклонение, превышающее допустимое (возможное) отклонение </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1957" w:tooltip="&lt;8&gt; Рассчитывается при формировании отчета за год как разница показателей граф 10, 12 и 13.">
+            <w:hyperlink w:history="0" w:anchor="P1827" w:tooltip="&lt;8&gt; Рассчитывается при формировании отчета за год как разница показателей граф 10, 12 и 13.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;8&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">причина отклонения</w:t>
@@ -33974,174 +28732,174 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="707" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">код по </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId256" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId70" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКЕИ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">утверждено в государственном задании на год </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="964" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">утверждено в государственном задании на отчетную дату </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1952" w:tooltip="&lt;5&gt; Заполняется в случае установления органом, осуществляющим функции и полномочия учредителя, требования о представлении предварительного отчета о выполнении государственного задания. При установлении показателя достижения результатов выполнения государственного задания на отчетную дату в процентах от годового объема оказания государственной услуги (выполнения работы) рассчитывается путем умножения годового объема государственной услуги (работы) на установленный процент достижения результатов выполнения...">
+            <w:hyperlink w:history="0" w:anchor="P1822" w:tooltip="&lt;5&gt; Заполняется в случае установления органом, осуществляющим функции и полномочия учредителя, требования о представлении предварительного отчета о выполнении государственного задания. При установлении показателя достижения результатов выполнения государственного задания на отчетную дату в процентах от годового объема оказания государственной услуги (выполнения работы) рассчитывается путем умножения годового объема государственной услуги (работы) на установленный процент достижения результатов выполнения...">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">исполнено на отчетную дату </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1953" w:tooltip="&lt;6&gt; В предварительном отчете указываются показатели объема и (или) качества государственной услуги (работы), запланированные к исполнению по завершении текущего финансового года.">
+            <w:hyperlink w:history="0" w:anchor="P1823" w:tooltip="&lt;6&gt; В предварительном отчете указываются показатели объема и (или) качества государственной услуги (работы), запланированные к исполнению по завершении текущего финансового года.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;6&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
@@ -34161,155 +28919,155 @@
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
@@ -35320,83 +30078,83 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="788" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="rId239"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId240"/>
+          <w:headerReference w:type="default" r:id="rId56"/>
+          <w:headerReference w:type="first" r:id="rId56"/>
+          <w:footerReference w:type="default" r:id="rId57"/>
+          <w:footerReference w:type="first" r:id="rId57"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="1133" w:right="1440" w:bottom="566" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">               Часть II. Сведения о выполняемых работах </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1950" w:tooltip="&lt;3&gt; Формируется при установлении государственного задания на оказание государственной услуги (услуг) и выполнение работы (работ) и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.">
+      <w:hyperlink w:history="0" w:anchor="P1820" w:tooltip="&lt;3&gt; Формируется при установлении государственного задания на оказание государственной услуги (услуг) и выполнение работы (работ) и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">&lt;3&gt;</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -35851,54 +30609,54 @@
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">качество работы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="rId5"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId6"/>
+          <w:headerReference w:type="default" r:id="rId6"/>
+          <w:headerReference w:type="first" r:id="rId6"/>
+          <w:footerReference w:type="default" r:id="rId7"/>
+          <w:footerReference w:type="first" r:id="rId7"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4"/>
           <w:bottom w:val="single" w:sz="4"/>
           <w:insideV w:val="single" w:sz="4"/>
           <w:insideH w:val="single" w:sz="4"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="102" w:type="dxa"/>
           <w:left w:w="62" w:type="dxa"/>
           <w:bottom w:w="102" w:type="dxa"/>
           <w:right w:w="62" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="850"/>
@@ -35915,51 +30673,51 @@
         <w:gridCol w:w="624"/>
         <w:gridCol w:w="680"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="680"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Уникальный номер реестровой записи </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcW w:w="2040" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -36026,51 +30784,51 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcW w:w="1389" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">единица измерения</w:t>
@@ -36089,78 +30847,78 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">допустимое (возможное) отклонение </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1956" w:tooltip="&lt;7&gt; Рассчитывается путем умножения значения показателя объема и (или) качества государственной услуги (работы), установленного в государственном задании (графа 10), на установленное в государственном задании значение допустимого (возможного) отклонения от установленных показателей качества (объема) государственной услуги (работы), в пределах которого государственное задание считается выполненным (в процентах), при установлении допустимого (возможного) отклонения от установленных показателей качества (объ...">
+            <w:hyperlink w:history="0" w:anchor="P1826" w:tooltip="&lt;7&gt; Рассчитывается путем умножения значения показателя объема и (или) качества государственной услуги (работы), установленного в государственном задании (графа 10), на установленное в государственном задании значение допустимого (возможного) отклонения от установленных показателей качества (объема) государственной услуги (работы), в пределах которого государственное задание считается выполненным (в процентах), при установлении допустимого (возможного) отклонения от установленных показателей качества (объ...">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;7&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">отклонение, превышающее допустимое (возможное) отклонение </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1957" w:tooltip="&lt;8&gt; Рассчитывается при формировании отчета за год как разница показателей граф 10, 12 и 13.">
+            <w:hyperlink w:history="0" w:anchor="P1827" w:tooltip="&lt;8&gt; Рассчитывается при формировании отчета за год как разница показателей граф 10, 12 и 13.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;8&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -36195,174 +30953,174 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">код по </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId257" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId71" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКЕИ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">утверждено в государственном задании на год </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="964" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">утверждено в государственном задании на отчетную дату </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1952" w:tooltip="&lt;5&gt; Заполняется в случае установления органом, осуществляющим функции и полномочия учредителя, требования о представлении предварительного отчета о выполнении государственного задания. При установлении показателя достижения результатов выполнения государственного задания на отчетную дату в процентах от годового объема оказания государственной услуги (выполнения работы) рассчитывается путем умножения годового объема государственной услуги (работы) на установленный процент достижения результатов выполнения...">
+            <w:hyperlink w:history="0" w:anchor="P1822" w:tooltip="&lt;5&gt; Заполняется в случае установления органом, осуществляющим функции и полномочия учредителя, требования о представлении предварительного отчета о выполнении государственного задания. При установлении показателя достижения результатов выполнения государственного задания на отчетную дату в процентах от годового объема оказания государственной услуги (выполнения работы) рассчитывается путем умножения годового объема государственной услуги (работы) на установленный процент достижения результатов выполнения...">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="624" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">исполнено на отчетную дату </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1953" w:tooltip="&lt;6&gt; В предварительном отчете указываются показатели объема и (или) качества государственной услуги (работы), запланированные к исполнению по завершении текущего финансового года.">
+            <w:hyperlink w:history="0" w:anchor="P1823" w:tooltip="&lt;6&gt; В предварительном отчете указываются показатели объема и (или) качества государственной услуги (работы), запланированные к исполнению по завершении текущего финансового года.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;6&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
@@ -36376,155 +31134,155 @@
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
@@ -37475,52 +32233,52 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1742" w:name="P1742"/>
-    <w:bookmarkEnd w:id="1742"/>
+    <w:bookmarkStart w:id="1595" w:name="P1595"/>
+    <w:bookmarkEnd w:id="1595"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2.  Сведения о фактическом достижении показателей, характеризующих  объем</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">работы   (за   исключением   работы   по  проведению  научных  исследований</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -37580,51 +32338,51 @@
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="1006"/>
         <w:gridCol w:w="680"/>
         <w:gridCol w:w="775"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Уникальный номер реестровой записи </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcW w:w="2208" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -37709,51 +32467,51 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="738" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcW w:w="1398" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">единица измерения</w:t>
@@ -37772,78 +32530,78 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">допустимое (возможное) отклонение </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1956" w:tooltip="&lt;7&gt; Рассчитывается путем умножения значения показателя объема и (или) качества государственной услуги (работы), установленного в государственном задании (графа 10), на установленное в государственном задании значение допустимого (возможного) отклонения от установленных показателей качества (объема) государственной услуги (работы), в пределах которого государственное задание считается выполненным (в процентах), при установлении допустимого (возможного) отклонения от установленных показателей качества (объ...">
+            <w:hyperlink w:history="0" w:anchor="P1826" w:tooltip="&lt;7&gt; Рассчитывается путем умножения значения показателя объема и (или) качества государственной услуги (работы), установленного в государственном задании (графа 10), на установленное в государственном задании значение допустимого (возможного) отклонения от установленных показателей качества (объема) государственной услуги (работы), в пределах которого государственное задание считается выполненным (в процентах), при установлении допустимого (возможного) отклонения от установленных показателей качества (объ...">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;7&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1006" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">отклонение, превышающее допустимое (возможное) отклонение </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1957" w:tooltip="&lt;8&gt; Рассчитывается при формировании отчета за год как разница показателей граф 10, 12 и 13.">
+            <w:hyperlink w:history="0" w:anchor="P1827" w:tooltip="&lt;8&gt; Рассчитывается при формировании отчета за год как разница показателей граф 10, 12 и 13.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;8&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">причина отклонения</w:t>
@@ -37863,306 +32621,306 @@
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="736" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="736" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="736" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="736" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="736" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">код по </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId258" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId72" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКЕИ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1244" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">утверждено в государственном задании на год </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1470" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">утверждено в государственном задании на отчетную дату </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1952" w:tooltip="&lt;5&gt; Заполняется в случае установления органом, осуществляющим функции и полномочия учредителя, требования о представлении предварительного отчета о выполнении государственного задания. При установлении показателя достижения результатов выполнения государственного задания на отчетную дату в процентах от годового объема оказания государственной услуги (выполнения работы) рассчитывается путем умножения годового объема государственной услуги (работы) на установленный процент достижения результатов выполнения...">
+            <w:hyperlink w:history="0" w:anchor="P1822" w:tooltip="&lt;5&gt; Заполняется в случае установления органом, осуществляющим функции и полномочия учредителя, требования о представлении предварительного отчета о выполнении государственного задания. При установлении показателя достижения результатов выполнения государственного задания на отчетную дату в процентах от годового объема оказания государственной услуги (выполнения работы) рассчитывается путем умножения годового объема государственной услуги (работы) на установленный процент достижения результатов выполнения...">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="960" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">исполнено на отчетную дату </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1953" w:tooltip="&lt;6&gt; В предварительном отчете указываются показатели объема и (или) качества государственной услуги (работы), запланированные к исполнению по завершении текущего финансового года.">
+            <w:hyperlink w:history="0" w:anchor="P1823" w:tooltip="&lt;6&gt; В предварительном отчете указываются показатели объема и (или) качества государственной услуги (работы), запланированные к исполнению по завершении текущего финансового года.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;6&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
@@ -39290,51 +34048,51 @@
         <w:gridCol w:w="706"/>
         <w:gridCol w:w="701"/>
         <w:gridCol w:w="557"/>
         <w:gridCol w:w="570"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Уникальный номер реестровой записи </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcW w:w="2067" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -39419,51 +34177,51 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="647" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcW w:w="1435" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">единица измерения</w:t>
@@ -39482,78 +34240,78 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">допустимое (возможное) отклонение </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1956" w:tooltip="&lt;7&gt; Рассчитывается путем умножения значения показателя объема и (или) качества государственной услуги (работы), установленного в государственном задании (графа 10), на установленное в государственном задании значение допустимого (возможного) отклонения от установленных показателей качества (объема) государственной услуги (работы), в пределах которого государственное задание считается выполненным (в процентах), при установлении допустимого (возможного) отклонения от установленных показателей качества (объ...">
+            <w:hyperlink w:history="0" w:anchor="P1826" w:tooltip="&lt;7&gt; Рассчитывается путем умножения значения показателя объема и (или) качества государственной услуги (работы), установленного в государственном задании (графа 10), на установленное в государственном задании значение допустимого (возможного) отклонения от установленных показателей качества (объема) государственной услуги (работы), в пределах которого государственное задание считается выполненным (в процентах), при установлении допустимого (возможного) отклонения от установленных показателей качества (объ...">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;7&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">отклонение, превышающее допустимое (возможное) отклонение </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1958" w:tooltip="&lt;9&gt; Рассчитывается при формировании отчета за год как разница показателей граф 10, 12 и 17.">
+            <w:hyperlink w:history="0" w:anchor="P1828" w:tooltip="&lt;9&gt; Рассчитывается при формировании отчета за год как разница показателей граф 10, 12 и 17.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;9&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="557" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">причина отклонения</w:t>
@@ -39573,410 +34331,410 @@
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование показателя </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="717" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">код по </w:t>
             </w:r>
-            <w:hyperlink w:history="0" r:id="rId259" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
+            <w:hyperlink w:history="0" r:id="rId73" w:tooltip="&quot;ОК 015-94 (МК 002-97). Общероссийский классификатор единиц измерения&quot; (утв. Постановлением Госстандарта России от 26.12.1994 N 366) (ред. от 14.11.2024) {КонсультантПлюс}">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ОКЕИ</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="701" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">утверждено в государственном задании на год </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">утверждено в государственном задании на отчетную дату </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1952" w:tooltip="&lt;5&gt; Заполняется в случае установления органом, осуществляющим функции и полномочия учредителя, требования о представлении предварительного отчета о выполнении государственного задания. При установлении показателя достижения результатов выполнения государственного задания на отчетную дату в процентах от годового объема оказания государственной услуги (выполнения работы) рассчитывается путем умножения годового объема государственной услуги (работы) на установленный процент достижения результатов выполнения...">
+            <w:hyperlink w:history="0" w:anchor="P1822" w:tooltip="&lt;5&gt; Заполняется в случае установления органом, осуществляющим функции и полномочия учредителя, требования о представлении предварительного отчета о выполнении государственного задания. При установлении показателя достижения результатов выполнения государственного задания на отчетную дату в процентах от годового объема оказания государственной услуги (выполнения работы) рассчитывается путем умножения годового объема государственной услуги (работы) на установленный процент достижения результатов выполнения...">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;5&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">исполнено на отчетную дату </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1953" w:tooltip="&lt;6&gt; В предварительном отчете указываются показатели объема и (или) качества государственной услуги (работы), запланированные к исполнению по завершении текущего финансового года.">
+            <w:hyperlink w:history="0" w:anchor="P1823" w:tooltip="&lt;6&gt; В предварительном отчете указываются показатели объема и (или) качества государственной услуги (работы), запланированные к исполнению по завершении текущего финансового года.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;6&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">наименование научной темы </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="701" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">плановый результат выполнения научной темы </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1951" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
+            <w:hyperlink w:history="0" w:anchor="P1821" w:tooltip="&lt;4&gt; Формируется в соответствии с государственным заданием.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;4&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="762" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">плановый результат выполнения научной темы на отчетную дату </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1954" w:tooltip="&lt;6-1&gt; Заполняется в случае установления органом, осуществляющим функции и полномочия учредителя, требования о представлении предварительного отчета о выполнении государственного задания.">
+            <w:hyperlink w:history="0" w:anchor="P1824" w:tooltip="&lt;6-1&gt; Заполняется в случае установления органом, осуществляющим функции и полномочия учредителя, требования о представлении предварительного отчета о выполнении государственного задания.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;6-1&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="796" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">достигнутый результат выполнения научной темы на отчетную дату </w:t>
             </w:r>
-            <w:hyperlink w:history="0" w:anchor="P1955" w:tooltip="&lt;6-2&gt; В предварительном отчете о выполнении государственного задания указывается результат выполнения научной темы научного исследования (разработки), запланированный к достижению по завершении текущего финансового года.">
+            <w:hyperlink w:history="0" w:anchor="P1825" w:tooltip="&lt;6-2&gt; В предварительном отчете о выполнении государственного задания указывается результат выполнения научной темы научного исследования (разработки), запланированный к достижению по завершении текущего финансового года.">
               <w:r>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:color w:val="0000ff"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&lt;6-2&gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
@@ -40132,88 +34890,88 @@
               <w:t xml:space="preserve">8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="718" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="701" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="1869" w:name="P1869"/>
-          <w:bookmarkEnd w:id="1869"/>
+          <w:bookmarkStart w:id="1722" w:name="P1722"/>
+          <w:bookmarkEnd w:id="1722"/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="680" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="1871" w:name="P1871"/>
-          <w:bookmarkEnd w:id="1871"/>
+          <w:bookmarkStart w:id="1724" w:name="P1724"/>
+          <w:bookmarkEnd w:id="1724"/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -40255,52 +35013,52 @@
               <w:t xml:space="preserve">15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="796" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="1876" w:name="P1876"/>
-          <w:bookmarkEnd w:id="1876"/>
+          <w:bookmarkStart w:id="1729" w:name="P1729"/>
+          <w:bookmarkEnd w:id="1729"/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="701" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -41253,465 +36011,667 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="570" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:sectPr>
-          <w:headerReference w:type="default" r:id="rId239"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId240"/>
+          <w:headerReference w:type="default" r:id="rId56"/>
+          <w:headerReference w:type="first" r:id="rId56"/>
+          <w:footerReference w:type="default" r:id="rId57"/>
+          <w:footerReference w:type="first" r:id="rId57"/>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="1133" w:right="1440" w:bottom="566" w:left="1440" w:header="0" w:footer="0" w:gutter="0"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Руководитель</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">(уполномоченное лицо) _______________ ___________ _________________________</w:t>
+        <w:t xml:space="preserve">(уполномоченное лицо)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                        (должность)    (подпись)    (расшифровка подписи)</w:t>
+        <w:t xml:space="preserve">федерального государственного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учреждения (обособленного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подразделения)               _____________ ___________ ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (должность)  (подпись) (расшифровка подписи)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"__" ___________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководитель</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(уполномоченное лицо)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органа, осуществляющего</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">функции и полномочия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учредителя, главного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">распорядителя средств</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">федерального бюджета,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в ведении которого</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">находятся федеральные</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казенные учреждения     _____________ ___________ _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (должность)    (подпись)    (расшифровка подписи)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">"__" ___________ 20__ г.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">--------------------------------</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1948" w:name="P1948"/>
-    <w:bookmarkEnd w:id="1948"/>
+    <w:bookmarkStart w:id="1818" w:name="P1818"/>
+    <w:bookmarkEnd w:id="1818"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;1&gt; Указывается номер государственного задания, по которому формируется отчет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1949" w:name="P1949"/>
-    <w:bookmarkEnd w:id="1949"/>
+    <w:bookmarkStart w:id="1819" w:name="P1819"/>
+    <w:bookmarkEnd w:id="1819"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;2&gt; Указывается дата, на которую составляется отчет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1950" w:name="P1950"/>
-    <w:bookmarkEnd w:id="1950"/>
+    <w:bookmarkStart w:id="1820" w:name="P1820"/>
+    <w:bookmarkEnd w:id="1820"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;3&gt; Формируется при установлении государственного задания на оказание государственной услуги (услуг) и выполнение работы (работ) и содержит требования к оказанию государственной услуги (услуг) и выполнению работы (работ) раздельно по каждой из государственных услуг (работ) с указанием порядкового номера раздела.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1951" w:name="P1951"/>
-    <w:bookmarkEnd w:id="1951"/>
+    <w:bookmarkStart w:id="1821" w:name="P1821"/>
+    <w:bookmarkEnd w:id="1821"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;4&gt; Формируется в соответствии с государственным заданием.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1952" w:name="P1952"/>
-    <w:bookmarkEnd w:id="1952"/>
+    <w:bookmarkStart w:id="1822" w:name="P1822"/>
+    <w:bookmarkEnd w:id="1822"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;5&gt; Заполняется в случае установления органом, осуществляющим функции и полномочия учредителя, требования о представлении предварительного отчета о выполнении государственного задания. При установлении показателя достижения результатов выполнения государственного задания на отчетную дату в процентах от годового объема оказания государственной услуги (выполнения работы) рассчитывается путем умножения годового объема государственной услуги (работы) на установленный процент достижения результатов выполнения государственного задания на отчетную дату, в том числе с учетом неравномерного оказания государственных услуг (выполнения работ) в течение календарного года. При установлении показателя достижения результатов выполнения государственного задания на отчетную дату в абсолютных величинах заполняется в соответствии с государственным заданием (в том числе с учетом неравномерного оказания государственных услуг (выполнения работ) в течение календарного года).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1953" w:name="P1953"/>
-    <w:bookmarkEnd w:id="1953"/>
+    <w:bookmarkStart w:id="1823" w:name="P1823"/>
+    <w:bookmarkEnd w:id="1823"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;6&gt; В предварительном отчете указываются показатели объема и (или) качества государственной услуги (работы), запланированные к исполнению по завершении текущего финансового года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1954" w:name="P1954"/>
-    <w:bookmarkEnd w:id="1954"/>
+    <w:bookmarkStart w:id="1824" w:name="P1824"/>
+    <w:bookmarkEnd w:id="1824"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;6-1&gt; Заполняется в случае установления органом, осуществляющим функции и полномочия учредителя, требования о представлении предварительного отчета о выполнении государственного задания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1955" w:name="P1955"/>
-    <w:bookmarkEnd w:id="1955"/>
+    <w:bookmarkStart w:id="1825" w:name="P1825"/>
+    <w:bookmarkEnd w:id="1825"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;6-2&gt; В предварительном отчете о выполнении государственного задания указывается результат выполнения научной темы научного исследования (разработки), запланированный к достижению по завершении текущего финансового года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1956" w:name="P1956"/>
-    <w:bookmarkEnd w:id="1956"/>
+    <w:bookmarkStart w:id="1826" w:name="P1826"/>
+    <w:bookmarkEnd w:id="1826"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;7&gt; Рассчитывается путем умножения значения показателя объема и (или) качества государственной услуги (работы), установленного в государственном задании </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1514" w:tooltip="10">
+      <w:hyperlink w:history="0" w:anchor="P1367" w:tooltip="10">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">(графа 10)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, на установленное в государственном задании значение допустимого (возможного) отклонения от установленных показателей качества (объема) государственной услуги (работы), в пределах которого государственное задание считается выполненным (в процентах), при установлении допустимого (возможного) отклонения от установленных показателей качества (объема) государственной услуги (работы) в абсолютных величинах заполняется в соответствии с государственным заданием. Значение указывается в единицах измерения показателя, установленных в государственном задании </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1512" w:tooltip="8">
+      <w:hyperlink w:history="0" w:anchor="P1365" w:tooltip="8">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">(графа 8)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, в целых единицах. Значение менее 0,5 единицы отбрасывается, а 0,5 единицы и более округляется до целой единицы. В случае если единицей объема работы является работа в целом, показатели </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1742" w:tooltip="3.2.  Сведения о фактическом достижении показателей, характеризующих  объем">
+      <w:hyperlink w:history="0" w:anchor="P1595" w:tooltip="3.2.  Сведения о фактическом достижении показателей, характеризующих  объем">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">граф 13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1742" w:tooltip="3.2.  Сведения о фактическом достижении показателей, характеризующих  объем">
+      <w:hyperlink w:history="0" w:anchor="P1595" w:tooltip="3.2.  Сведения о фактическом достижении показателей, характеризующих  объем">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">14 пункта 3.2 части II</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего отчета не рассчитываются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1957" w:name="P1957"/>
-    <w:bookmarkEnd w:id="1957"/>
+    <w:bookmarkStart w:id="1827" w:name="P1827"/>
+    <w:bookmarkEnd w:id="1827"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;8&gt; Рассчитывается при формировании отчета за год как разница показателей </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1514" w:tooltip="10">
+      <w:hyperlink w:history="0" w:anchor="P1367" w:tooltip="10">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">граф 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1516" w:tooltip="12">
+      <w:hyperlink w:history="0" w:anchor="P1369" w:tooltip="12">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1517" w:tooltip="13">
+      <w:hyperlink w:history="0" w:anchor="P1370" w:tooltip="13">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">13</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="1958" w:name="P1958"/>
-    <w:bookmarkEnd w:id="1958"/>
+    <w:bookmarkStart w:id="1828" w:name="P1828"/>
+    <w:bookmarkEnd w:id="1828"/>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
-        <w:spacing w:before="200" w:line-rule="auto"/>
+        <w:spacing w:before="200" w:lineRule="auto"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;9&gt; Рассчитывается при формировании отчета за год как разница показателей </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1869" w:tooltip="10">
+      <w:hyperlink w:history="0" w:anchor="P1722" w:tooltip="10">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">граф 10</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1871" w:tooltip="12">
+      <w:hyperlink w:history="0" w:anchor="P1724" w:tooltip="12">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">12</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:history="0" w:anchor="P1876" w:tooltip="17">
+      <w:hyperlink w:history="0" w:anchor="P1729" w:tooltip="17">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:color w:val="0000ff"/>
           </w:rPr>
           <w:t xml:space="preserve">17</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -41722,54 +36682,54 @@
         <w:pStyle w:val="0"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="0"/>
         <w:jc w:val="both"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="100" w:after="100"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
-      <w:headerReference w:type="default" r:id="rId5"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId6"/>
+      <w:headerReference w:type="first" r:id="rId6"/>
+      <w:footerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="first" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="566" w:bottom="1440" w:left="1133" w:header="0" w:footer="0" w:gutter="0"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se wne wp14">
   <w:p>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -42101,51 +37061,51 @@
       <w:gridCol w:w="1"/>
     </w:tblGrid>
     <w:tr>
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1683"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2700" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Постановление Правительства РФ от 26.06.2015 N 640</w:t>
             <w:br/>
-            <w:t>(ред. от 08.05.2025)</w:t>
+            <w:t>(ред. от 10.12.2025)</w:t>
             <w:br/>
             <w:t>"О порядке формирования государственного задания...</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2300" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="end"/>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve">Документ предоставлен </w:t>
@@ -42154,51 +37114,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>КонсультантПлюс</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Дата сохранения: 22.05.2025</w:t>
+            <w:t>Дата сохранения: 12.01.2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" mc:Ignorable="w14 w15 w16se wne wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="5000" w:type="pct"/>
@@ -42214,51 +37174,51 @@
       <w:gridCol w:w="1"/>
     </w:tblGrid>
     <w:tr>
       <w:trPr>
         <w:trHeight w:hRule="exact" w:val="1190"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2700" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Постановление Правительства РФ от 26.06.2015 N 640</w:t>
             <w:br/>
-            <w:t>(ред. от 08.05.2025)</w:t>
+            <w:t>(ред. от 10.12.2025)</w:t>
             <w:br/>
             <w:t>"О порядке формирования государственного задания...</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2300" w:type="pct"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="end"/>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve">Документ предоставлен </w:t>
@@ -42267,580 +37227,341 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>КонсультантПлюс</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:br/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Дата сохранения: 22.05.2025</w:t>
+            <w:t>Дата сохранения: 12.01.2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p/>
 </w:hdr>
 </file>
 
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:themeFontLang w:val="ru-RU"/>
+</w:settings>
+</file>
+
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
   </w:docDefaults>
   <w:style w:type="paragraph" w:default="1" w:customStyle="1" w:styleId="0">
     <w:name w:val="ConsPlusNormal"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="ConsPlusNonformat"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="ConsPlusTitle"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
     <w:name w:val="ConsPlusCell"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
     <w:name w:val="ConsPlusDocList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
     <w:name w:val="ConsPlusTitlePage"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
     <w:name w:val="ConsPlusJurTerm"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="26"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:default="1" w:customStyle="1" w:styleId="0">
     <w:name w:val="ConsPlusNormal"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
     <w:name w:val="ConsPlusNonformat"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="ConsPlusTitle"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3">
     <w:name w:val="ConsPlusCell"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4">
     <w:name w:val="ConsPlusDocList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5">
     <w:name w:val="ConsPlusTitlePage"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6">
     <w:name w:val="ConsPlusJurTerm"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="26"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8">
     <w:name w:val="ConsPlusTextList"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...259 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495710&amp;dst=3595" TargetMode = "External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495710&amp;dst=1381" TargetMode = "External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=523391&amp;dst=232" TargetMode = "External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508376&amp;dst=28" TargetMode = "External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=169992" TargetMode = "External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=118520" TargetMode = "External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=137239" TargetMode = "External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=147123&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=164033&amp;dst=100013" TargetMode = "External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=169832&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=169950&amp;dst=100175" TargetMode = "External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521251&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152678&amp;dst=100962" TargetMode = "External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495710&amp;dst=3600" TargetMode = "External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=447333&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=473360&amp;dst=100012" TargetMode = "External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152678&amp;dst=101598" TargetMode = "External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518117&amp;dst=100016" TargetMode = "External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=381295&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="www.bus.gov.ru" TargetMode = "External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521179&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152678&amp;dst=100962" TargetMode = "External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=447333&amp;dst=100018" TargetMode = "External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=447333&amp;dst=100019" TargetMode = "External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=447333&amp;dst=100020" TargetMode = "External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=446120" TargetMode = "External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=434994&amp;dst=100010" TargetMode = "External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152678&amp;dst=101961" TargetMode = "External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152678&amp;dst=101071" TargetMode = "External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=425103&amp;dst=100011" TargetMode = "External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=447333&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=447333&amp;dst=100027" TargetMode = "External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=447333&amp;dst=100028" TargetMode = "External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=447333&amp;dst=100029" TargetMode = "External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521179&amp;dst=100036" TargetMode = "External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521251&amp;dst=100066" TargetMode = "External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521246&amp;dst=100042" TargetMode = "External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=396428&amp;dst=100005" TargetMode = "External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=129344" TargetMode = "External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=130516" TargetMode = "External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=282758" TargetMode = "External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=152678&amp;dst=101293" TargetMode = "External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521763" TargetMode = "External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518477" TargetMode = "External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518477" TargetMode = "External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518477" TargetMode = "External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495935" TargetMode = "External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495935" TargetMode = "External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495935" TargetMode = "External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495935" TargetMode = "External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521763" TargetMode = "External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495935" TargetMode = "External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495935" TargetMode = "External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=521763" TargetMode = "External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518477" TargetMode = "External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518477" TargetMode = "External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518477" TargetMode = "External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495935" TargetMode = "External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495935" TargetMode = "External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495935" TargetMode = "External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495935" TargetMode = "External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=495935" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...1 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...1 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...1 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
-[...1 lines deleted...]
-</Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode = "External"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>КонсультантПлюс Версия 4025.00.02</Application>
-  <Company>КонсультантПлюс Версия 4025.00.02</Company>
+  <Application>КонсультантПлюс Версия 4025.00.52</Application>
+  <Company>КонсультантПлюс Версия 4025.00.52</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Постановление Правительства РФ от 26.06.2015 N 640
-(ред. от 08.05.2025)
+(ред. от 10.12.2025)
 "О порядке формирования государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансового обеспечения выполнения государственного задания"
 (вместе с "Положением о формировании государственного задания на оказание государственных услуг (выполнение работ) в отношении федеральных государственных учреждений и финансовом обеспечении выполнения государственного задан</dc:title>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
 </cp:coreProperties>
 </file>