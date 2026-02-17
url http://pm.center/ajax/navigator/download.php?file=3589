--- v0 (2025-11-05)
+++ v1 (2026-02-17)
@@ -1,19349 +1,15539 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...27 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="656747E9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>ПРАВИТЕЛЬСТВО РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="463E9328" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="69A03ED8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>ПОСТАНОВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="4397D217" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>от 31 октября 2018 г. N 1288</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="32638C3B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="30077F0A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>ОБ ОРГАНИЗАЦИИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="2AA160AD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>ПРОЕКТНОЙ ДЕЯТЕЛЬНОСТИ В ПРАВИТЕЛЬСТВЕ РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...519 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0C068F9D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72C02770" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId4">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пунктом 5</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Указа Президента Российской Федерации от 30 июня 2016 г. N 306 "О Совете при Президенте Российской Федерации по стратегическому развитию и приоритетным проектам" и </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId5">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пунктом 6</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Указа Президента Российской Федерации от 19 июля 2018 г. N 444 "Об упорядочении деятельности совещательных и консультативных органов при Президенте Российской Федерации" Правительство Российской Федерации постановляет:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="50B5F6BD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1. Утвердить прилагаемые:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="0043175D">
-[...10 lines deleted...]
-          </w:rPr>
+    <w:p w14:paraId="6FC77EA8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положение</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00610A05">
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности в Правительстве Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5352F69B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">функциональную </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P782">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P679">
+        <w:r w:rsidRPr="006C6774">
           <w:t>структуру</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> проектной деятельности в Правительстве Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="0043175D">
-[...10 lines deleted...]
-          </w:rPr>
+    <w:p w14:paraId="30CB70A6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink w:anchor="P1197">
+        <w:r w:rsidRPr="006C6774">
           <w:t>изменения</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00610A05">
+      <w:r w:rsidRPr="006C6774">
         <w:t>, которые вносятся в акты Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="07AD7011" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">1(1) - 1(2). Утратили силу с 1 января 2025 года. - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId6">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Постановление</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правительства РФ от 16.12.2024 N 1798.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="23B0F4E6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">2. Рекомендовать органам государственной власти субъектов Российской Федерации организовать проектную деятельность, руководствуясь </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>, утвержденным настоящим постановлением.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="56AFE249" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3. Установить, что функции проектного офиса Правительства Российской Федерации осуществляет Департамент проектной деятельности Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...37 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3488F658" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">3(1). Разработка рабочих планов федеральных проектов, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P313">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P247">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пунктом 43</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Положения об организации проектной деятельности в Правительстве Российской Федерации, утвержденного настоящим постановлением, в 2021 году осуществляется в отношении результатов федеральных проектов, предусматривающих строительство (реконструкцию, техническое перевооружение, приобретение) объектов недвижимого имущества, а также принятие нормативных правовых (правовых) актов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...37 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="055F500F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3(2). Министерству экономического развития Российской Федерации, Федеральному казначейству, Министерству цифрового развития, связи и массовых коммуникаций Российской Федерации, Министерству финансов Российской Федерации совместно с проектным офисом Правительства Российской Федерации обеспечить создание на базе государственной автоматизированной информационной системы "Управление" подсистемы анализа реализации национальных проектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="348F0ADE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3(3). Министерству финансов Российской Федерации, Министерству экономического развития Российской Федерации, Министерству цифрового развития, связи и массовых коммуникаций Российской Федерации и Федеральному казначейству обеспечить интеграцию и обмен данными подсистемы управления национальными проектами государственной интегрированной информационной системы управления общественными финансами "Электронный бюджет" с государственной автоматизированной информационной системой "Управление" не позднее 30 сентября 2021 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA0C20F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">3(4). Федеральным органам исполнительной власти обеспечить возможность передачи данных и интеграцию государственных информационных систем и иных информационных систем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:lastRenderedPageBreak/>
-        <w:t>3(2). Министерству экономического развития Российской Федерации, Федеральному казначейству, Министерству цифрового развития, связи и массовых коммуникаций Российской Федерации, Министерству финансов Российской Федерации совместно с проектным офисом Правительства Российской Федерации обеспечить создание на базе государственной автоматизированной информационной системы "Управление" подсистемы анализа реализации национальных проектов.</w:t>
-[...102 lines deleted...]
-      <w:r>
+        <w:t>федеральных органов исполнительной власти, содержащих информацию и данные, необходимые для анализа реализации национальных и федеральных проектов, с государственной автоматизированной информационной системой "Управление" и с государственной интегрированной информационной системой управления общественными финансами "Электронный бюджет".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2841AA5E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3(5). Рекомендовать органам государственной власти субъектов Российской Федерации и органам местного самоуправления предусмотреть возможность передачи данных и интеграцию государственных информационных систем и иных информационных систем органов государственной власти субъектов Российской Федерации и информационных систем органов местного самоуправления, содержащих информацию и данные, необходимые для анализа реализации национальных проектов, федеральных проектов и региональных проектов, с государственной автоматизированной информационной системой "Управление" и с государственной интегрированной информационной системой управления общественными финансами "Электронный бюджет".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...37 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7A31A7CB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3(6). Федеральным органам исполнительной власти определить взаимосвязь результатов (мероприятий) федеральных проектов и показателей национальных целей развития Российской Федерации не позднее 15 июля 2021 г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5DFF1A2B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">3(7). Единый запрос на изменение национального проекта, подготовленный в целях приведения параметров паспортов национальных проектов и паспортов федеральных проектов, входящих в состав национальных проектов, в соответствие с изменениями, внесенными в сводную бюджетную роспись федерального бюджета по основанию, предусмотренному </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId7">
+        <w:r w:rsidRPr="006C6774">
           <w:t>частью 16 статьи 9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Федерального закона "О внесении изменений в Бюджетный кодекс Российской Федерации и отдельные законодательные акты Российской Федерации, приостановлении действия отдельных положений Бюджетного кодекса Российской Федерации, признании утратившими силу отдельных положений законодательных актов Российской Федерации и об установлении особенностей исполнения бюджетов бюджетной системы Российской Федерации в 2023 году", может утверждаться руководителем национального проекта или руководителем федерального проекта, входящего в состав национального проекта (если изменения не затрагивают параметры паспорта национального проекта), при условии отсутствия (урегулирования) разногласий с Министерством экономического развития Российской Федерации и (или) Министерством финансов Российской Федерации по такому единому запросу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E9BD48A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">4. Согласиться с предложением федерального государственного бюджетного образовательного учреждения высшего образования "Российская академия народного хозяйства и государственной службы при Президенте Российской Федерации" о наделении Научно-образовательного центра проектного менеджмента дополнительно функциями центра компетенций проектной деятельности, предусмотренными </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P1147">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 61</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> функциональной структуры проектной деятельности в Правительстве Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B3581B5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>5. Признать утратившими силу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EBDD2D9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Правительства Российской Федерации от 15 октября 2016 г. N 1050 "Об организации проектной деятельности в Правительстве Российской Федерации" (Собрание законодательства Российской Федерации, 2016, N 43, ст. 6028);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="434E9D5B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункт 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> изменений, которые вносятся в отдельные акты Правительства Российской Федерации в связи с упорядочением деятельности совещательных и консультативных органов при Президенте Российской Федерации, утвержденных постановлением Правительства Российской Федерации от 3 октября 2018 г. N 1183 "О внесении изменений в отдельные акты Правительства Российской Федерации в связи с упорядочением деятельности совещательных и консультативных органов при Президенте Российской Федерации" (Собрание законодательства Российской Федерации, 2018, N 41, ст. 6271).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F793AF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:lastRenderedPageBreak/>
-        <w:t>национального проекта), при условии отсутствия (урегулирования) разногласий с Министерством экономического развития Российской Федерации и (или) Министерством финансов Российской Федерации по такому единому запросу.</w:t>
-[...142 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">6. Настоящее постановление вступает в силу со дня его официального опубликования, за исключением </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P410">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P365">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пунктов 47</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P410">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P365">
+        <w:r w:rsidRPr="006C6774">
           <w:t>65</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Положения об организации проектной деятельности в Правительстве Российской Федерации, которые вступают в силу с 1 января 2019 г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="69E9826E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E3D9858" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Председатель Правительства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="5C0A2E66" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Российской Федерации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="0DA2F55F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Д.МЕДВЕДЕВ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...34 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="3FABE9B8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41321820" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39D46D20" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="256B34E0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CD83D75" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EBA814E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Утверждено</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="43FF51F8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>постановлением Правительства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="34F87F9F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Российской Федерации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="3C44B926" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>от 31 октября 2018 г. N 1288</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="337FBE19" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="46AC9003" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="P61"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="P43"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>ПОЛОЖЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="651D8F24" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>ОБ ОРГАНИЗАЦИИ ПРОЕКТНОЙ ДЕЯТЕЛЬНОСТИ В ПРАВИТЕЛЬСТВЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="3A093FEE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...290 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="0FE65DDD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="13AB96F1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>I. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="38CA631C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4748EE8E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1. Настоящее Положение устанавливает порядок организации проектной деятельности в Правительстве Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="53F49F11" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2. В соответствии с настоящим Положением реализации подлежат национальные проекты, федеральные проекты, входящие в состав национальных проектов, федеральные проекты, не входящие в состав национальных проектов (далее - федеральные проекты), ведомственные проекты и региональные проекты, обеспечивающие достижение показателей и реализацию мероприятий (результатов) федерального проекта, входящего в состав национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6A873513" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Инициирование, подготовка, реализация и завершение реализации региональных проектов осуществляются в соответствии с положениями об организации проектной деятельности, подготовленными с учетом настоящего Положения и методических указаний президиума Совета при Президенте Российской Федерации по стратегическому развитию и национальным проектам (далее - Совет) и (или) методических рекомендаций проектного офиса Правительства Российской Федерации (далее - методические указания (рекомендации) и утвержденными актами высших исполнительных органов субъектов Российской Федерации или актом высшего должностного лица субъекта Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="600C1B4D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Инициирование, подготовка, реализация и завершение реализации внутренних (локальных) проектов осуществляются в соответствии с положением об организации проектной деятельности, утвержденным (при необходимости) актом федерального органа исполнительной власти, иного государственного органа или организации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4B804D69" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">3. Абзацы первый - второй утратили силу с 1 января 2025 года. - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Постановление</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правительства РФ от 16.12.2024 N 1798.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="P78"/>
+    <w:p w14:paraId="14269954" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Нормы, предусмотренные настоящим Положением, не применяются в отношении федеральных проектов и ведомственных проектов, содержащих исключительно показатели и мероприятия (результаты), обеспечивающие достижение и (или) влияющие на достижение целей и (или) показателей государственной программы вооружения. Подготовка, реализация и мониторинг таких проектов и их мероприятий (результатов) осуществляются в соответствии с законодательством Российской Федерации о разработке и реализации государственной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>программы вооружения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27D4D960" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="P55"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>4. В рамках проектной деятельности Правительства Российской Федерации реализуются следующие направления деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA3F1A5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="P56"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="P79"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>1) осуществление бюджетных инвестиций в форме капитальных вложений в объекты государственной собственности Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B7A2281" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="P57"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="4" w:name="P80"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2) предоставление субсидий на осуществление капитальных вложений в объекты государственной собственности Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="278A875B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="P58"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r>
-[...10 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="P81"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3) предоставление субсидий (иных межбюджетных трансфертов) из федерального бюджета бюджетам субъектов Российской Федерации (за исключением субсидий (иных межбюджетных трансфертов), предоставляемых на обеспечение оплаты труда и иных выплат отдельным категориям граждан);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08777565" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="P59"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
-[...30 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="P83"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>4) предоставление бюджетных инвестиций и субсидий юридическим лицам (за исключением субсидий бюджетным, автономным учреждениям и иным некоммерческим организациям на содержание (текущую эксплуатацию) объектов, созданных в рамках проектной деятельности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69DF542B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>5) выработка предложений по совершенствованию государственной политики и нормативного регулирования в сфере реализации государственной программы Российской Федерации (за исключением нормативного регулирования, осуществляемого на регулярной основе и не предполагающего системных изменений);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37ACE378" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="P61"/>
       <w:bookmarkEnd w:id="6"/>
-      <w:r>
-[...61 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="P87"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>6) осуществление стимулирующих налоговых расходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E9F3101" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>7) организация и проведение научно-исследовательских и опытно-конструкторских работ, проведение образовательных мероприятий в сфере реализации государственной программы Российской Федерации, в том числе в рамках выполнения государственных заданий на оказание государственных услуг (выполнение работ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C27FF54" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>8) создание и развитие информационных систем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="657B1F0B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>9) предоставление целевых субсидий государственным учреждениям в целях осуществления капитальных вложений, операций с недвижимым имуществом, приобретения нефинансовых активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F62C78E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>10) иные направления деятельности при наличии соответствующих решений Президента Российской Федерации, президиума Совета, председателя президиума Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8E7544" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>5. Термины, используемые в настоящем Положении, означают следующее:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33359403" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>"проект" - комплекс взаимосвязанных мероприятий, направленных на получение уникальных результатов в условиях временных и ресурсных ограничений (национальный проект, федеральный проект, ведомственный проект, региональный проект);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297BF68E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">"национальный проект" - проект, направленный на достижение национальных целей развития Российской Федерации, их целевых показателей, выполнение задач, определенных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>Указом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Президента Российской Федерации от 7 мая 2024 г. N 309 "О национальных целях развития Российской Федерации на период до 2030 года и на перспективу до 2036 года" (далее - национальные цели развития Российской Федерации), и обеспечивающий достижение общественно значимых результатов и их показателей, а также задач, не являющихся общественно значимыми результатами (далее - задачи), и их показателей по решению Президента Российской Федерации, Председателя Правительства Российской Федерации, Совета, президиума Совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13AE79A9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>"национальный проект по обеспечению технологического лидерства" - национальный проект, направленный на создание конкурентоспособной высокотехнологичной продукции с использованием критических технологий, разработанных на основе собственных линий разработки технологий, и (или) на формирование новых рынков посредством создания и развития сквозных технологий, разработанных на основе собственных линий разработки технологий, и предусматривающий превосходство таких технологий и продукции над зарубежными аналогами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277DF43B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>"федеральный проект, входящий в состав национального проекта" - проект, обеспечивающий достижение и (или) вклад в достижение цели, общественно значимых результатов, выполнение задач национального проекта и их показателей, а также дополнительных показателей по решению Совета, президиума Совета, проектного комитета или куратора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="260F38E0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>"федеральный проект, не входящий в состав национального проекта" - проект, обеспечивающий достижение и (или) вклад в достижение целей и (или) показателей государственной программы Российской Федерации (в случае если федеральный проект является структурным элементом государственной программы Российской Федерации), а также достижение иных показателей по решению Президента Российской Федерации, Правительства Российской Федерации, Председателя Правительства Российской Федерации, проектного комитета, куратора, ответственного исполнителя государственной программы Российской Федерации, структурным элементом которой такой проект является;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3105C11E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>"ведомственный проект" - проект, обеспечивающий достижение и (или) вклад в достижение целей, показателей государственной программы Российской Федерации (в случае если ведомственный проект является структурным элементом государственной программы Российской Федерации), а также достижение иных показателей и (или) решение иных задач соответствующего федерального органа исполнительной власти, иного государственного органа, организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44CE6A46" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>"региональный проект" - проект, обеспечивающий достижение и (или) вклад в достижение целей и (или) показателей и реализацию мероприятий (результатов) федерального проекта, входящего в состав национального проекта, и (или) структурных элементов государственной программы Российской Федерации, и (или) государственной программы субъекта Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DCFD91F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>"внутренний (локальный) проект" - проект, обеспечивающий достижение отдельных направлений деятельности и показателей деятельности федерального органа исполнительной власти, иного государственного органа, организации, не предусматривающий финансового обеспечения на его реализацию и не являющийся структурным элементом государственной программы Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C93DFF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>"проектная деятельность" - деятельность, связанная с инициированием, подготовкой, реализацией (включая мониторинг и внесение изменений в проекты) и завершением реализации проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685C4144" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>"риск" - событие (совокупность событий), наступление которого может оказать негативное влияние на ход реализации и (или) достижение показателей, мероприятий (результатов), контрольных точек и объектов мероприятий (результатов) проекта (далее - параметры проектов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3640C18B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">В настоящем Положении понятия "высокотехнологичная продукция", "карта технологической кооперации", "квалифицированный заказчик", "критические технологии", "организация с государственным участием", "основной исполнитель", "сквозные технологии", "собственная линия разработки технологий" и "технология" используются в значениях, определенных Федеральным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> "О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации" (далее - Закон о технологической политике).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4DC44A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="P78"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:r>
-[...143 lines deleted...]
-          </w:rPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>6. Разработка и реализация федерального проекта осуществляются в случаях, если такой проект соответствует одному из условий:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B704012" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>1) требует принятия решений и (или) мониторинга достижения планируемых параметров федерального проекта Правительством Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C56CFAC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2) затрагивает вопросы, относящиеся к предметам ведения субъектов Российской Федерации, а также вопросы местного значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2969F139" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3) затрагивает полномочия двух и более федеральных органов исполнительной власти, иных государственных органов или организаций (за исключением случаев, если проект затрагивает полномочия федеральных органов исполнительной власти, иных государственных органов или организаций, находящихся в ведении федерального органа исполнительной власти, иного государственного органа или организации, ответственных за разработку проекта);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6057D55F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>4) предусматривает мероприятия (результаты) межотраслевого характера и (или) реализуемые в составе двух и более государственных программ Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A18A29" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="P83"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">6(1). По согласованию с Министерством экономического развития Российской Федерации и Министерством финансов Российской Федерации при соответствии одному из условий, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P78">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункте 6</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, может быть разработан ведомственный проект.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="643E08E8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">7. В рамках федеральных проектов, как правило, осуществляется реализация направлений деятельности, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P56">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпунктах 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P57">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> (в части объектов капитального строительства стоимостью 3 млрд. рублей и более), </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P58">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P59">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P61">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>6 пункта 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, с учетом положения </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P83">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункта 6(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE88718" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>В иных случаях могут быть разработаны ведомственные проекты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05938342" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Действие </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P55">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункта 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения не распространяется на федеральные проекты, утвержденные до вступления в силу </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>постановления</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Правительства Российской Федерации от 26 мая 2021 г. N 786 "О системе управления государственными программами Российской Федерации".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="071F1ECC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>8. В целях осуществления проектной деятельности в Правительстве Российской Федерации и федеральных органах исполнительной власти, при необходимости в иных государственных органах и организациях формируются органы управления проектной деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FED24D7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Функции органов управления проектной деятельностью определяются функциональной </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P679">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>структурой</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> проектной деятельности в Правительстве Российской Федерации, утвержденной постановлением Правительства Российской Федерации от 31 октября 2018 г. N 1288 "Об организации проектной деятельности в Правительстве Российской Федерации" (далее - функциональная структура проектной деятельности), и реализуются в соответствии с настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57AB36CD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Абзац утратил силу с 1 января 2025 года. - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>Постановление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Правительства РФ от 16.12.2024 N 1798.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E62497C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="P90"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">9. Формирование, согласование (одобрение), утверждение и представление паспортов и соответствующих единых запросов, предусматривающих изменение паспортов проектов, отчетов о ходе реализации проектов, а также иных документов и информации, разрабатываемых при осуществлении проектной деятельности, за исключением документов и информации, содержащих сведения, составляющие государственную тайну, осуществляются в соответствующих подсистемах государственной интегрированной информационной системы управления общественными финансами "Электронный бюджет" (далее - система "Электронный бюджет"), обеспечивающих формирование, ведение, хранение и обмен документами в рамках реализации проектов, по мере ввода в эксплуатацию ее компонентов и модулей в форме электронных документов, подписанных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>усиленной квалифицированной электронной подписью лиц, уполномоченных в установленном порядке действовать от имени органа управления проектной деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BAA1347" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="P91"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Формирование, согласование (одобрение), утверждение и представление паспортов и запросов на изменение паспортов региональных проектов, не связанных с реализацией национальных проектов, отчетов о ходе реализации таких проектов по решению высшего исполнительного органа субъекта Российской Федерации или высшего должностного лица субъекта Российской Федерации может осуществляться в системе "Электронный бюджет" или в государственных информационных системах субъекта Российской Федерации и (или) иных информационных системах исполнительных органов субъектов Российской Федерации (далее - региональные информационные системы) с учетом возможности интеграции или информационного обмена данными, необходимыми для мониторинга параметров структурных элементов государственных программ Российской Федерации (в том числе показателей, мероприятий (результатов), их финансового обеспечения, контрольных точек и объектов мероприятий (результатов), с системой "Электронный бюджет".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B286F3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Требования к составу и форматам передачи информации, представляемой в систему "Электронный бюджет" в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P91">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>абзацем вторым</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего пункта, размещаются на официальном сайте Министерства финансов Российской Федерации в информационно-телекоммуникационной сети "Интернет".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49EFF15E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>До ввода в эксплуатацию соответствующих компонентов и модулей системы "Электронный бюджет", региональных информационных систем, но не позднее 1 января 2024 г., формирование, согласование (одобрение), утверждение и представление указанных документов и информации осуществляются в форме документов на бумажном носителе, подписанных лицом, уполномоченным в установленном порядке действовать от имени органа управления проектной деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="150B7BDE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="P94"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>10. Планирование и реализация федеральных проектов, не входящих в состав национальных проектов, ведомственных проектов, все сведения о которых составляют государственную тайну и (или) относятся к сведениям конфиденциального характера, осуществляются с учетом следующих особенностей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="749BA985" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="P95"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>1) формирование, согласование (одобрение), утверждение и представление документов и информации, разрабатываемых при инициировании и реализации соответствующих проектов, осуществляется с использованием бумажного и электронного носителя с соблюдением требований законодательства Российской Федерации по работе со сведениями, составляющими государственную тайну, и (или) сведениями конфиденциального характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C34429" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="P96"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2) не требуется формирование заключения общественно-экспертного совета на паспорта проектов, запросы на их изменение, отчеты о ходе реализации соответствующих проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="681AA1A6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3) сроки, установленные настоящим Положением для рассмотрения запроса на изменение паспорта соответствующего проекта, а также получения позиции ведомственного проектного офиса, могут быть увеличены, но не более чем на 5 рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60B84574" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="P98"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>4) запросы на изменение паспортов проектов формируются в виде новой редакции соответствующего паспорта (части паспорта). К указанному запросу прилагается описание изменений относительно действующей редакции паспорта соответствующего проекта по форме, определяемой методическими указаниями (рекомендациями);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184D5F6A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>5) отчеты о ходе реализации соответствующих проектов представляются только на ежеквартальной и ежегодной основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B522B0A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">6) сроки, установленные настоящим Положением для формирования и представления отчетов о ходе реализации федеральных проектов, ведомственных проектов, в отношении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>соответствующих проектов могут быть увеличены, но не более чем на 5 рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A4A0E0D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="P101"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">11. В случае если в рамках федерального проекта, не входящего в состав национальных проектов, ведомственного проекта предусмотрены одновременно сведения, составляющие государственную тайну, и (или) сведения конфиденциального характера, а также сведения, не являющиеся таковыми, ограничение доступа осуществляется только в отношении параметров паспортов проектов, содержащих сведения, составляющие государственную тайну, и (или) сведения конфиденциального характера с учетом особенностей, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P95">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпунктах 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P96">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P98">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>4 пункта 10</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, а также в порядке, установленном методическими указаниями (рекомендациями).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1609E676" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="P102"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>11(1). В случае если содержание показателей, мероприятий (результатов) и иных параметров федеральных проектов, входящих в состав национальных проектов, предусматривает сведения, составляющие государственную тайну, и (или) сведения конфиденциального характера, для целей формирования паспортов национальных проектов, паспортов федеральных проектов, входящих в состав национальных проектов, такие параметры приводятся в редакции, не раскрывающей соответствующие сведения, составляющие государственную тайну, и (или) сведения конфиденциального характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14DAF943" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="P103"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Сведения, составляющие государственную тайну, и (или) сведения конфиденциального характера по параметрам федеральных проектов, входящих в состав национальных проектов, включаемым в паспорта таких проектов в соответствии с абзацем первым настоящего пункта, формируются и представляются в установленном порядке с соблюдением требований законодательства Российской Федерации по работе со сведениями, составляющими государственную тайну, и (или) сведениями конфиденциального характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F994241" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Для целей формирования паспортов федеральных проектов, не входящих в состав национальных проектов, ведомственных проектов, параметры, содержащие сведения, составляющие государственную тайну, и (или) сведения конфиденциального характера, формируются, как правило, в соответствии с требованиями, указанными в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P102">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>абзацах первом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P103">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>втором</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="258F72F5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>12. Сбор и обработка информации и данных, а также анализ реализации проектов осуществляются в соответствующих подсистемах государственной автоматизированной информационной системы "Управление", обеспечивающих анализ реализации проектов (далее - система "Управление"), по мере ввода в эксплуатацию ее компонентов и модулей, в том числе с использованием данных государственной информационной системы "Цифровая аналитическая платформа предоставления статистических данных" (далее - система статистических данных), и интеграции с государственными информационными системами и иными информационными системами федеральных органов исполнительной власти, региональными информационными системами, содержащими информацию и данные о реализации проектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B39F574" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Информация и данные, получаемые и обрабатываемые в системе "Управление" в приоритетном порядке используются в системе "Электронный бюджет" при формировании документов в ходе осуществления проектной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498A0B74" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">13. Информационное взаимодействие между участниками проектной деятельности в соответствии с функциональной </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P679">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>структурой</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> проектной деятельности по вопросам реализации проектов осуществляется в подсистеме "Система взаимодействия проектных офисов" системы "Управление".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE63057" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Информация, формируемая и направляемая посредством подсистемы "Система взаимодействия проектных офисов" системы "Управление", а также размещенная в ней, является официальной информацией соответствующих участников проектной деятельности, определенной настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD95338" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Формирование, направление и размещение информации посредством подсистемы "Система взаимодействия проектных офисов" системы "Управление" не исключает необходимость формирования, согласования (одобрения), утверждения и представления информации в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P90">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения при осуществлении проектной деятельности в системе "Электронный бюджет".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="485A6E79" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Взаимодействие участников проектной деятельности в подсистеме "Система взаимодействия проектных офисов" системы "Управление" регламентируется проектным офисом Правительства Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="504CFDB5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">14. Не допускается формирование запросов на предоставление информационных, аналитических материалов, иных сведений и данных о реализации проектов, содержащихся в системе "Электронный бюджет", системе "Управление" и системе статистических данных, участниками проектной деятельности при исполнении ими функций в соответствии с функциональной </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P679">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>структурой</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> проектной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34ADFC38" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="P112"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">15. Планирование бюджетных ассигнований на реализацию национальных проектов, федеральных проектов и ведомственных проектов в очередном финансовом году и плановом периоде осуществляется в соответствии с нормативными правовыми актами, регулирующими порядок составления проекта федерального бюджета и проектов бюджетов государственных внебюджетных фондов Российской Федерации на очередной финансовый год и плановый период, и актами, определяющими вопросы планирования бюджетных ассигнований, а также с учетом </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>Указа</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Президента Российской Федерации от 7 мая 2024 г. N 309 "О национальных целях развития Российской Федерации на период до 2030 года и на перспективу до 2036 года" (в отношении национальных проектов и федеральных проектов, входящих состав национальных проектов) и итогов реализации национальных проектов, федеральных проектов и ведомственных проектов за предыдущий период.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B1C6AA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Параметры финансового обеспечения национальных проектов, федеральных проектов и ведомственных проектов за счет внебюджетных источников планируются в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>порядке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>, установленном Правительством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1F24D2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="P114"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>15(1). Разработка (корректировка), согласование, утверждение и представление методик расчета показателей проектов, расчет значений показателей проектов в соответствии с установленной периодичностью и анализ достижения плановых значений указанных показателей, а также формирование и ведение справочника показателей национальных проектов, государственных программ Российской Федерации и их структурных элементов (далее - справочник показателей) осуществляются в соответствующих подсистемах, компонентах, модулях системы статистических данных, обеспечивающих формирование, ведение, хранение и обмен документами в рамках разработки (корректировки) методик расчета показателей проектов, расчета их значений и анализа достижения показателей проектов, по мере ввода в эксплуатацию ее подсистем, компонентов и модулей в форме электронных документов, подписанных усиленной квалифицированной электронной подписью лиц, уполномоченных в установленном порядке действовать от имени органа управления проектной деятельностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D48DEB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Действие </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P114">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>абзаца первого</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего пункта не распространяется на показатели проектов, методики расчета показателей проектов, сведения о которых составляют государственную тайну.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52552D23" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="P116"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>16. Методики расчета показателей проектов разрабатываются (корректируются) и утверждаются руководителями или участниками проектов, ответственными за достижение соответствующих показателей проектов, по согласованию с Министерством экономического развития Российской Федерации и Федеральной службой государственной статистики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B17D79" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Методики расчета показателей проектов разрабатываются (корректируются) и утверждаются в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>порядке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">, установленном Министерством экономического развития Российской Федерации по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>согласованию с Министерством финансов Российской Федерации, Федеральной службой государственной статистики и Аппаратом Правительства Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C2748B3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="P118"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>17. Расчет показателей национальных проектов осуществляется исходя из выполнения одного из следующих условий:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A1CC847" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>1) значения показателей рассчитываются по методикам, принятым международными организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3C300C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2) значения показателей определяются на основе данных федерального статистического наблюдения, в том числе по субъектам Российской Федерации (группам субъектов Российской Федерации).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="190C178D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">18. Расчет показателей федеральных проектов, которые не являются показателями национальных проектов, осуществляется согласно методикам, подготовленным и утвержденным исходя из выполнения условий, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P118">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 17</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, или по разработанной и утвержденной в установленном порядке методике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF031DE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Указанные методики расчета показателей федеральных проектов должны предусматривать приоритетное использование информации и данных, а также результатов анализа, выводов и предложений, получаемых и обрабатываемых в системе "Управление".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CB613F3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">19. Расчет показателей ведомственных проектов осуществляется исходя из выполнения одного из условий, установленных </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P118">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 17</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, либо по разработанной и утвержденной в установленном порядке методике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30282652" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>20. Сведения о показателях проектов, включая сведения об их фактических и прогнозных значениях, формируются и ведутся в справочнике показателей. Утверждение или изменение плановых значений показателей осуществляется при утверждении паспорта проекта, единого запроса на изменение соответствующего проекта с последующей передачей такой информации в справочник показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F52F7DA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId18">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>Порядок</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> формирования и ведения, включая состав сведений, справочника показателей устанавливается Министерством экономического развития Российской Федерации по согласованию с Министерством финансов Российской Федерации, Федеральной службой государственной статистики и Аппаратом Правительства Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CFB146C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>При формировании паспортов проектов и соответствующих единых запросов, предусматривающих изменение паспортов проектов, не допускается включение в них показателей проектов, не включенных в справочник показателей (за исключением показателей федеральных проектов, не входящих в состав национальных проектов, ведомственных проектов, сведения о которых составляют государственную тайну).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474B7635" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Планирование показателей проектов осуществляется с учетом критериев счетности, определяемых председателем президиума Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3502BC93" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="P128"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>21. Планирование ежемесячных значений показателей проектов на текущий год по решению проектного комитета (в отношении национальных проектов, федеральных проектов, региональных проектов), ведомственного координационного органа или куратора ведомственного проекта (в отношении ведомственных проектов) может не осуществляться в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45092DC4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>1) наличия иной периодичности представления данных по показателям в силу законодательства Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C2D944B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2) определения значений показателей на основании данных международных организаций, фактические значения которых публикуются на ежеквартальной или ежегодной основе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B9EBDCA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>3) определения значений показателей на основании данных, представляемых коммерческими организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23E3BF3C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>4) расчета значений показателей, который связан с сезонным фактором и (или) жизненным циклом создания объектов или оказанием услуг (наличие дискретного (прерывистого) характера ежемесячных значений показателей).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="732C13E5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">21(1). Для показателей национальных проектов и федеральных проектов, в отношении которых принято решение, предусмотренное </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P128">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 21</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, в паспорте соответствующего проекта дополнительно устанавливаются прокси-показатели - показатели с ежемесячной периодичностью расчета, отражающие динамику достижения показателей, в отношении которых принято указанное решение (далее - прокси-показатели).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D0433BF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Для показателей ведомственных проектов, в отношении которых принято решение, предусмотренное </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P128">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 21</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, установление прокси-показателей осуществляется при необходимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25421475" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>В отношении прокси-показателей проектов распространяются требования, аналогичные требованиям, применяемым к показателям проектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73179FE5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>22. Подготовка национальных проектов, федеральных проектов и ведомственных проектов осуществляется с учетом следующих принципов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C5E1AC3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">1) отражение в паспортах национальных проектов и федеральных проектов их влияния на достижение национальных целей развития Российской Федерации их целевые показатели, а также на выполнение задач, определенных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Указом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...1631 lines deleted...]
-          </w:rPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Президента Российской Федерации от 7 мая 2024 г. N 309 "О национальных целях развития Российской Федерации на период до 2030 года и на перспективу до 2036 года";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71358D5E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">2) включение в паспорта национальных проектов параметров, определенных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Указом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Президента Российской Федерации от 7 мая 2024 г. N 309 "О национальных целях развития Российской Федерации на период до 2030 года и на перспективу до 2036 года";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...33 lines deleted...]
-          </w:rPr>
+    <w:p w14:paraId="2E7D49F5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2(1)) межведомственный и (или) межотраслевой характер национальных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="178B0AC2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3) отражение в паспортах национальных проектов и федеральных проектов, входящих в состав национальных проектов, общественно значимых результатов, непосредственно влияющих на улучшение качества жизни граждан и условий ведения предпринимательской деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C286448" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3(1)) включение в паспорта национальных проектов по обеспечению технологического лидерства показателей, а также в паспорта федеральных проектов, входящих в состав национальных проектов по обеспечению технологического лидерства, показателей и мероприятий (результатов), отражающих создание и (или) развитие (совершенствование) высокотехнологичной продукции и технологий, необходимых для ее создания и (или) развития (совершенствования) в рамках реализации таких проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449BF3A6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">4) отражение в паспортах федеральных проектов, не входящих в состав национальных проектов, и ведомственных проектов (в случае реализации соответствующего проекта в составе государственной программы Российской Федерации) их влияния на достижение показателей государственной программы Российской Федерации, а также показателей национальных целей развития Российской Федерации и выполнение задач, определенных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Указом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Президента Российской Федерации от 7 мая 2024 г. N 309 "О национальных целях развития Российской Федерации на период до 2030 года и на перспективу до 2036 года";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...141 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2DDF0AD0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">4(1)) как правило, отражение в паспортах национальных проектов и федеральных проектов, входящих в состав национальных проектов, параметров, не относящихся к государственной тайне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>и (или) сведениям конфиденциального характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60AE896E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) обоснование эффективности, достаточности и необходимости предлагаемых мероприятий (результатов) федеральных проектов, входящих в состав национальных проектов, а также отражение их влияния на достижение показателей национальных проектов и показателей таких федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="22DB1FD2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6) обоснование эффективности, достаточности и необходимости предлагаемых мероприятий (результатов) федеральных проектов, не входящих в состав национальных проектов, ведомственных проектов, а также отражение их влияния на достижение целей и (или) показателей государственных программ Российской Федерации, показателей таких федеральных проектов и ведомственных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4B60937B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>7) реализация в первую очередь мероприятий (результатов) федеральных проектов и ведомственных проектов, позволяющих оптимизировать или минимизировать стоимость реализации последующих мероприятий (результатов);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5306A781" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>8) проведение оценки востребованности, а также стоимости и источников финансового обеспечения содержания объектов имущества, создаваемых (приобретаемых) в рамках реализации национальных проектов, федеральных проектов и ведомственных проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4154E731" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>23. Информация, содержащаяся в паспортах проектов и единых запросах, предусматривающих изменение паспортов национальных проектов, федеральных проектов и ведомственных проектов, а также в отчетах о ходе реализации таких проектов, до их утверждения в соответствии с настоящим Положением не подлежит разглашению (распространению), если иное не установлено настоящим Положением или решением Председателя Правительства Российской Федерации, президиума Совета, проектного комитета, куратора национального проекта и (или) куратора федерального проекта, руководителя национального проекта и (или) руководителя федерального проекта, не входящего в состав национального проекта, руководителя федерального органа исполнительной власти, иного государственного органа или организации, которыми реализуется ведомственный проект, ведомственного координационного органа или куратора ведомственного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="713608C8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="40FBD386" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>II. Инициирование проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="17EE80B1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="33CBC4F1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>24. Национальные проекты определяются Президентом Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2B4F25B2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>При необходимости перечень национальных проектов формируется президиумом Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1665F6D5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="P154"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>25. Инициирование федерального проекта, входящего в состав национального проекта, может осуществляться членом Правительства Российской Федерации самостоятельно, а также во исполнение поручения и (или) указания Президента Российской Федерации, поручения Правительства Российской Федерации, Председателя Правительства Российской Федерации, решения Совета, президиума Совета или куратора национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="60BB02B3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Основанием инициирования федерального проекта, входящего в состав национального проекта, является его вклад в достижение общественно значимых результатов и (или) выполнение задач, показателей национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="01636526" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">26. Инициирование федерального проекта, не входящего в состав национального проекта, и ведомственного проекта осуществляется в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P211">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P154">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзацем первым пункта 25</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения (за исключением поручений президиума Совета или куратора национального проекта), а также руководителями федеральных органов исполнительной власти, иных государственных органов или организаций самостоятельно.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5D2C074B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Основанием инициирования федерального проекта, не входящего в состав национального </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>проекта, и ведомственного проекта является их влияние на достижение целей и (или) показателей государственной программы Российской Федерации, в случае если реализация такого проекта запланирована в рамках государственной программы Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D20B3B1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>27. При инициировании федерального проекта и ведомственного проекта осуществляется подготовка паспорта проекта в порядке, предусмотренном настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="6A9A84BC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="44E30ED1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>III. Подготовка проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="55BC3EB1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="31BDF32E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Общие положения по подготовке проектов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="5F26EE3F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="738ECC1D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>28. Разработка паспорта проекта осуществляется предполагаемым руководителем проекта на основе предложений федеральных органов исполнительной власти, иных государственных органов и организаций (их структурных подразделений), являющихся предполагаемыми участниками проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="48395D96" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>29. Паспорт проекта, дополнительные и обосновывающие материалы разрабатываются в соответствии с методическими указаниями (рекомендациями).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5BC81071" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>30. Предполагаемый руководитель проекта обеспечивает согласование паспорта проекта с заинтересованными федеральными органами исполнительной власти, иными государственными органами, организациями, под которыми понимаются:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="252BADCC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) федеральные органы исполнительной власти, иные государственные органы и организации, являющиеся участниками проектов, - для показателей, мероприятий (результатов), объектов мероприятий (результатов), контрольных точек проектов, в отношении которых такие государственные органы и организации осуществляют полномочия исполнителей (соисполнителей);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="17B7306C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) Министерство финансов Российской Федерации - для проектов (мероприятий (результатов) проектов), предполагающих финансовое обеспечение за счет разных источников финансирования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="69C95362" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) Министерство экономического развития Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6B90C09F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) ответственный исполнитель государственной программы Российской Федерации - для федеральных проектов, не входящих в состав национальных проектов, ведомственных проектов, реализуемых в составе государственных программ Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2B3A94CA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) коллегия Военно-промышленной комиссии Российской Федерации - для проектов, в рамках которых реализуются мероприятия (результаты), выполняемые в интересах обеспечения обороны страны, безопасности государства и правоохранительной деятельности, а также в сфере оборонно-промышленного комплекса;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="016ADB22" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6) Комиссия по научно-технологическому развитию Российской Федерации - для проектов паспортов национальных проектов в части, касающейся кадрового и научного обеспечения их реализации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7B656158" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>31. Согласование паспорта проекта Министерством финансов Российской Федерации и Министерством экономического развития Российской Федерации осуществляется в соответствии с методическими указаниями (рекомендациями).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7B545D6F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>32. Одновременно с направлением на согласование паспорта проекта обеспечивается его представление в общественно-экспертный совет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...39 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6E91696D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Общественно-экспертный совет формирует заключение (заключения) на паспорт национального проекта и входящих в его состав федеральных проектов, а также заключение на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>паспорт федерального проекта, входящего в состав национального проекта, в случае утверждения указанного паспорта после начала реализации национального проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B866F69" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="P176"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Общественно-экспертный совет в инициативном порядке формирует заключение на паспорт федерального проекта, не входящего в состав национального проекта, паспорт ведомственного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4F6CEFE0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">При отсутствии заключения общественно-экспертного совета на паспорт проекта, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P236">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P176">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзаце третьем</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего пункта, такой паспорт проекта вносится для рассмотрения и утверждения без соответствующего заключения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="213B5153" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>При наличии заключения общественно-экспертного совета на паспорт проекта такое заключение включается в состав документов, представляемых одновременно с паспортом проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7BAB94AC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="P179"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>33. Заключение общественно-экспертного совета на паспорт федерального проекта, не входящего в состав национального проекта, паспорт ведомственного проекта формируется в обязательном порядке, если соответствующее решение принято:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="00737B2E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) управляющим советом соответствующей государственной программы Российской Федерации или ведомственным координационным органом - в отношении ведомственных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="69494E61" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) проектным комитетом - в отношении федеральных проектов, не входящих в состав национальных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3C50C1B2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">3) утратил силу с 1 января 2025 года. - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId111">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId22">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Постановление</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правительства РФ от 16.12.2024 N 1798.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0123A288" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">34. Паспорт проекта не может быть внесен для рассмотрения и утверждения без соответствующего заключения общественно-экспертного совета - для национальных и федеральных проектов, входящих в состав национального проекта, а также при наличии принятых решений, определенных </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P241">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P179">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пунктом 33</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения, - для федеральных проектов, не входящих в состав национального проекта, ведомственных проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4F1EFF37" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>34(1). Рассмотрение паспорта национального проекта, паспорта федерального проекта, входящего в состав национального проекта, осуществляется участниками проектной деятельности в порядке, установленном настоящим Положением, в том числе с учетом проверки, проводимой с использованием системы "Управление", соответствия требованиям стандарта в сфере проектной деятельности, утвержденного решением председателя президиума Совета, и методических указаний (рекомендаций).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7331C994" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>34(2). Одобрение и утверждение паспорта национального проекта, паспорта федерального проекта, входящего в состав национального проекта, осуществляются с учетом позиций комиссий Государственного Совета Российской Федерации по соответствующим направлениям социально-экономического развития Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...37 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="580F2DF2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>34(3). Не допускается дублирование общественно значимых результатов, задач, показателей, мероприятий (результатов) проектов между собой, с общественно значимыми результатами, задачами, показателями, мероприятиями (результатами) иных проектов, государственных программ Российской Федерации, за исключением случаев, определенных в методических указаниях (рекомендациях).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...37 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="59628E6E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">35. Федеральные проекты и ведомственные проекты отражаются в виде структурных элементов в составе соответствующих государственных программ Российской Федерации, к сфере реализации которых они относятся, за исключением федеральных проектов, не входящих в состав национальных проектов, и ведомственных проектов, реализация которых предполагается в рамках направлений деятельности федеральных государственных органов и (или) иных главных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>распорядителей средств федерального бюджета и бюджетов государственных внебюджетных фондов, не подлежащих включению в государственные программы Российской Федерации, перечень которых утверждается Правительством Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34FEF2EB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>35(1). Планирование общественно значимых результатов и показателей национального проекта осуществляется в том числе с учетом обратной связи от его целевых групп и (или) общественно-экспертного совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="33B9FCDC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>35(2). В случае если достижение показателей национальных проектов и федеральных проектов затрагивает вопросы совместного ведения Российской Федерации и субъектов Российской Федерации и (или) вопросы, отнесенные к предмету ведения субъектов Российской Федерации, в паспорте соответствующего проекта осуществляется декомпозиция таких показателей по субъектам Российской Федерации с учетом критериев, определенных методическими указаниями (рекомендациями).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="01265573" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36A8C1DE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Паспорт национального проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="0322381F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="52CFAD5D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="P193"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">36. Паспорт национального проекта включает в себя цель национального проекта, сведения о целевых группах национального проекта, общественно значимые результаты и их показатели, в том числе определенные </w:t>
       </w:r>
-      <w:hyperlink r:id="rId119">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId23">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Указом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Президента Российской Федерации от 7 мая 2024 г. N 309 "О национальных целях развития Российской Федерации на период до 2030 года и на перспективу до 2036 года", с указанием значений показателей по годам реализации, перечень и общие сведения о федеральных проектах, обеспечивающих достижение общественно значимых результатов и показателей национального проекта, сроки реализации и параметры финансового обеспечения национального проекта за весь период его реализации, информацию о кураторе, руководителе и администраторе национального проекта, а также иные сведения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="043ABA28" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Задачи и их показатели могут включаться в паспорт национального проекта при отсутствии общественно значимых результатов и (или) по решению Президента Российской Федерации, Правительства Российской Федерации, Председателя Правительства Российской Федерации, Совета, президиума Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5C045431" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Параметры финансового обеспечения национального проекта включают в себя средства федерального бюджета, бюджетов государственных внебюджетных фондов Российской Федерации, средства консолидированных бюджетов субъектов Российской Федерации, внебюджетные источники - по федеральным проектам, входящим в состав национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2D1EB677" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Дополнительно в паспорте национального проекта указывается информация об объеме налоговых расходов Российской Федерации при наличии увязки налоговых расходов Российской Федерации с таким национальным проектом в перечне налоговых расходов Российской Федерации, формируемом в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId24">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Правилами</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> формирования перечня налоговых расходов Российской Федерации и оценки налоговых расходов Российской Федерации, утвержденными постановлением Правительства Российской Федерации от 12 апреля 2019 г. N 439 "Об утверждении Правил формирования перечня налоговых расходов Российской Федерации и оценки налоговых расходов Российской Федерации" (далее - Правила).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0E4AC4D5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="P197"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>36(1). Паспорт национального проекта должен включать в себя не менее одного показателя, характеризующего достижение национальных целей развития Российской Федерации. К числу таких показателей относятся:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="656DCB6F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="P198"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>показатель национальной цели развития Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="40225A09" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="P199"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">показатель, обеспечивающий измеримость задачи, определенной </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId25">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Указом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Президента Российской Федерации от 7 мая 2024 г. N 309 "О национальных целях развития Российской Федерации на период до 2030 года и на перспективу до 2036 года";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="00E4D6A7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">показатель, являющийся компонентом формулы для расчета показателей, определенных в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P269">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P198">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзацах втором</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P270">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P199">
+        <w:r w:rsidRPr="006C6774">
           <w:t>третьем</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего пункта, в соответствии с методикой расчета такого показателя.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="660B6DCD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Паспорт национального проекта может включать в себя иные показатели по решению Президента Российской Федерации, Председателя Правительства Российской Федерации, Совета, президиума Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5F8046F6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>36(2). В случае если показатель национального проекта достигается за счет выполнения мероприятий (результатов) нескольких федеральных проектов, входящих в состав национального проекта, он может не включаться в паспорт федерального проекта. При этом в паспорте национального проекта дополнительно отражаются значения такого показателя по месяцам (если не принято иное решение в соответствии с настоящим Положением) и при необходимости по субъектам Российской Федерации (при наличии решения комиссии Государственного Совета по соответствующему направлению социально-экономического развития Российской Федерации о возможности декомпозиции соответствующего показателя по субъектам Российской Федерации).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="572F297A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>36(3). Дополнительные и обосновывающие материалы национального проекта включают сведения о внебюджетных источниках финансового обеспечения национального проекта при их наличии.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="47570C8E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>37. Паспорт национального проекта вносится на рассмотрение, согласование, одобрение и утверждение вместе с проектами методик расчета показателей национального проекта, разработанными и согласованными в соответствии с настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="71897841" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>38. Предполагаемый руководитель национального проекта вносит согласованный паспорт национального проекта вместе с проектами паспортов федеральных проектов, входящих в состав национального проекта, результатами согласования заинтересованных федеральных органов исполнительной власти, иных государственных органов и организаций, заключением общественно-экспертного совета в проектный комитет и проектный офис Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="41D73931" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>В случае наличия разногласий в отношении паспорта национального проекта его внесение в проектный комитет возможно также с таблицами разногласий.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="78B9F612" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Разногласия, возникшие в ходе согласования паспорта национального проекта, рассматриваются и снимаются соответствующим проектным комитетом или куратором национального проекта при участии заинтересованных федеральных органов исполнительной власти, иных заинтересованных государственных органов и организаций.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1122189D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>39. Председателем проектного комитета может быть принято решение о проведении заседания проектного комитета при отсутствии позиции заинтересованного федерального органа исполнительной власти, иного государственного органа или организации на паспорт национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6416ED1D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>В случае поступления на момент завершения голосования членов проектного комитета отрицательной позиции заинтересованного федерального органа исполнительной власти, иного государственного органа, организации на паспорт национального проекта в части его финансового обеспечения или отсутствия на момент завершения голосования членов проектного комитета позиции заинтересованного федерального органа исполнительной власти, иного государственного органа, организации по причине направления паспорта национального проекта на согласование с нарушением порядка, определенного настоящим Положением, решение проектным комитетом не принимается, паспорт национального проекта выносится на повторное рассмотрение и принятие решения проектным комитетом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...37 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5E936692" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">40. Проектный комитет рассматривает поступивший паспорт национального проекта вместе с результатами согласования с заинтересованными федеральными органами исполнительной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>власти, иными государственными органами, организациями и заключением общественно-экспертного совета и принимает решение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D2E49A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) об одобрении паспорта национального проекта для его последующего рассмотрения на президиуме Совета;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5098C18F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) о необходимости доработки паспорта национального проекта с указанием в протоколе заседания проектного комитета имеющихся замечаний.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0F466E15" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>41. Одобренный проектным комитетом паспорт национального проекта вносится предполагаемым руководителем национального проекта в президиум Совета. Президиум Совета рассматривает поступивший паспорт национального проекта и принимает решение:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1BF9DB05" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) об утверждении паспорта национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5B541BEB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) о необходимости доработки паспорта национального проекта с указанием в протоколе заседания президиума Совета имеющихся замечаний.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="44BFDCB0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>42. При подготовке заседания президиума Совета, на котором планируется рассмотрение паспорта национального проекта, проектный офис Правительства Российской Федерации при необходимости запрашивает информацию у федеральных органов исполнительной власти, иных государственных органов и организаций, подразделений Аппарата Правительства Российской Федерации, исполнительных органов субъектов Российской Федерации, экспертного сообщества, организаций и при необходимости организовывает рассмотрение паспорта национального проекта на заседаниях рабочих групп президиума Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0F822F5F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>По итогам рассмотрения паспорта национального проекта на заседаниях рабочих групп президиума Совета проектный офис Правительства Российской Федерации в целях рассмотрения паспорта национального проекта на заседании президиума Совета подготавливает справочные и иные материалы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="1060046A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E961320" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Паспорт национального проекта по обеспечению</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="6E688A70" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>технологического лидерства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...141 lines deleted...]
-          </w:rPr>
+    <w:p w14:paraId="3B93E665" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33FA8656" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">42(1). Национальные проекты по обеспечению технологического лидерства должны соответствовать в том числе целям и задачам технологической политики в Российской Федерации, определенным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>Законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> о технологической политике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D005C52" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Подготовка национальных проектов по обеспечению технологического лидерства осуществляется в том числе с учетом прогноза научно-технологического развития Российской Федерации и предложений, представленных федеральным государственным бюджетным учреждением "Российская академия наук".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01E28FC8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>42(2). Подготовка паспорта национального проекта по обеспечению технологического лидерства осуществляется с учетом следующих принципов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BB2A4E6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>1) ориентация цели национального проекта по обеспечению технологического лидерства на создание конкурентоспособной высокотехнологичной продукции с использованием критических технологий, разработанных на основе собственных линий разработки технологий, и (или) на формирование новых рынков посредством создания и развития сквозных технологий, разработанных на основе собственных линий разработки технологий, с превосходством таких технологий и продукции над зарубежными аналогами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F6D0311" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2) ориентация национального проекта по обеспечению технологического лидерства на снижение импортозависимости, выпуск конкретной линейки высокотехнологичной продукции или создание и развитие определенных видов технологий ее производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="541B8927" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>3) определение форм и способов обеспечения долгосрочного спроса на высокотехнологичную продукцию, в том числе при производстве аналогов зарубежной продукции, и (или) результаты научных исследований, необходимые для последующего создания и (или) развития (совершенствования) высокотехнологичной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F697F2D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>4) формирование собственных линий разработки технологий в целях создания и (или) развития (совершенствования) высокотехнологичной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D40AB4D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">5) разработка и (или) развитие (совершенствование) критических и (или) сквозных технологий с учетом положений </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>части 1 статьи 12</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Закона о технологической политике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F88D87" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">6) выделение из внебюджетных источников средств в объеме, составляющем не менее 20 процентов общего объема финансового обеспечения национального проекта по обеспечению технологического лидерства (необходимых для реализации карт технологической кооперации денежных средств) за весь период его реализации и определяемом с учетом положений </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P112">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункта 15</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5A44BE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>7) отражение в паспорте национального проекта по обеспечению технологического лидерства общественно значимых результатов, направленных на создание высокотехнологичной продукции или определенных видов технологий ее производства, имеющих системное значение для функционирования экономики, решения социально-экономических задач, обеспечения обороны и безопасности государства, достижения целевого уровня технологической независимости и (или) формирования новых рынков технологий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380BF88D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>8) формирование федеральных проектов, входящих в состав национального проекта по обеспечению технологического лидерства, с учетом необходимости проработки форм и способов обеспечения долгосрочного спроса на высокотехнологичную продукцию, производственной и технологической кооперации, привлечения инвестиций, требований к кадрам и их компетенциям, включая опережающую подготовку и переподготовку квалифицированных кадров по соответствующим направлениям подготовки, специальностям и профессиям, требований к исследованиям и разработкам, включая разработку важнейших наукоемких технологий, а также формированию необходимой инфраструктуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E4B16A9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>42(3). Паспорт национального проекта по обеспечению технологического лидерства вносится на рассмотрение, согласование, одобрение и утверждение вместе с проектом карты технологической кооперации, включающей описание национального проекта по обеспечению технологического лидерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B11846" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Подготовка карты технологической кооперации с учетом требований к ее форме и содержанию, в том числе согласование и экспертиза ее проекта, внесение в нее изменений, и контроль за ее исполнением осуществляются в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>Положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> о картах технологической кооперации, утвержденным постановлением Правительства Российской Федерации от 6 ноября 2025 г. N 1752 "Об отдельных вопросах реализации технологической политики в Российской Федерации".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61FD2F30" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="P235"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">42(4). В паспорт национального проекта по обеспечению технологического лидерства в соответствии с порядком, утверждаемым Правительством Российской Федерации в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 1 части 1 статьи 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Закона о технологической политике, должны быть включены в том числе следующие показатели:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="490824A5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="P236"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">1) достигнутый уровень технологической независимости по отрасли (отраслям) экономики и социальной сферы, определяемой куратором национального проекта по обеспечению технологического лидерства в порядке, установленном Министерством экономического развития Российской Федерации по согласованию с заинтересованными федеральными органами исполнительной власти, иными государственными органами и организациями и Аппаратом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>Правительства Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5872B079" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="P237"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2) достигнутый уровень превосходства по приоритетной высокотехнологичной продукции над зарубежными аналогами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42E8E654" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>42(5). В случае если по национальному проекту по обеспечению технологического лидерства определено несколько отраслей, куратор национального проекта по обеспечению технологического лидерства вправе принять одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD8EC38" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">1) о включении в паспорт национального проекта по обеспечению технологического лидерства показателя, указанного в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P236">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпункте 1 пункта 42(4)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, с перечислением в его наименовании соответствующих отраслей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BEB1A07" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">2) о включении в паспорт национального проекта по обеспечению технологического лидерства нескольких показателей, соответствующих показателю, предусмотренному </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P236">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпунктом 1 пункта 42(4)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, с указанием в каждом из них отдельной отрасли.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="155257C9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">42(6). Методики расчета показателей, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P236">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпунктах 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P237">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>2 пункта 42(4)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, разрабатываются с учетом положений </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P114">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктов 15(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P116">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>16</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения и включаются в порядок, утверждаемый Правительством Российской Федерации в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 1 части 1 статьи 7</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Закона о технологической политике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12FE7A50" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">42(7). Показатель, указанный в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P236">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпункте 1 пункта 42(4)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, рассчитывается по всей номенклатуре высокотехнологичной продукции и необходимым для ее создания и (или) развития (совершенствования) технологиям, которые включены в карту технологической кооперации национального проекта по обеспечению технологического лидерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47A6FCB2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Показатель, указанный в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P237">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпункте 2 пункта 42(4)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, рассчитывается по определенной в соответствии с методикой расчета такого показателя части номенклатуры высокотехнологичной продукции (отдельным ее позициям), включенной в карту технологической кооперации национального проекта по обеспечению технологического лидерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C3903E4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">42(8). Паспорт национального проекта по обеспечению технологического лидерства дополнительно к параметрам, указанным в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P193">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 36</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...32 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, включает в себя информацию об иных участниках национального проекта по обеспечению технологического лидерства, определенных в функциональной </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P679">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>структуре</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> проектной деятельности, по форме, определенной в соответствии с методическими указаниями (рекомендациями).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="625729C0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">42(9). Руководитель национального проекта по обеспечению технологического лидерства обеспечивает включение разработчиков технологий, основных исполнителей и квалифицированных заказчиков в паспорт национального проекта по обеспечению технологического лидерства и карту технологической кооперации после выполнения положений </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P339">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункта 79(3)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E9A88E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52F42873" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="P313"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="33" w:name="P247"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Паспорт федерального проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="7BC0ADF3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="29DE2BE1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="P249"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">43. Паспорт федерального проекта, входящего в состав национального проекта, включает в себя цель федерального проекта, сведения о целевых группах федерального проекта, общественно значимые результаты, задачи национального проекта, спланированные в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P268">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P197">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пунктом 36(1)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...30 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения показатели национального проекта, достижение которых осуществляется в рамках федерального проекта, показатели федерального проекта, являющиеся компонентами формулы для расчета показателя национального проекта, дополнительные показатели федерального проекта, мероприятия (результаты), контрольные точки, сроки реализации и объемы финансового обеспечения федерального проекта за счет всех источников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>финансирования, информацию о кураторе, руководителе и администраторе федерального проекта, а также иные сведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B462018" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Паспорт федерального проекта, не входящего в состав национального проекта, включает в себя цель федерального проекта, целевые группы федерального проекта, задачи и показатели, определенные в паспорте государственной программы Российской Федерации, в рамках которой такой проект реализуется, иные задачи и показатели федерального проекта, мероприятия (результаты), контрольные точки, сроки реализации и объемы финансового обеспечения федерального проекта за счет всех источников финансирования, информацию о кураторе, руководителе и администраторе федерального проекта, а также иные сведения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5C4A0BE3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Параметры финансового обеспечения федерального проекта включают в себя средства федерального бюджета, бюджетов государственных внебюджетных фондов Российской Федерации, средства консолидированных бюджетов субъектов Российской Федерации, внебюджетные источники.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1FB6F522" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Дополнительно в паспорте федерального проекта указывается информация об объеме налоговых расходов Российской Федерации при наличии увязки налоговых расходов Российской Федерации с таким федеральным проектом в перечне налоговых расходов Российской Федерации, формируемом в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId31">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Правилами</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="48E6E1E2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">44. Включение в паспорт федерального проекта соответствующих параметров согласно </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P315">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P249">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункту 43</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения осуществляется с учетом планирования:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5C746E58" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) значений показателей по годам, месяцам (если не принято иное решение в соответствии с настоящим Положением) и субъектам Российской Федерации (в случае если достижение показателя затрагивает вопросы, относящиеся к предметам ведения субъектов Российской Федерации, а также к вопросам местного значения муниципальных образований, расположенных на территории субъектов Российской Федерации);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="79BA1E9A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) значений мероприятий (результатов) по годам реализации и по субъектам Российской Федерации (в случае если реализация мероприятий (результатов) затрагивает вопросы, относящиеся к предметам ведения субъектов Российской Федерации, а также к вопросам местного значения муниципальных образований, расположенных на территории субъектов Российской Федерации) с указанием взаимосвязи между мероприятиями (результатами) и взаимосвязи между контрольными точками;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7434E4B7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) финансового обеспечения с указанием объемов по годам реализации (в отношении всех источников) и по месяцам реализации (в отношении средств федерального бюджета) и детализацией по конкретным мероприятиям (результатам).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2C373A8A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">45. Планирование значений показателей и объемов финансового обеспечения федерального проекта по месяцам его реализации осуществляется в части текущего года (в части очередного года - при ежегодной актуализации и планировании в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P674">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P589">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пунктами 161</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P684">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P597">
+        <w:r w:rsidRPr="006C6774">
           <w:t>166</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5DCD95ED" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>46. Дополнительные и обосновывающие материалы федерального проекта включают оценку влияния мероприятий (результатов) федерального проекта на достижение показателей национального проекта и показателей федерального проекта, сведения о внебюджетных источниках финансового обеспечения федерального проекта при их наличии, сведения о финансовом обеспечении реализации федерального проекта по субъектам Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="32FD7E1D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>47. Паспорт федерального проекта вносится на рассмотрение, согласование и утверждение вместе с дополнительными и обосновывающими материалами, а также проектами методик расчета показателей федерального проекта, разработанными и согласованными в соответствии с настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="41DBF048" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>48. В случае если федеральный проект направлен на достижение общественно значимых результатов, выполнение задач, достижение показателей национального проекта, паспорт такого федерального проекта подлежит согласованию с руководителем национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2D9DDA84" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>49. Разногласия, возникшие в ходе согласования паспорта федерального проекта, снимаются соответствующим проектным комитетом или куратором при участии заинтересованных федеральных органов исполнительной власти, иных государственных органов и организаций.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1BD4C40F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Разногласия, возникшие в ходе согласования паспорта федерального проекта, входящего в состав национального проекта, между куратором национального проекта, куратором федерального проекта, входящего в состав национального проекта, кураторами государственных программ Российской Федерации, снимаются председателем президиума Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4C723F93" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Разногласия, возникшие в ходе согласования паспорта федерального проекта, не входящего в состав национального проекта, между куратором федерального проекта, не входящего в состав национального проекта, кураторами государственных программ Российской Федерации, снимаются Председателем Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="55FDD938" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>50. Предполагаемый руководитель федерального проекта вносит паспорт федерального проекта вместе с результатами согласования с заинтересованными федеральными органами исполнительной власти, иными государственными органами, организациями и заключением общественно-экспертного совета (при наличии):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="06832BFD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) в проектный комитет по национальному проекту - в случае, если федеральный проект входит в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="713B38F0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) в проектный комитет по федеральному проекту - в случае, если федеральный проект не входит в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="08043997" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) в проектный офис Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="252206A3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>51. Внесение паспорта федерального проекта, не входящего в состав национального проекта, в проектный офис Правительства Российской Федерации осуществляется при наличии соответствующего решения Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="25655835" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>52. Проектный офис Правительства Российской Федерации при необходимости формирует позицию на паспорт федерального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3BF5BD8C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>53. В случае наличия разногласий в отношении паспорта федерального проекта его внесение в проектный комитет возможно также с таблицами разногласий.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5D758AF6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>54. Председателем проектного комитета может быть принято решение о проведении заседания проектного комитета при отсутствии позиции заинтересованного федерального органа исполнительной власти, иного государственного органа или организации на паспорт федерального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0160D6D0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>В случае поступления на момент завершения голосования членов проектного комитета отрицательной позиции заинтересованного федерального органа исполнительной власти, иного государственного органа, организации на паспорт федерального проекта в части его финансового обеспечения или отсутствия на момент завершения голосования членов проектного комитета позиции заинтересованного федерального органа исполнительной власти, иного государственного органа, организации по причине направления паспорта федерального проекта на согласование с нарушением порядка, определенного настоящим Положением, решение проектным комитетом не принимается, паспорт федерального проекта выносится на повторное рассмотрение и принятие решения проектным комитетом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7B1D9C10" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>55. Проектный комитет рассматривает поступивший паспорт федерального проекта вместе с результатами согласования с заинтересованными федеральными органами исполнительной власти, иными государственными органами и организациями, заключением общественно-экспертного совета (при наличии) и позицией проектного офиса Правительства Российской Федерации (при наличии) и принимает решение:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="39F8FBFD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) об утверждении паспорта федерального проекта, не входящего в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1FE7E6C3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) об утверждении паспорта федерального проекта, входящего в состав национального проекта, и вступлении его в силу после внесения соответствующих изменений в паспорт национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1E8C961E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) о необходимости доработки паспорта федерального проекта с указанием в протоколе заседания проектного комитета имеющихся замечаний;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1267B71F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) о нецелесообразности реализации федерального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2FE8D8E9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>56. По предложению проектного офиса Правительства Российской Федерации, Министерства экономического развития Российской Федерации, решению проектного комитета и (или) президиума Совета паспорт федерального проекта, входящего в состав национального проекта, может быть вынесен на рассмотрение президиума Совета для его утверждения или принятия иного решения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="12D62269" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>57. Внесение паспорта федерального проекта, входящего в состав национального проекта, одобренного проектным комитетом, в президиум Совета осуществляется руководителем (предполагаемым руководителем) федерального проекта или руководителем национального проекта, в состав которого входит федеральный проект.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3BF2DFBA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>58. При подготовке заседания президиума Совета, на котором планируется рассмотрение паспорта федерального проекта, входящего в состав национального проекта, проектный офис Правительства Российской Федерации при необходимости запрашивает информацию у федеральных органов исполнительной власти, иных государственных органов, организаций, подразделений Аппарата Правительства Российской Федерации, исполнительных органов субъектов Российской Федерации, экспертного сообщества, организаций и при необходимости организовывает рассмотрение паспорта федерального проекта на заседаниях рабочих групп президиума Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6F7DA448" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>59. По итогам рассмотрения паспорта федерального проекта, входящего в состав национального проекта, на заседаниях рабочих групп президиума Совета проектный офис Правительства Российской Федерации в целях рассмотрения паспорта федерального проекта на заседании президиума Совета подготавливает справочные и иные материалы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="42144376" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="P282"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>60. В целях дополнительной детализации положений федерального проекта руководителем федерального проекта обеспечивается разработка рабочего плана федерального проекта, в случае если в рамках такого проекта реализуются мероприятия (результаты), предусматривающие:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1E6CCF86" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) строительство (реконструкцию, техническое перевооружение, приобретение) объектов недвижимого имущества;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4F62105C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) принятие нормативных правовых (правовых) актов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="001A7A9C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) создание (развитие) информационных систем.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="12DE5657" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">61. При необходимости руководителем федерального проекта может быть принято решение о разработке рабочего плана федерального проекта в отношении иных, не указанных в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P355">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P282">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 60</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...10 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>настоящего Положения, типов мероприятий (результатов).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A30CC3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>62. В рабочем плане федерального проекта подлежат отражению мероприятия (результаты) такого проекта с детализацией по контрольным точкам, а также объектам мероприятий (результатов).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="682D9625" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Рабочий план федерального проекта разрабатывается в соответствии с методическими указаниями (рекомендациями).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="37E5FEDB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="P289"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">62(1). В рамках реализации национального проекта по обеспечению технологического лидерства в соответствующий раздел рабочего плана одного (или нескольких) федерального проекта, входящего в состав национального проекта по обеспечению технологического лидерства, определенного решением куратора национального проекта по обеспечению технологического лидерства, в обязательном порядке включается план мероприятий по реализации механизма управления системными изменениями нормативно-правового регулирования в сферах реализации национального проекта по обеспечению технологического лидерства, предусмотренный </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>частью 2 статьи 12</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Закона о технологической политике (далее - план мероприятий).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D6EE33D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Мероприятия (результаты), которые подлежат включению в план мероприятий, определяются в соответствии с методическими указаниями (рекомендациями).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7210602B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Руководителем федерального проекта, входящего в состав национального проекта по обеспечению технологического лидерства, обеспечивается согласование проекта плана мероприятий с руководителем национального проекта по обеспечению технологического лидерства и Министерством экономического развития Российской Федерации и получение заключения экспертного совета, формируемого при президиуме Правительственной комиссии по модернизации экономики и инновационному развитию России, на проект плана мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7946369F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Руководитель национального проекта по обеспечению технологического лидерства вносит согласованный проект плана мероприятий вместе с результатами его согласования Министерством экономического развития Российской Федерации и заключением экспертного совета, формируемого при президиуме Правительственной комиссии по модернизации экономики и инновационному развитию России, на рассмотрение и одобрение куратору соответствующего национального проекта по обеспечению технологического лидерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15AA6C46" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>63. В системе "Электронный бюджет" обеспечивается автоматическое направление утвержденных паспортов федеральных проектов ответственному исполнителю государственной программы Российской Федерации, структурными элементами которой они являются. В случае если реализация федерального проекта осуществляется в рамках двух и более государственных программ Российской Федерации, обеспечивается автоматическое направление утвержденного паспорта такого федерального проекта ответственному исполнителю каждой государственной программы Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="46086C4E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>64. Утвержденные паспорта федеральных проектов, не входящих в состав национальных проектов, все сведения о которых составляют государственную тайну и (или) относятся к сведениям конфиденциального характера, направляются ответственному исполнителю государственной программы Российской Федерации, структурными элементами которой они являются, и в Министерство экономического развития Российской Федерации на бумажном и электронных носителях в установленном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...19 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="4C2FD2FD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="61BE07E7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Паспорт ведомственного проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="52421A82" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...36 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4CFFD527" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">65. Паспорт ведомственного проекта включает в себя цель ведомственного проекта, сведения о целевых группах ведомственного проекта, задачи и показатели, определенные в паспорте государственной программы Российской Федерации, в рамках которой такой проект реализуется, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>иные задачи и показатели ведомственного проекта, мероприятия (результаты), контрольные точки, объекты мероприятий (результатов), сроки реализации и объемы финансового обеспечения ведомственного проекта за счет всех источников финансирования, информацию о кураторе, руководителе и администраторе ведомственного проекта (при необходимости), а также иные сведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA1108A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Параметры финансового обеспечения ведомственного проекта включают в себя средства федерального бюджета, бюджетов государственных внебюджетных фондов Российской Федерации, внебюджетные источники.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="770429AA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Дополнительно в паспорте ведомственного проекта указывается информация об объеме налоговых расходов Российской Федерации при наличии увязки налоговых расходов Российской Федерации с таким ведомственным проектом в перечне налоговых расходов Российской Федерации, формируемом в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId142">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId33">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Правилами</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="75BF4D0D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>66. Включение в паспорт ведомственного проекта соответствующих параметров осуществляется с учетом планирования:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="46FBD3F3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) значений показателей по годам и месяцам (если не принято иное решение в соответствии с настоящим Положением);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="45FEDE3B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) значений мероприятий (результатов) по годам реализации с детализацией до создаваемых (приобретаемых) объектов, а также с указанием взаимосвязи между мероприятиями (результатами) и взаимосвязи между контрольными точками;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5DA045D0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) финансового обеспечения ведомственного проекта с указанием объемов по годам реализации (в отношении всех источников) и по месяцам реализации (в отношении средств федерального бюджета) и детализацией по конкретным мероприятиям (результатам).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="68A3283B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>66(1). Дополнительные и обосновывающие материалы ведомственного проекта включают сведения о внебюджетных источниках финансового обеспечения ведомственного проекта при их наличии.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="564B604F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>67. При необходимости по предложению руководителя ведомственного проекта и решению ведомственного координационного органа или куратора ведомственного проекта функции по формированию паспорта ведомственного проекта могут быть возложены на администратора ведомственного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="24BAA0BA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>68. Предполагаемый руководитель ведомственного проекта вносит паспорт ведомственного проекта вместе с результатами согласования с заинтересованными федеральными органами исполнительной власти, иными государственными органами и организациями, заключением общественно-экспертного совета (при наличии) в ведомственный координационный орган для принятия решений о его утверждении или отклонении.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="26B4B3DF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Разногласия, возникшие в ходе согласования паспорта ведомственного проекта между федеральным органом исполнительной власти, иным государственным органом или организацией, ответственным за реализацию ведомственного проекта, и заинтересованными федеральными органами исполнительной власти, иными государственными органами и организациями, снимаются на заседании управляющего совета государственной программы Российской Федерации или его председателем при участии заинтересованных сторон.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7D65439B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Иные разногласия, возникшие в ходе согласования паспорта ведомственного проекта, снимаются ведомственным координационным органом или его председателем, куратором ведомственного проекта (при наличии у него достаточных полномочий) при участии заинтересованных сторон.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="30DF8A18" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>69. Ведомственный координационный орган рассматривает поступивший паспорт ведомственного проекта вместе с результатами согласования с заинтересованными федеральными органами исполнительной власти, иными государственными органами, организациями и заключением общественно-экспертного совета (при наличии) и принимает решение:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0AC18D12" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) об утверждении паспорта ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3E4D908E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) о необходимости доработки паспорта ведомственного проекта с указанием в протоколе заседания ведомственного координационного органа имеющихся замечаний;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="40AF6716" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) о нецелесообразности реализации ведомственного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2412861E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>70. В целях дополнительной детализации положений ведомственного проекта руководителем ведомственного проекта обеспечивается разработка плана реализации ведомственного проекта, включаемого в состав паспорта такого проекта, и его детализация до объектов в случае, если в рамках такого проекта реализуются мероприятия (результаты), предусматривающие:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="75AFFF8B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) строительство (реконструкцию, техническое перевооружение, приобретение) объектов недвижимого имущества;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7BEB5EBE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) принятие нормативных правовых (правовых) актов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0F9EAAEB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) создание (развитие) информационных систем.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="550FB1A4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>71. Ведомственный проект отражается в виде структурного элемента в составе одной государственной программы Российской Федерации, на достижение целей и показателей которой он направлен.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="561ECA3A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>72. В системе "Электронный бюджет" обеспечивается автоматическое направление утвержденных паспортов ведомственных проектов ответственному исполнителю государственной программы Российской Федерации, структурными элементами которой они являются.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7640F141" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>73. Утвержденные паспорта ведомственных проектов, все сведения о которых составляют государственную тайну и (или) относятся к сведениям конфиденциального характера, направляются ответственному исполнителю государственной программы Российской Федерации, структурными элементами которой они являются, и в Министерство экономического развития Российской Федерации на бумажном и электронных носителях в установленном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="347430D1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68819279" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Планирование и реализация параметров национальных проектов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="4DDD0FE9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>и федеральных проектов в субъектах Российской Федерации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="34B84353" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1BFB8D4A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="P325"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>74. В целях достижения показателей и мероприятий (результатов) федерального проекта, входящего в состав национального проекта, между руководителем федерального проекта, входящего в состав национального проекта, и руководителем регионального проекта, уполномоченным высшим должностным лицом субъекта Российской Федерации (председателем высшего исполнительного органа субъекта Российской Федерации), заключается соглашение о реализации на территории субъекта Российской Федерации регионального проекта, обеспечивающего достижение показателей и результатов соответствующего федерального проекта, входящего в состав национального проекта, дополнительное соглашение о внесении изменений в указанное соглашение.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1C6803F6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">По решению куратора национального проекта с учетом согласования с руководителем национального проекта в соглашение (дополнительное соглашение), предусмотренное </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P401">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P325">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...30 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего пункта, включаются показатели национального проекта, не включенные в федеральный проект, входящий в состав национального проекта, значения которых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>декомпозированы по субъектам Российской Федерации в паспорте национального проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D6CB10F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">75. Формирование и подписание соглашения, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P401">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P325">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 74</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения, дополнительного соглашения к нему осуществляются в соответствии с порядком и типовыми формами, определенными методическими указаниями (рекомендациями).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2DD16B3C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">76. Разногласия, возникшие при заключении соглашения, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P401">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P325">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 74</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения, дополнительного соглашения к нему, рассматриваются и снимаются соответствующим проектным комитетом или куратором при участии заинтересованных федеральных органов исполнительной власти, исполнительных органов субъектов Российской Федерации, иных заинтересованных государственных органов и организаций.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="560BAE05" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">77. Руководитель федерального проекта, входящего в состав национального проекта, обеспечивает соответствие паспорта федерального проекта, входящего в состав национального проекта, и соглашений, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P401">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P325">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 74</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения, дополнительных соглашений к ним с учетом решений, принятых соответствующим проектным комитетом или куратором проекта при рассмотрении разногласий (при наличии), возникших в ходе заключения таких соглашений (дополнительных соглашений) о реализации региональных проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="191FCBC3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="P330"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">78. Достижение показателей и мероприятий (результатов) федерального проекта, не входящего в состав национального проекта, затрагивающих законодательно установленные полномочия субъектов Российской Федерации, а также вопросы местного значения, обеспечивается в соответствии с планом, предусмотренным порядком заключения соглашения о реализации на территории субъекта Российской Федерации государственных программ субъекта Российской Федерации, направленных на достижение целей и показателей государственной программы Российской Федерации в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId34">
+        <w:r w:rsidRPr="006C6774">
           <w:t>постановлением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правительства Российской Федерации от 26 мая 2021 г. N 786 "О системе управления государственными программами Российской Федерации".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="73D8B86D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>79. Мониторинг реализации федеральных проектов, не входящих в состав национальных проектов, в части вопросов, относящихся к предметам ведения субъектов Российской Федерации, а также вопросов местного значения осуществляется в рамках формирования отчетов, подготовленных в рамках соглашения о реализации на территории субъекта Российской Федерации государственных программ субъекта Российской Федерации, формируемых в системе "Электронный бюджет".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="5C281D77" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09FF3F6B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Особенности реализации национальных проектов по обеспечению</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20308F8A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>технологического лидерства, связанные с реализацией</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01FF664C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>технологической политики в Российской Федерации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0417D3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E12C58F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">79(1). В соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>частью 4 статьи 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Закона о технологической политике куратор национального проекта по обеспечению технологического лидерства, основной исполнитель и квалифицированный заказчик могут привлекать лиц, осуществляющих содействие развитию технологий, включая Российский научный фонд, для реализации соответствующего национального проекта по обеспечению технологического лидерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7131C980" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="P338"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">79(2). В соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>частью 5 статьи 13</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Закона о технологической политике к реализации каждого национального проекта по обеспечению технологического лидерства, за исключением случаев, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P354">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпункте 6 пункта 79(6)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, с учетом требований законодательства Российской Федерации привлекаются малые технологические компании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0C2971" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="P339"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">79(3). В целях осуществления функций квалифицированного заказчика, основного исполнителя и разработчика технологий, определенных в функциональной </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P679">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>структуре</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> проектной деятельности, в действующие юридически значимые документы, направленные на создание и (или) развитие (совершенствование) высокотехнологичной продукции и технологий, необходимых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>для ее создания и (или) развития (совершенствования), применяемые к указанным лицам (далее - действующие юридически значимые документы), включаются особенности осуществления функций квалифицированного заказчика, основного исполнителя и разработчика технологий, установленные настоящим подразделом (далее - особенности осуществления функций), а также рекомендуемые условия, установленные Министерством экономического развития Российской Федерации по согласованию с заинтересованными федеральными органами исполнительной власти, иными государственными органами и организациями и Аппаратом Правительства Российской Федерации (далее - рекомендуемые условия), в том числе в части вопросов ответственности при нарушении особенностей осуществления функций и рекомендуемых условий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="539E83EE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>В случае невозможности изменения (утверждения, подписания) действующих юридически значимых документов в части включения в них особенностей осуществления функций и рекомендуемых условий заключаются соглашения об участии квалифицированных заказчиков, основных исполнителей и разработчиков технологий в реализации национального проекта по обеспечению технологического лидерства в машиночитаемом (цифровом) виде, включающие особенности осуществления функций и рекомендуемые условия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03381DED" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">79(4). Положения </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P339">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункта 79(3)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения не применяются в случае выполнения государственных заданий при условии направления организациям, выполняющим такие государственные задания, уведомления, подписанного руководителем национального проекта по обеспечению технологического лидерства или уполномоченным им заместителем руководителя федерального органа исполнительной власти, государственной корпорации, ответственных за реализацию национального проекта по обеспечению технологического лидерства, содержащего особенности осуществления функций и рекомендуемые условия, обязательные для исполнения указанными организациями, выполняющими такие государственные задания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE0C61F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="P342"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>79(5). Особенностями осуществления функций в части, касающейся осуществления функций разработчиков технологий, предусматриваются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C1D4F82" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">1) обязанности по осуществлению функций разработчиков технологий, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P1095">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 56(4)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> функциональной структуры проектной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B7FFA34" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">2) ответственность за неисполнение обязанностей, повлекшее неисполнение карты технологической кооперации, в том числе гражданско-правовая ответственность, с учетом права на обоснованный риск, предусмотренного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>статьей 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Закона о технологической политике и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 2 статьи 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Федерального закона "О науке и государственной научно-технической политике";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07AE7DC7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3) перечень разрабатываемых технологий, которым предоставляется правовая охрана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C1BE973" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>4) сроки разработки технологий и предоставления их основному исполнителю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D7B66B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>5) формы и способы обеспечения основным исполнителем приобретения таких технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F7E1851" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="P348"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>79(6). Особенностями осуществления функций в части, касающейся осуществления функций основных исполнителей, предусматриваются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43778F0D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">1) обязанности по осуществлению функций основных исполнителей, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P1106">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 56(6)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> функциональной структуры проектной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB7C554" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">2) ответственность за неисполнение обязанностей, повлекшее неисполнение карты технологической кооперации, в том числе гражданско-правовая ответственность, с учетом права на обоснованный риск, предусмотренного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>статьей 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Закона о технологической политике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="111A1F08" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3) номенклатура и количество высокотехнологичной продукции, правовые основания для использования прав на результаты интеллектуальной деятельности при производстве высокотехнологичной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32251E85" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>4) сроки приобретения высокотехнологичной продукции квалифицированным заказчиком или указанными им лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55109906" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>5) формы и способы обеспечения квалифицированным заказчиком долгосрочного спроса на высокотехнологичную продукцию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78CB6AAB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="P354"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">6) обязанность основного исполнителя по привлечению малых технологических компаний к разработке, внедрению технологий и (или) производству высокотехнологичной продукции в рамках национального проекта по обеспечению технологического лидерства (в случае, предусмотренном </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P338">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 79(2)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, за исключением случаев, когда куратором национального проекта по обеспечению технологического лидерства принято решение о непривлечении малых технологических компаний к реализации национального проекта по обеспечению технологического лидерства либо когда основным исполнителем является малая технологическая компания) с учетом требований законодательства Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC82D1D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">7) плановые значения показателей, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P235">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункте 42(4)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения и методических указаниях (рекомендациях), по годам реализации национального проекта по обеспечению технологического лидерства применительно к высокотехнологичной продукции, указанной в действующем юридически значимом документе или соглашении об участии основного исполнителя в реализации национального проекта по обеспечению технологического лидерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50778947" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="P356"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">79(7). В отношении высокотехнологичной продукции, являющейся лекарственными средствами, медицинскими изделиями, биомедицинскими клеточными продуктами, продуктами тканевой инженерии, особенности осуществления функций, указанные в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P348">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункте 79(6)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, и рекомендуемые условия не применяются, если иное решение не принято руководителем национального проекта по обеспечению технологического лидерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14DA372C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">В отношении технологий, применяемых при оказании медицинской помощи (медицинских технологий), особенности осуществления функций, указанные в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P348">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункте 79(6)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, и рекомендуемые условия не применяются, если иное решение не принято руководителем национального проекта по обеспечению технологического лидерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12834650" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="P358"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>79(8). Особенностями осуществления функций в части, касающейся осуществления функций квалифицированных заказчиков, предусматриваются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512D2ECC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">1) обязанности по осуществлению функций квалифицированных заказчиков, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P1116">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 56(9)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> функциональной структуры проектной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D6929BE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">2) ответственность за неисполнение обязанностей, повлекшее неисполнение карты технологической кооперации, в том числе гражданско-правовая ответственность, с учетом права на обоснованный риск, предусмотренного </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>статьей 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Закона о технологической политике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56732B80" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3) номенклатура и количество высокотехнологичной продукции, правовые основания для использования прав на результаты интеллектуальной деятельности при производстве высокотехнологичной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B58A04C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>4) сроки приобретения высокотехнологичной продукции квалифицированным заказчиком или указанными им лицами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="320A526F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>5) формы и способы обеспечения квалифицированным заказчиком долгосрочного спроса на высокотехнологичную продукцию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51094976" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C54053D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="P410"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="46" w:name="P365"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>IV. Мониторинг реализации проектов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="6E59D909" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="07E8336C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Общие положения по мониторингу реализации проектов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...12 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7209612A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CE18B88" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>80. Мониторинг реализации проектов представляет собой систему мероприятий по измерению фактических значений параметров проектов, расчету отклонения фактических значений параметров проектов от их плановых значений, определенных в паспортах соответствующих проектов и рабочих планах (для федеральных проектов и региональных проектов), планах реализации (для ведомственных проектов).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="23B2C33D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>81. Мониторинг реализации проектов осуществляется с использованием системы "Электронный бюджет".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1BF8C51E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>82. Мониторинг реализации проектов осуществляется с момента принятия решения об утверждении паспортов соответствующих проектов и прекращается в момент принятия решения об их завершении.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="31AECE17" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>83. Целью мониторинга реализации проектов является получение на постоянной основе информации о ходе реализации соответствующих проектов для принятия управленческих решений по определению и реализации возможных корректирующих действий.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1A25190E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>84. Мониторинг реализации проектов, формирование, согласование и утверждение отчетов о ходе реализации проектов, а также информации о реализации региональных проектов осуществляются с учетом методических указаний (рекомендаций).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1C3EF99E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>85. В ходе мониторинга реализации проектов формируются отчеты о ходе их реализации за период (месяц, квартал, год) нарастающим итогом - отчет о ходе реализации национального проекта, отчет о ходе реализации федерального проекта, отчет о ходе реализации ведомственного проекта, информация о реализации региональных проектов (далее - отчетность), а также отчет о ходе реализации регионального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="36FAD979" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>86. Подготовка, согласование и утверждение отчетов о ходе реализации региональных проектов за период (месяц, квартал, год), а также принятие решений по итогам их рассмотрения осуществляются в соответствии с положениями об организации проектной деятельности, подготовленными с учетом настоящего Положения и утвержденными актами высших исполнительных органов субъектов Российской Федерации или актом высшего должностного лица субъекта Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5075BDD7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>87. В отчетность включается достоверная информация о реализации проектов, содержащая в том числе фактические и прогнозные сведения о достижении показателей, реализации мероприятий (результатов) в разрезе задач, общественно значимых результатов (для федеральных проектов, входящих в состав национальных проектов, и региональных проектов, обеспечивающих достижение показателей и мероприятий (результатов) таких федеральных проектов) с детализацией до создаваемых (приобретаемых) объектов мероприятий (результатов), контрольных точек, информация об исполнении бюджетов соответствующих проектов, о рисках реализации проектов и мерах реагирования, направленных на их устранение (минимизацию), а также иные сведения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5000B480" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>88. Оценка достаточности, обоснованности (документальной подтвержденности), актуальности, полноты и корректности информации о реализации проектов осуществляется на основании информации и данных, получаемых и обрабатываемых в системе "Управление", после ее интеграции (передачи данных) с государственными информационными системами и иными информационными системами федеральных органов исполнительной власти, иных государственных органов и организаций, осуществляющих функции по выдаче и (или) регистрации соответствующих документов (прав, действий, фактов хозяйственной деятельности) либо функции по контролю (надзору) в соответствующей сфере деятельности, а также данных системы "Электронный бюджет".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...57 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="461972B5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">До интеграции соответствующих информационных систем оценка достаточности, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>обоснованности (документальной подтвержденности), актуальности, полноты и корректности информации о реализации проектов осуществляется на основании информации и данных, предоставляемых указанными федеральными органами исполнительной власти, иными государственными органами и организациями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59526C49" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>89. Информация и данные о реализации проектов, получаемые и обрабатываемые в системе "Управление" и системе статистических данных, могут использоваться в системе "Электронный бюджет" автоматически.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4A1100E3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>89(1). Научно-технический совет Комиссии по научно-технологическому развитию Российской Федерации принимает участие в проведении мониторинга реализации национальных проектов в части, касающейся кадрового и научного обеспечения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="095BF28A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>89(2). Мониторинг реализации планов мероприятий осуществляется в соответствии с методическими указаниями (рекомендациями).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27744517" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="328B5C99" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Онлайн-мониторинг реализации проектов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="276C19DF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="79295401" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>90. Участники федерального проекта, участники ведомственного проекта и участники регионального проекта в системе "Электронный бюджет" формируют информацию о реализации соответствующего проекта, включающую:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="41889BF4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) информацию об исполнении (достижении) мероприятий (результатов) соответствующих проектов, контрольных точек и объектов мероприятий (результатов), ответственными исполнителями которых они являются, а также сведения о рисках реализации соответствующих проектов в части исполнения (достижения) мероприятий (результатов) и контрольных точек, - не позднее плановой и (или) фактической даты их исполнения (достижения);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="30D3C791" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) информацию о достижении показателей соответствующих проектов (за исключением показателей национального проекта), ответственными исполнителями которых они являются (руководитель или администратор федерального проекта, руководитель или администратор ведомственного проекта, руководитель или администратор регионального проекта), а также сведения о рисках реализации соответствующих проектов в части достижения показателей, - не позднее 3-го рабочего дня месяца, следующего за отчетным, либо не позднее установленной даты расчета значений показателей.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="479BDD0B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="P388"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>91. Информация о достижении показателей национальных проектов формируется в системе "Электронный бюджет" в автоматическом режиме на основании данных, загружаемых из государственных информационных систем федеральных органов исполнительной власти по мере интеграции с указанными системами.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="417BC0E5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Действие </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P437">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P388">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзаца первого</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего пункта не распространяется на формирование информации о достижении показателей национальных проектов после ввода в эксплуатацию компонентов и модулей системы статистических данных, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P440">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P390">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пунктом 92</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="43A3D91F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="P390"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>92. Информация о достижении показателей национальных проектов формируется в системе "Электронный бюджет" в автоматическом режиме, в том числе с использованием системы статистических данных, по мере ввода в эксплуатацию ее компонентов и модулей, но не позднее 1 января 2024 г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7FCD627C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Информация о достижении показателей федеральных проектов и ведомственных проектов формируется в системе "Электронный бюджет" в автоматическом режиме на основании данных системы статистических данных по мере ввода в эксплуатацию ее компонентов и модулей.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...33 lines deleted...]
-          </w:rPr>
+    <w:p w14:paraId="0548224A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">92(1). В целях расчета значений показателей проектов федеральные органы исполнительной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">власти, иные государственные органы или организации, ответственные за предоставление информации и данных для расчета значений показателей проектов, в соответствии с утвержденными в установленном порядке методиками расчета показателей проектов обеспечивают предоставление в систему статистических данных указанных информации и данных в порядке, предусмотренном </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об условиях предоставления в обязательном порядке первичных статистических данных и административных данных субъектам официального статистического учета, утвержденным постановлением Правительства Российской Федерации от 18 августа 2008 г. N 620 "Об условиях предоставления в обязательном порядке первичных статистических данных и административных данных субъектам официального статистического учета".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3B583272" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>93. Ведомственный проектный офис на постоянной основе осуществляет контроль своевременности представления и оценку достаточности, обоснованности (документальной подтвержденности), актуальности, полноты и корректности информации о реализации соответствующего национального проекта, федерального проекта и ведомственного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="419416C8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>94. Проектный офис субъекта Российской Федерации (далее - региональный проектный офис) на постоянной основе осуществляет контроль своевременности представления и оценку достаточности, обоснованности (документальной подтвержденности), актуальности, полноты и корректности информации о реализации региональных проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="693AC88D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F2CB785" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Отчетность за месяц, квартал и год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="41892B2E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="464A5096" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>95. Отчетность за месяц формируется автоматически и включает только информацию и данные о реализации соответствующих проектов, формируемые в системе "Электронный бюджет" в автоматическом режиме из государственных информационных систем и иных информационных систем федеральных органов исполнительной власти, региональных информационных систем без ручного ввода информации, и включает только информацию и данные о фактическом исполнении (достижении) параметров проектов, информацию о рисках реализации проектов (по мере ввода в эксплуатацию компонентов и модулей системы "Управление" и системы "Электронный бюджет").</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2C027245" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Отчетность за месяц подписывается руководителем соответствующего проекта, или руководителем ведомственного проектного офиса, или администратором проекта в случае увольнения руководителя соответствующего проекта, временного отсутствия у руководителя соответствующего проекта возможности утверждения отчетности за месяц по причине временной нетрудоспособности, отпуска, командировки, а также при отсутствии действующей усиленной квалифицированной электронной подписи или по решению куратора соответствующего проекта в иных случаях.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="74E68A7E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>96. Отчетность за квартал включает информацию и данные, формируемые в автоматическом режиме в рамках отчетности за месяц, а также иную информацию и данные об исполнении параметров проектов, предоставляемые в систему "Электронный бюджет", загрузка которых не осуществляется в автоматическом режиме к моменту формирования отчетности за квартал.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4B5C0446" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Участники национального проекта (в отношении показателей, не включенных в паспорта федеральных проектов), федерального проекта, ведомственного проекта и регионального проекта в рамках отчетности за квартал обеспечивают представление прогнозных данных об исполнении (достижении) параметров проектов (за исключением прогнозных данных о достижении показателей проекта) в следующих отчетных периодах.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="241CDF0D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Прогнозные данные о достижении показателей национальных проектов формируются в системе "Электронный бюджет" в автоматическом режиме, в том числе с использованием системы статистических данных, по мере ввода в эксплуатацию ее компонентов и модулей.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...57 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="02A5C59A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Отчетность за квартал утверждается руководителем соответствующего проекта или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>администратором проекта в случае увольнения руководителя соответствующего проекта, временного отсутствия у руководителя проекта возможности утверждения отчетности за квартал по причине временной нетрудоспособности, отпуска, командировки, а также при отсутствии действующей усиленной квалифицированной электронной подписи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9A4A30" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Прогнозные значения показателей национальных проектов, показателей федеральных проектов, ведомственных проектов определяются в том числе с использованием административных данных, предусмотренных Федеральным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId165">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId42">
+        <w:r w:rsidRPr="006C6774">
           <w:t>законом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> "Об официальном статистическом учете и системе государственной статистики в Российской Федерации".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="361CD17B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>97. Отчетность за год включает в себя оперативные и уточненные отчеты о ходе реализации проектов за год.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0A9D3574" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Отчетность за год утверждается руководителем соответствующего проекта или администратором проекта в случае увольнения руководителя соответствующего проекта, временного отсутствия у руководителя проекта возможности утверждения отчетности за год по причине временной нетрудоспособности, отпуска, командировки, а также при отсутствии действующей усиленной квалифицированной электронной подписи.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4C18477B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>98. Оперативный отчет за год о ходе реализации национального проекта, федерального проекта и ведомственного проекта включает:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5A7B1731" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) информацию о достижении параметров проектов, в частности информацию о достижении показателей национальных проектов, федеральных проектов, в том числе по субъектам Российской Федерации, и показателей ведомственных проектов на основе опубликованной официальной статистической информации или на основе документально подтвержденных административных данных государственных органов и организаций (при отсутствии фактических данных на момент подготовки отчета) за отчетный год, а также прогнозные данные об исполнении (достижении) параметров проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3F35A704" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) оперативную информацию об исполнении федерального бюджета в части бюджетных ассигнований, предусмотренных на реализацию национальных проектов, федеральных проектов и ведомственных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="085513BB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) информацию о рисках, возникающих при реализации национальных проектов, федеральных проектов и ведомственных проектов, а также мерах реагирования, направленных на их устранение (минимизацию).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="42E2A727" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>99. Уточненный отчет за год о ходе реализации национального проекта, федерального проекта и ведомственного проекта включает:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0C33622E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) информацию о достижении параметров проектов, в частности информацию о достижении показателей национальных проектов, федеральных проектов, в том числе по субъектам Российской Федерации, и показателей ведомственных проектов на основе опубликованной официальной статистической информации, а также прогнозные данные об исполнении (достижении) параметров проектов в следующих отчетных периодах;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2A4A3E7A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) итоговую информацию об исполнении федерального бюджета в части бюджетных ассигнований, предусмотренных на реализацию соответствующих проектов по итогам года;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7D4B97E5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) итоговую информацию о рисках, возникающих при реализации национальных проектов, федеральных проектов и ведомственных проектов, а также мерах реагирования, направленных на их устранение (минимизацию).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="580F3AA1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B4917DD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Подготовка и рассмотрение отчетности за квартал и год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="1E257046" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1D50F1FE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>100. Региональный проектный офис не позднее 4-го рабочего дня месяца, следующего за отчетным, представляет при необходимости руководителю регионального проекта предложения по доработке информации о реализации регионального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="45605877" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>101. Руководитель регионального проекта обеспечивает доработку участниками регионального проекта информации о реализации регионального проекта в течение 1 рабочего дня со дня получения соответствующих предложений.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1C2EBA1B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>102. Региональный проектный офис не позднее 6-го рабочего дня месяца, следующего за отчетным, обеспечивает направление информации о реализации региональных проектов руководителям федеральных проектов и в Министерство экономического развития Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="47A64E5D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>103. Руководитель регионального проекта организует подготовку отчета о ходе реализации регионального проекта, в том числе на основании информации о реализации регионального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5219143C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>104. Министерство финансов Российской Федерации не позднее 6-го рабочего дня месяца, следующего за отчетным, обеспечивает автоматическое представление в системе "Электронный бюджет" оперативной информации об исполнении федерального бюджета в части бюджетных ассигнований, предусмотренных на реализацию национальных проектов, федеральных проектов и ведомственных проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="272A2275" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="P423"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>105. Руководитель федерального проекта организует подготовку отчета о ходе реализации федерального проекта, в том числе на основании информации о реализации федерального проекта и информации о реализации региональных проектов и направляет отчет о ходе реализации федерального проекта в соответствующий ведомственный проектный офис.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1678A21F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">106. Ведомственные проектные офисы, указанные в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P483">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P423">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 105</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения, анализируют информацию, содержащуюся в отчете о ходе реализации федерального проекта, на предмет ее достаточности, обоснованности (документальной подтвержденности), актуальности, полноты и корректности и направляют свои предложения руководителю соответствующего проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2CF03AE8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Руководитель национального проекта при необходимости формирует предложения по доработке отчетов о ходе реализации федеральных проектов, входящих в состав национального проекта, и направляет предложения руководителям таких федеральных проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1710A03D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Руководитель федерального проекта осуществляет доработку отчета о ходе реализации федерального проекта, входящего в состав национального проекта, в течение 1 рабочего дня со дня получения соответствующих предложений.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="73E00259" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>107. Руководитель федерального проекта не позднее 8-го рабочего дня месяца, следующего за отчетным (не позднее 13-го рабочего дня месяца, следующего за отчетным, - для федеральных проектов, не входящих в состав национальных проектов, все сведения о которых составляют государственную тайну и (или) относятся к сведениям конфиденциального характера, а также для отдельных параметров федеральных проектов, не входящих в состав национальных проектов, содержащих сведения, составляющие государственную тайну и (или) относящиеся к сведениям конфиденциального характера), утверждает и вносит отчет о ходе реализации федерального проекта:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="73C70764" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) в проектный комитет (в отношении федерального проекта, не входящего в состав национального проекта);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3573794C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) руководителю национального проекта (в отношении федерального проекта, входящего в состав национального проекта);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2A0116BA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>3) в Министерство экономического развития Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="06D1A74E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) в проектный офис Правительства Российской Федерации. Внесение отчета о ходе реализации федерального проекта, не входящего в состав национального проекта, в проектный офис Правительства Российской Федерации осуществляется при наличии соответствующего решения Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="340C049F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>108. Руководитель национального проекта на основе отчетов о ходе реализации федеральных проектов, входящих в состав национального проекта, организует подготовку отчета о ходе реализации национального проекта и не позднее 11-го рабочего дня месяца, следующего за отчетным, утверждает и вносит отчет о ходе реализации национального проекта в Министерство экономического развития Российской Федерации, проектный комитет и проектный офис Правительства Российской Федерации вместе с отчетами о ходе реализации федеральных проектов, входящих в состав национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4C1A24D2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>109. Уточненные отчеты за год о ходе реализации национальных проектов, федеральных проектов и ведомственных проектов формируются и утверждаются не позднее 18 апреля года, следующего за отчетным годом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="22037D0F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>110. Отчеты о ходе реализации национальных проектов и отчеты о ходе реализации федеральных проектов за квартал и за год при необходимости рассматриваются на заседаниях проектных комитетов или кураторами соответствующих проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7AE16A15" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>В случае наличия рисков, содержащихся в указанных отчетах, рассмотрение таких рисков осуществляется на заседаниях проектных комитетов или кураторами соответствующих проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="34AFAC54" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>111. По предложению проектного офиса Правительства Российской Федерации, Министерства экономического развития Российской Федерации, решению соответствующего проектного комитета, и (или) куратора проекта, и (или) президиума Совета отчет о ходе реализации национального проекта, отчет о ходе реализации федерального проекта, входящего в состав национального проекта, могут быть вынесены на рассмотрение президиума Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5272E05E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Внесение отчета о ходе реализации национального проекта, отчета о ходе реализации федерального проекта, входящего в состав национального проекта, в президиум Совета осуществляется соответственно руководителем национального проекта, руководителем федерального проекта, входящего в состав национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1C16456D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="P438"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>112. Руководитель ведомственного проекта организует подготовку отчета о ходе реализации ведомственного проекта, в том числе на основании информации о реализации ведомственного проекта, и направляет отчет в соответствующий ведомственный проектный офис.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1D7220D2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">113. Ведомственный проектный офис, указанный в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P500">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P438">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 112</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения, анализирует информацию, содержащуюся в отчете о ходе реализации ведомственного проекта, на предмет ее достаточности, обоснованности (документальной подтвержденности), актуальности, полноты, корректности и направляет свои предложения руководителю соответствующего проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3E61D0EF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Руководитель ведомственного проекта при необходимости организует доработку отчета о ходе реализации ведомственного проекта в течение 1 рабочего дня со дня получения соответствующих предложений.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...37 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="499946F4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">114. Руководитель ведомственного проекта не позднее 8-го рабочего дня месяца, следующего за отчетным (не позднее 13-го рабочего дня месяца, следующего за отчетным, - для ведомственных проектов, все сведения о которых составляют государственную тайну и (или) относятся к сведениям конфиденциального характера, а также для отдельных параметров ведомственных проектов, содержащих сведения, составляющие государственную тайну и (или) относящиеся к сведениям конфиденциального характера), утверждает и вносит отчет о ходе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>реализации ведомственного проекта в ведомственный координационный орган и куратору ведомственного проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1843C839" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Ведомственный координационный орган или куратор ведомственного проекта рассматривает отчет о ходе реализации ведомственного проекта и принимает решение.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7B64F46A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>При необходимости по предложению руководителя ведомственного проекта и решению ведомственного координационного органа функции по формированию отчета о ходе реализации ведомственного проекта могут быть возложены на администратора ведомственного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6B01922C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>115. Отчеты о ходе реализации ведомственных проектов за квартал и за год подлежат рассмотрению на заседаниях ведомственных координационных органов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="36519201" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>В случае наличия рисков, содержащихся в отчетах за квартал и за год, рассмотрение таких рисков осуществляется на заседаниях ведомственных координационных органов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="725AF91E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>116. Уточненный отчет о ходе реализации национального проекта за год подлежит обязательному рассмотрению и утверждению на заседании президиума Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2713DC0D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>117. В системе "Электронный бюджет" обеспечивается автоматическое направление отчетов о ходе реализации федеральных проектов, отчетов о ходе реализации ведомственных проектов ответственному исполнителю государственной программы Российской Федерации, структурными элементами которой они являются, в Министерство экономического развития Российской Федерации (в том числе отчеты о ходе реализации национальных проектов).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3FEDA4C8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>В случае если реализация федерального проекта осуществляется в рамках двух и более государственных программ Российской Федерации, ответственному исполнителю каждой государственной программы Российской Федерации направляются сведения о достижении отдельных параметров проекта, относящихся к соответствующей государственной программе Российской Федерации, по мере ввода в эксплуатацию соответствующих компонентов и модулей системы "Электронный бюджет".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1AD76021" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Отчеты о ходе реализации федеральных проектов, не входящих в состав национальных проектов, отчеты о ходе реализации ведомственных проектов, все сведения о которых составляют государственную тайну и (или) относятся к сведениям конфиденциального характера, а также информация о реализации отдельных параметров федеральных проектов, не входящих в состав национальных проектов, и ведомственных проектов, содержащих сведения, составляющие государственную тайну, и (или) сведения конфиденциального характера, направляются руководителями таких проектов ответственному исполнителю государственной программы Российской Федерации, структурными элементами которой такие проекты являются, в установленном порядке не позднее 13-го рабочего дня месяца, следующего за отчетным.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="538F92CD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>118. Сведения, содержащиеся в отчетах о ходе реализации национальных проектов, отчетах о ходе реализации федеральных проектов и отчетах о ходе реализации ведомственных проектов за месяц, квартал и год, могут быть использованы при оценке эффективности деятельности участников национальных проектов, участников федеральных проектов и участников ведомственных проектов, а также при подготовке предложений по размеру материального стимулирования федеральных государственных служащих, являющихся участниками национальных проектов, участниками федеральных проектов и участниками ведомственных проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="45FFA0E2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Сведения, содержащиеся в отчетах о ходе реализации региональных проектов за квартал и год, используются исполнительными органами субъектов Российской Федерации при оценке эффективности деятельности участников региональных проектов, а также при подготовке предложений по размеру материального стимулирования государственных гражданских служащих субъектов Российской Федерации, являющихся участниками региональных проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="7ACBD2D8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="78649304" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Анализ реализации проектов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="4568E5AE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="64402D55" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>119. Анализ реализации проектов представляет собой систему мероприятий по оценке достаточности, обоснованности (документальной подтвержденности), актуальности, полноты и корректности данных и информации, получаемых и используемых в ходе реализации проектов, формированию (корректировке) альтернативных методик, используемых для расчета показателей проектов, определению факторов и рисков, влияющих на ход реализации проектов и прогнозированию хода их реализации, подготовке рекомендаций для принятия решений по определению и реализации возможных корректирующих действий.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...37 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0D181004" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>120. Анализ реализации проектов осуществляется с использованием системы "Управление", которой обеспечивается:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6F2B1FC6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="P457"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) оценка достаточности, обоснованности (документальной подтвержденности), актуальности, полноты и корректности информации и данных о реализации проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="646EE337" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) оценка эффективности реализации проектов, в том числе достижения общественно значимых результатов (для национальных проектов и федеральных проектов, входящих в состав национальных проектов), выполнения задач, показателей, мероприятий (результатов), контрольных точек проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0D0FB197" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) расчет альтернативных показателей (групп показателей) проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2E1CA3F5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) расчет показателей проектов по альтернативным методикам;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1BCAA707" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) оценка факторов, рисков и прогнозирование хода реализации проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="487673C9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6) прослеживаемость финансирования национальных проектов, федеральных проектов и региональных проектов, аналитическое отражение информации о внебюджетных источниках финансового обеспечения национальных проектов, федеральных проектов и ведомственных проектов, а также анализ использования средств бюджетов бюджетной системы Российской Федерации и внебюджетных источников в рамках реализации мероприятий (результатов) проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0344C15C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="P463"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>7) поддержка управления инцидентами и информационное содействие участникам проектной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7FBAAA01" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>8) формирование особого мнения проектного офиса Правительства Российской Федерации в части реализации национальных проектов и федеральных проектов, входящих в состав национальных проектов, - ежеквартально и по итогам года;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3718E26D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="P465"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>9) формирование особого мнения Министерства экономического развития Российской Федерации в части реализации национальных проектов, федеральных проектов и ведомственных проектов - ежеквартально и по итогам года;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="50B335F4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>10) автоматизированный сбор информации о реализации проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0629C0FD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>11) определение уровня достижения проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0ADD5A3E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="P468"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>12) формирование информационно-аналитического отчета ("саммари") по национальным проектам, федеральным проектам, ведомственным проектам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="68DBB611" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">121. Результаты анализа реализации национальных проектов, федеральных проектов и ведомственных проектов, а также предложения по повышению эффективности их реализации при необходимости представляются в проектные комитеты, ведомственные координационные органы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>и (или) кураторам национальных проектов, кураторам федеральных проектов, кураторам ведомственных проектов в целях их рассмотрения и принятия решений о корректирующих действиях (при необходимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE49732" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>122. По предложению проектного офиса Правительства Российской Федерации, Министерства экономического развития Российской Федерации, решению проектного комитета и (или) куратора национального проекта, куратора федерального проекта и (или) президиума Совета результаты анализа реализации национальных проектов, федеральных проектов, а также при необходимости предложения по повышению эффективности их реализации могут быть вынесены на рассмотрение президиума Совета или его рабочих групп.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0F893E05" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">123. Анализ реализации ведомственных проектов осуществляется Министерством экономического развития Российской Федерации по собственной инициативе или решению управляющего совета соответствующей государственной программы Российской Федерации в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P523">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P457">
+        <w:r w:rsidRPr="006C6774">
           <w:t>подпунктами 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P531">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P463">
+        <w:r w:rsidRPr="006C6774">
           <w:t>7</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P533">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P465">
+        <w:r w:rsidRPr="006C6774">
           <w:t>9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P536">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P468">
+        <w:r w:rsidRPr="006C6774">
           <w:t>12 пункта 120</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения. Результаты анализа реализации ведомственных проектов, а также предложения по повышению эффективности их реализации при необходимости представляются в ведомственный координационный орган и (или) управляющие советы государственных программ Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="1F1D0C07" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38632396" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Управление рисками при реализации проектов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="4E59106D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="49D804C2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>124. Управление рисками реализации проектов осуществляется в соответствии с разрабатываемыми и утверждаемыми Министерством экономического развития Российской Федерации методическими рекомендациями и разъяснениями по вопросам управления рисками реализации проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7F3B542C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>125. Управление рисками реализации проектов осуществляется руководителями соответствующих проектов совместно с участниками проектной деятельности посредством оценки рисков (их идентификации, анализа и определения уровня негативного влияния на ход реализации проекта и (или) достижения параметров проекта), а также подготовки и реализации мер реагирования на риски с целью их устранения (минимизации), в том числе на основании информации и данных, получаемых и обрабатываемых с использованием функциональных возможностей системы "Управление".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="22192A0D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>126. Информация и данные о возможных рисках реализации проектов формируются в системе "Управление" (по мере ввода в эксплуатацию ее компонентов, модулей и интеграции с государственными информационными системами и иными информационными ресурсами федеральных органов исполнительной власти, исполнительных органов субъектов Российской Федерации, органов местного самоуправления, иных заинтересованных лиц).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="3A6EF72F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="4E0DA455" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>V. Внесение изменений в национальные проекты, федеральные</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="7C663E0C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>проекты, ведомственные проекты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="79674525" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="09D4A723" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Общие положения по внесению изменений в национальные</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="3E1CA595" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>проекты, федеральные проекты, ведомственные проекты</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="6C0923FC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="35B6791A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>127. В целях исполнения связанных с реализацией национального проекта и федерального проекта поручений и (или) указаний Президента Российской Федерации, поручений Правительства Российской Федерации, Председателя Правительства Российской Федерации, заместителей Председателя Правительства Российской Федерации, решений Совета, президиума Совета и проектного комитета, а также по результатам мониторинга и анализа реализации этих проектов, и основаниям определенным в методических указаниях (рекомендациях) в паспорта национальных проектов и паспорта федеральных проектов могут вноситься изменения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3450AC58" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">В целях исполнения связанных с реализацией ведомственного проекта решений </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>руководителя федерального органа исполнительной власти, в котором реализуется соответствующий ведомственный проект, ведомственного координационного органа, куратора ведомственного проекта, а также по результатам мониторинга и анализа реализации этих проектов в паспорта ведомственных проектов могут вноситься изменения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F073E7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Основанием внесения изменений в паспорта национальных проектов, паспорта федеральных проектов и паспорта ведомственных проектов также является приведение их в соответствие с параметрами федеральных законов о федеральном бюджете и бюджетах государственных внебюджетных фондов на очередной финансовый год и плановый период.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="449B26C8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>128. Внесение изменений в паспорт национального проекта, паспорт федерального проекта, паспорт ведомственного проекта осуществляется посредством утверждения единого запроса:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0F2B9389" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) на изменение национального проекта, включающего взаимосвязанные изменения паспорта национального проекта и (или) паспорта федерального проекта, входящего в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="15C7B02F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) на изменение государственной программы Российской Федерации, включающего исключительно взаимосвязанные изменения паспорта федерального проекта, не входящего в состав национального проекта, и (или) паспорта ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="28BEC481" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="P491"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) на изменение государственной программы Российской Федерации, включающего в том числе взаимосвязанные изменения паспорта государственной программы Российской Федерации, паспорта федерального проекта, не входящего в состав национального проекта, и (или) паспорта ведомственного проекта, и (или) паспорта комплекса процессных мероприятий.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="39856301" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">129. Единый запрос на изменение государственной программы Российской Федерации, указанный в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P561">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P491">
+        <w:r w:rsidRPr="006C6774">
           <w:t>подпункте 3 пункта 128</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения, формируется, согласовывается и утверждается в порядке, предусмотренном </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>постановлением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правительства Российской Федерации от 26 мая 2021 г. N 786 "О системе управления государственными программами Российской Федерации" и принятыми в соответствии с ним методическими рекомендациями по разработке и реализации государственных программ Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4D33E48B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>130. Изменение параметров паспорта государственной программы Российской Федерации (комплексной программы), являющихся параметрами паспорта национального проекта и (или) паспорта федерального проекта, входящего в состав национального проекта, осуществляется автоматически в системе "Электронный бюджет" (по мере ввода в эксплуатацию ее компонентов и модулей) после утверждения соответствующих изменений в паспорт национального проекта и (или) паспорт федерального проекта, входящего в состав национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5AD397C3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>130(1). Не допускается изменение финансового обеспечения за счет средств федерального бюджета мероприятий (результатов), обеспечивающих достижение показателей, без изменения взаимосвязанных параметров проектов, в том числе без изменения значений показателей, значений мероприятий (результатов), значений характеристик мероприятий (результатов), за исключением случаев, определенных в методических указаниях (рекомендациях).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="027209EE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="P495"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">131. Внесение изменений в паспорта федерального проекта, не входящего в состав национального проекта, ведомственного проекта, содержащих сведения, составляющие государственную тайну или относящиеся к сведениям конфиденциального характера, может осуществляться на основании отдельных запросов на изменение паспорта федерального проекта, не входящего в состав национального проекта, запросов на изменение паспорта ведомственного проекта в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P132">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P94">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пунктами 10</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P140">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P101">
+        <w:r w:rsidRPr="006C6774">
           <w:t>11</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6BF3AD20" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>132. Изменение ключевых и общественно значимых приоритетов национальных проектов и федеральных проектов осуществляется в соответствии с порядком, определенным председателем президиума Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7E459145" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">133. Изменение федеральных проектов, соответствующих инициативам социально-экономического развития Российской Федерации до 2030 года согласно </w:t>
       </w:r>
-      <w:hyperlink r:id="rId181">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId44">
+        <w:r w:rsidRPr="006C6774">
           <w:t>перечню</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> инициатив социально-экономического развития Российской Федерации до 2030 года, утвержденному распоряжением Правительства Российской Федерации от 6 октября 2021 г. N 2816-р, не предусматривающее изменение объема бюджетных ассигнований, может осуществляться по решению председателя президиума Совета без их рассмотрения на проектных комитетах.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4DE30385" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>133(1). Изменения, предусматривающие ухудшение значений (исключение) показателей национальных проектов и (или) федеральных проектов, предусмотренных ключевыми показателями и задачами национальных целей развития Российской Федерации до 2030 года, рассматриваются на заседаниях Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="190ADE1C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50F79503" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Формирование единого запроса на изменение проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="451C80D0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7186748A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>134. Формирование соответствующего единого запроса в части, включающей изменение паспорта национального проекта, изменение паспорта федерального проекта, изменение паспорта ведомственного проекта, осуществляется в соответствии с методическими указаниями (рекомендациями), а в части, включающей изменение паспорта государственной программы Российской Федерации, в соответствии с методическими рекомендациями по разработке и реализации государственных программ Российской Федерации, утвержденными Министерством экономического развития Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4E31CF30" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="P503"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">135. Формирование единого запроса на изменение (за исключением случаев, определенных </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P700">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P611">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзацами первым</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P709">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P617">
+        <w:r w:rsidRPr="006C6774">
           <w:t>седьмым подпункта "б" пункта 167</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...48 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="67E6446B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) национального проекта осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="07DBB0DD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>в случае изменения параметров паспорта федерального проекта, входящего в состав национального проекта, - руководителем федерального проекта, входящего в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="121CC8A8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>в случае, если изменения затрагивают изменения параметров паспорта национального проекта или одновременно параметров паспорта национального проекта и параметров паспорта федерального проекта, входящего в состав национального проекта, - руководителем национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="754A9B9C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) государственной программы Российской Федерации в части параметров паспортов федеральных проектов, не входящих в состав национальных проектов, ведомственных проектов осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4A40B3EC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>в случае изменения параметров паспортов проектов, не затрагивающих параметры паспорта государственной программы Российской Федерации, в рамках которой такие проекты реализуются, - руководителями таких проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2F432F24" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">в иных случаях - в соответствии с порядком, предусмотренным </w:t>
       </w:r>
-      <w:hyperlink r:id="rId188">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId45">
+        <w:r w:rsidRPr="006C6774">
           <w:t>постановлением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правительства Российской Федерации от 26 мая 2021 г. N 786 "О системе управления государственными программами Российской Федерации".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3F7439B7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">136. При необходимости по предложению руководителя ведомственного проекта и решению ведомственного координационного органа или куратора ведомственного проекта функции по формированию соответствующего единого запроса согласно </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P578">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P503">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункту 135</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения могут быть возложены на администратора ведомственного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...19 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="68D6FFD0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">137. Формирование и направление на согласование соответствующего единого запроса, предусматривающего исключительно информацию о смене руководителя национального проекта, федерального проекта и ведомственного проекта, осуществляются администратором такого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B20C2B4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="P512"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>138. Подготовка соответствующего единого запроса осуществляется с учетом предложений заинтересованных федеральных органов исполнительной власти, иных государственных органов, организаций, а также исполнительных органов субъектов Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="52DA3BB2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>При подготовке единого запроса на изменение национального проекта анализируется влияние предлагаемых изменений на иные положения и параметры проекта (в том числе на общественно значимые результаты (для национальных проектов и федеральных проектов, входящих в состав национальных проектов), задачи, показатели, мероприятия (результаты), контрольные точки, финансовое обеспечение), а также влияние предлагаемых изменений на реализацию иных национальных проектов, государственных программ Российской Федерации и их структурных элементов, на достижение показателей которых направлены соответствующие проекты.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1931005F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">139. Внесение изменений в национальные проекты, федеральные проекты, ведомственные проекты осуществляется с учетом утверждения соответствующего единого запроса до момента наступления сроков достижения изменяемых параметров такого проекта, за исключением случаев, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P591">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P515">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзаце втором</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="07E7F4C9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="P515"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>При внесении изменений в паспорт федерального проекта, паспорт ведомственного проекта могут уточняться показатели, мероприятия (результаты) такого проекта и их контрольные точки, сроки достижения которых истекли в отчетных периодах, в случаях и порядке, которые определены методическими указаниями (рекомендациями).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="68A6864E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>139(1). Не допускается внесение изменений в паспорт национального проекта, паспорт федерального проекта, паспорт ведомственного проекта, предусматривающих исключение показателей таких проектов, ухудшение плановых значений показателей, установленных на IV квартал текущего года, в IV квартале текущего года, за исключением случаев наличия соответствующих решений Президента Российской Федерации или Председателя Правительства Российской Федерации, а также решений ведомственного координационного органа в отношении ведомственных проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="577B3C85" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Не допускается внесение изменений в паспорт национального проекта, предусматривающих ухудшение значений показателей более чем на 10 процентов в год (с начала года), а также ухудшение их значений на последний год реализации, за исключением случаев наличия соответствующих решений Президента Российской Федерации или Председателя Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="2DCDA085" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4493DEDD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Согласование единого запроса на изменение проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="77D9A83D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="741811D6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="P521"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>140. Руководитель национального проекта, руководитель федерального проекта, руководитель ведомственного проекта обеспечивает согласование соответствующего единого запроса с ведомственным проектным офисом (получение позиции ведомственного проектного офиса на единый запрос), с заинтересованными федеральными органами исполнительной власти, иными государственными органами и организациями, направляет его на согласование в общественно-экспертный совет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5A712B50" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>140(1). В случае внесения изменений в паспорт проекта, предусматривающих корректировку показателей проекта, в том числе значений показателей проекта, связанных с изменением методик их расчета, соответствующий единый запрос на изменение вносится на согласование вместе с проектами методик расчета показателей проекта, разработанными (скорректированными) и согласованными в соответствии с настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...39 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="42977D8B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="P523"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">141. Общественно-экспертный совет в инициативном порядке формирует заключения на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>соответствующие единые запросы в течение 3 рабочих дней со дня их поступления на рассмотрение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B82366" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">При отсутствии заключения общественно-экспертного совета на соответствующий единый запрос в срок, установленный </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P601">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P523">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего пункта, такой единый запрос вносится для рассмотрения и утверждения без соответствующего заключения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5B32DB17" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Получение заключения общественно-экспертного совета на единый запрос на изменение национального проекта осуществляется в обязательном порядке в случае, если изменения, содержащиеся в таком едином запросе, предусматривают изменение общественно значимых результатов, задач, показателей и мероприятий (результатов) (за исключением значений мероприятий (результатов) по годам реализации), а также общего объема бюджетных ассигнований на реализацию соответствующего проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="490BF5CB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Получение заключения общественно-экспертного совета на единый запрос на изменение национального проекта и на единый запрос на изменение государственной программы Российской Федерации осуществляется в обязательном порядке в случае, если принято соответствующее решение:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6AE150EC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>управляющим советом соответствующей государственной программы Российской Федерации - в отношении федеральных проектов, не входящих в состав национальных проектов, и ведомственных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="60EA6851" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>проектным комитетом - в отношении федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1BB0CB90" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>ведомственным координационным органом - в отношении ведомственных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="687E0882" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>президиумом Совета - в отношении национальных проектов и федеральных проектов, входящих в состав национальных проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="46196215" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="P531"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">142. Соответствующий единый запрос рассматривается (за исключением случаев, определенных </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P692">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P604">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзацами первым</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P695">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P606">
+        <w:r w:rsidRPr="006C6774">
           <w:t>третьим подпункта "а"</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P700">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P611">
+        <w:r w:rsidRPr="006C6774">
           <w:t>подпунктом "б" пункта 167</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...39 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="56D486F6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="P532"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">1) в течение 5 рабочих дней одновременно федеральными органами исполнительной власти, иными государственными органами и организациями, являющимися участниками проектов (для показателей, мероприятий (результатов), объектов мероприятий (результатов), контрольных точек проектов, в отношении которых такие государственные органы и организации осуществляют полномочия исполнителей (соисполнителей), в случае если указанные органы и организации не участвовали в формировании и (или) не согласовали соответствующие предложения, определенные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P588">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P512">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пунктом 138</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения, а также ответственным исполнителем государственной программы Российской Федерации (для федеральных проектов, не входящих в состав национальных проектов, ведомственных проектов, реализуемых в составе государственных программ Российской Федерации);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="324A6236" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">2) в течение 2 рабочих дней после этапа рассмотрения, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P611">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P532">
+        <w:r w:rsidRPr="006C6774">
           <w:t>подпункте 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего пункта, ответственным исполнителем государственной программы Российской Федерации (в случае корректировки параметров федеральных проектов, входящих в состав национальных проектов) и 5 рабочих дней после этапа рассмотрения, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P611">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P532">
+        <w:r w:rsidRPr="006C6774">
           <w:t>подпункте 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего пункта, одновременно Министерством финансов Российской Федерации (для проектов (мероприятий (результатов) проектов), предполагающих финансовое обеспечение за счет разных источников финансирования), Министерством экономического развития Российской Федерации, а также коллегией Военно-промышленной комиссии Российской Федерации (для проектов, в рамках которых реализуются мероприятия (результаты), выполняемые в интересах обеспечения обороны страны, безопасности государства и правоохранительной деятельности, а также в сфере оборонно-промышленного комплекса).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6AA67919" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">143. В случае если соответствующий единый запрос согласно </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P609">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P531">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункту 142</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения предусматривает изменения исключительно в части параметров паспорта национального проекта, не затрагивающих параметры паспорта федерального проекта, входящего в состав такого национального проекта, согласование такого единого запроса с ответственным исполнителем государственной программы Российской Федерации не требуется.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0F8098DD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">В случае отсутствия по истечении сроков, предусмотренных </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P609">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P531">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пунктом 142</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения, позиций заинтересованных федеральных органов исполнительной власти, иных государственных органов и организаций, а также заключения общественно-экспертного совета относительно соответствующего единого запроса указанный единый запрос считается согласованным такими федеральными органами исполнительной власти, иными государственными органами и организациями, за исключением единого запроса, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P676">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P591">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 163</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="53751586" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Сроки рассмотрения, указанные в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P609">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P531">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 142</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения, исчисляются со дня поступления соответствующего единого запроса на рассмотрение заинтересованному федеральному органу исполнительной власти, иному государственному органу, организации в системе "Электронный бюджет".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4DC79B35" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Согласование единого запроса Министерством финансов Российской Федерации и Министерством экономического развития Российской Федерации осуществляется в соответствии с методическими указаниями (рекомендациями).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7D9A1ECF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="P538"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>144. Изменения, влекущие за собой корректировку показателей, мероприятий (результатов) и финансового обеспечения региональных проектов, а также предполагающие корректировку значений показателей, которые характеризуют достижение национальных целей развития Российской Федерации субъектами Российской Федерации и определены указами Президента Российской Федерации, вносятся в паспорта национальных проектов и федеральных проектов с учетом особенностей настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1C9CF43F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Министерство экономического развития Российской Федерации отражает в результатах согласования (позиции) единого запроса на изменение национального проекта влияние изменений паспорта соответствующего проекта на корректировку показателей, мероприятий (результатов) и финансового обеспечения региональных проектов, а также влияние изменений национального проекта и федерального проекта на значения показателей, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P617">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P538">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4C52D0E7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Рассмотрение вопросов о внесении в национальные проекты и федеральные проекты изменений, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P617">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P538">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего пункта, осуществляется с приглашением отдельных членов комиссий Государственного Совета Российской Федерации по соответствующим направлениям социально-экономического развития Российской Федерации и (или) получением позиции комиссий Государственного Совета Российской Федерации по указанным вопросам.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="20251AB7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>145. Разногласия, возникшие в ходе согласования соответствующего единого запроса между заинтересованными федеральными органами исполнительной власти, иными заинтересованными государственными органами и организациями, рассматриваются и снимаются соответствующим проектным комитетом или куратором при участии заинтересованных федеральных органов исполнительной власти, иных заинтересованных государственных органов и организаций.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4A7EAE6E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Разногласия, возникшие в ходе согласования единого запроса, предусматривающего исключительно технические изменения паспорта национального проекта, паспорта федерального проекта, входящего в состав национального проекта, рассматриваются и снимаются куратором национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="78F68487" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">Разногласия, возникшие в ходе согласования единого запроса, предусматривающего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>исключительно технические изменения паспорта федерального проекта, не входящего в состав национального проекта, рассматриваются и снимаются куратором федерального проекта, не входящего в состав национального проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244735B1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Разногласия, возникшие в ходе согласования соответствующего единого запроса между куратором национального проекта, куратором федерального проекта, кураторами государственных программ Российской Федерации, рассматриваются и снимаются председателем президиума Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5AE38A83" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Разногласия, возникшие в ходе согласования единого запроса на изменение государственной программы Российской Федерации, предусматривающего изменения исключительно ведомственного проекта, между структурными подразделениями федерального органа исполнительной власти и находящимися в его ведении федеральными органами исполнительной власти, организациями рассматриваются и снимаются ведомственным координационным органом или куратором при участии заинтересованных сторон.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="66459ACE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Разногласия, возникшие в ходе согласования единого запроса на изменение государственной программы Российской Федерации между федеральным органом исполнительной власти, реализующим федеральный проект, не входящий в состав национального проекта, или ведомственный проект, и ответственным исполнителем государственной программы Российской Федерации, рассматриваются и урегулируются в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId46">
+        <w:r w:rsidRPr="006C6774">
           <w:t>постановлением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правительства Российской Федерации от 26 мая 2021 г. N 786 "О системе управления государственными программами Российской Федерации".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1750BB29" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">146. Согласованный единый запрос вместе с заключением общественно-экспертного совета (при наличии) с учетом содержащихся в едином запросе изменений вносится для принятия решения в соответствии с функциональной </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P782">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P679">
+        <w:r w:rsidRPr="006C6774">
           <w:t>структурой</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> проектной деятельности:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0F28E412" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) руководителю соответствующего проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2EC247A7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) куратору соответствующего проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6E43A596" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="P550"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) в ведомственный координационный орган;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3434561E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) в проектный комитет по соответствующему проекту;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="56D882A8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="P552"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) в президиум Совета;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4B1944FE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6) в проектный офис Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="23789593" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>147. Проектный офис Правительства Российской Федерации при необходимости формирует позицию на единый запрос на изменение национального проекта в течение 5 рабочих дней со дня поступления такого запроса на рассмотрение.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="640EDEF3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>148. В случае наличия разногласий по соответствующему единому запросу его внесение возможно также с таблицами разногласий.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="298BF31C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">149. Соответствующим органом, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P630">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P550">
+        <w:r w:rsidRPr="006C6774">
           <w:t>подпунктах 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P632">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P552">
+        <w:r w:rsidRPr="006C6774">
           <w:t>5 пункта 146</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения, может быть принято решение о проведении заседания такого органа при отсутствии позиции заинтересованного федерального органа исполнительной власти, иного государственного органа или организации на соответствующий единый запрос.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="78FA430C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">В случае поступления на момент завершения голосования членов органа, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P630">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P550">
+        <w:r w:rsidRPr="006C6774">
           <w:t>подпунктах 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P632">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P552">
+        <w:r w:rsidRPr="006C6774">
           <w:t>5 пункта 146</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...6 lines deleted...]
-          </w:rPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, отрицательной позиции заинтересованного федерального органа исполнительной власти на соответствующий единый запрос в части изменений, касающихся финансового обеспечения соответствующего проекта, или отсутствия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">позиции заинтересованного федерального органа исполнительной власти по причине направления соответствующего единого запроса на согласование с нарушением порядка, определенного настоящим Положением, решение органа, указанного в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P550">
+        <w:r w:rsidRPr="006C6774">
           <w:t>подпунктах 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P632">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P552">
+        <w:r w:rsidRPr="006C6774">
           <w:t>5 пункта 146</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения, не принимается, соответствующий единый запрос выносится на повторное рассмотрение.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="33EB274F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F4FD697" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Утверждение единого запроса на изменение проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="14E85758" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="306B8171" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="P561"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>150. Соответствующий единый запрос, предусматривающий исключительно технические изменения паспорта национального проекта, паспорта федерального проекта, паспорта ведомственного проекта, в случаях и порядке, которые определены методическими указаниями (рекомендациями), может утверждаться руководителем национального проекта (в отношении национального проекта), куратором федерального проекта или руководителем федерального проекта (в отношении федерального проекта), руководителем ведомственного проекта (в отношении ведомственного проекта) по решению куратора национального проекта (в отношении национального проекта и федерального проекта, входящего в состав национального проекта), куратора федерального проекта (в отношении федерального проекта, не входящего в состав национального проекта), куратора ведомственного проекта (в отношении ведомственного проекта) при отсутствии разногласий в ходе согласования такого единого запроса.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2751A7EA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">При наличии разногласий в ходе согласования единого запроса, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P641">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P561">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего пункта, такой единый запрос утверждается куратором национального проекта (в отношении национального проекта и федерального проекта, входящего в состав национального проекта), куратором федерального проекта, не входящего в состав национального проекта (в отношении федерального проекта, не входящего в состав национального проекта), куратором ведомственного проекта (в отношении ведомственного проекта).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="02A38A03" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>150(1). Руководитель национального проекта, руководитель федерального проекта (при необходимости) обеспечивают приведение паспорта соответствующего проекта в соответствие со среднесрочными и долгосрочными планами развития технологий в течение 30 дней после их утверждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56F24BF0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>151. Единый запрос на изменение национального проекта может утверждаться куратором национального проекта в случае, если такой единый запрос:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="28580E88" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) не предусматривает изменение цели, общественно значимых результатов, задач, наименований показателей национальных проектов, показателей федеральных проектов, входящих в состав национальных проектов, и их значений на последний год реализации, сроков реализации национального проекта, перечня, наименований и сроков реализации федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="553247CE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) связан с внесением изменений в показатели сводной бюджетной росписи федерального бюджета в целях увеличения (использования) бюджетных ассигнований резервного фонда Правительства Российской Федерации в соответствии с решением Правительства Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="04F97FDC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">3) утратил силу с 1 января 2024 года. - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId47">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Постановление</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правительства РФ от 30.11.2023 N 2050.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="72AABC1D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>152. Соответствующий единый запрос утверждается проектным комитетом в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1AFF9049" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) при изменениях, затрагивающих исключительно параметры паспорта федерального проекта и не затрагивающих параметры паспорта государственной программы Российской Федерации, в рамках которой такой проект реализуется, если иное не установлено настоящим Положением;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="594EFBC9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>2) при наличии разногласий с заинтересованными федеральными органами исполнительной власти, иными государственными органами и организациями по единому запросу, утверждение которого возможно куратором национального проекта, куратором федерального проекта, не входящего в состав национального проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="461E41DC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">3) при изменениях, связанных с утверждением карты технологической кооперации или изменений в нее (одновременно с рассмотрением соответствующей карты технологической кооперации), за исключением изменений, подлежащих утверждению президиумом Совета в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P573">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 153</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11D167B9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>152(1). При наличии разногласий с Министерством экономического развития Российской Федерации, Министерством финансов Российской Федерации, проектным офисом Правительства Российской Федерации рассмотрение соответствующего несогласованного единого запроса на заседании проектного комитета осуществляется, как правило, в очной форме, по решению куратора проекта - в заочной форме.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2984CCAC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="P573"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>153. Единый запрос на изменение национального проекта утверждается президиумом Совета с предварительным одобрением такого единого запроса куратором или проектным комитетом (при наличии разногласий с заинтересованными федеральными органами исполнительной власти, иными государственными органами и организациями) соответствующего проекта в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="66AC9941" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) при изменениях, затрагивающих одновременно параметры национального проекта и (или) параметры федерального проекта, входящего в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="06804A5A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) при изменениях, затрагивающих общественно значимые результаты, задачи, наименования показателей национального проекта и их значения на последний год реализации, сроки реализации национального проекта, перечень наименований и сроки реализации федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="02B11C37" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) при наличии неурегулированных разногласий с членами комиссий Государственного Совета Российской Федерации по соответствующим направлениям социально-экономического развития Российской Федерации при рассмотрении вопросов, связанных с корректировкой параметров национальных проектов и федеральных проектов, реализуемых субъектами Российской Федерации, в том числе характеризующих достижение национальных целей развития Российской Федерации субъектами Российской Федерации и определенных указами Президента Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5F942253" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) по предложению Министерства экономического развития Российской Федерации и (или) проектного офиса Правительства Российской Федерации и (или) решению проектного комитета и (или) президиума Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="50F5BAC5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>154. Единый запрос на изменение государственной программы Российской Федерации может утверждаться куратором федерального проекта, не входящего в состав национального проекта, в случае, если таким единым запросом предусматриваются изменения исключительно параметров паспорта федерального проекта, не входящего в состав национального проекта, не затрагивающие изменение задач, наименований показателей и их значений на последний год реализации указанного проекта, а также не затрагивающие параметры паспорта государственной программы Российской Федерации, в рамках которой такой проект реализуется.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7E0B08A1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="P579"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>155. Единый запрос на изменение государственной программы Российской Федерации утверждается ведомственным координационным органом в случае, если таким единым запросом предусматриваются изменения исключительно параметров паспорта ведомственного проекта, не затрагивающие параметры паспорта государственной программы Российской Федерации, в рамках которой такой проект реализуется.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="08570C5E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">156. Единый запрос на изменение государственной программы Российской Федерации утверждается куратором ведомственного проекта в случае, определенном </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P662">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P579">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пунктом 155</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения, при условии, что такой единый запрос не предусматривает изменение показателей ведомственного проекта, а также мероприятий (результатов) на последний год реализации ведомственного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0E8219A4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>157. Рекомендуемый срок рассмотрения и утверждения соответствующего единого запроса руководителем проекта, ведомственным координационным органом составляет не более 5 рабочих дней со дня его поступления на рассмотрение, куратором проекта - не более 7 рабочих дней со дня внесения соответствующих материалов ответственным секретарем проектного комитета на рассмотрение куратором. Ответственный секретарь проектного комитета вносит соответствующие материалы на рассмотрение куратору в течение 10 рабочих дней (5 рабочих дней в отношении единых запросов на изменение национального проекта, предусматривающих исключительно изменения мероприятий (результатов), не предполагающих финансового обеспечения, или их контрольных точек) со дня их поступления на рассмотрение.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="301E517E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>157(1). Направление членам президиума Совета, членам проектного комитета материалов, предлагаемых к рассмотрению в рамках заседания соответствующего органа управления проектной деятельностью, осуществляется не позднее 5 рабочих дней до дня заседания.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="162908FF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>158. Рассмотрение и утверждение единого запроса на изменение национального проекта куратором национального проекта осуществляется с уведомлением соответствующего куратора федерального проекта, входящего в состав национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3F4AD748" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>159. При подготовке заседания президиума Совета, на котором планируется рассмотрение соответствующего единого запроса на изменение национального проекта, проектный офис Правительства Российской Федерации при необходимости запрашивает информацию у федеральных органов исполнительной власти, иных государственных органов и организаций, подразделений Аппарата Правительства Российской Федерации, исполнительных органов субъектов Российской Федерации, экспертного сообщества, организаций и при необходимости организовывает рассмотрение указанного единого запроса на заседаниях рабочих групп президиума Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3531CB49" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="P585"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>160. По итогам рассмотрения соответствующего единого запроса на заседаниях рабочих групп президиума Совета проектный офис Правительства Российской Федерации в целях рассмотрения указанного единого запроса на заседании президиума Совета подготавливает справочные и иные материалы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="52507919" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="74429C28" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Актуализация проектов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="3A6D8FD6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1833CE66" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="P589"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>161. Национальные проекты, федеральные проекты и ведомственные проекты подлежат ежегодной актуализации и планированию на очередной финансовый год и плановый период.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1681E7BD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="P590"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>162. Ежегодная актуализация и планирование национальных проектов, федеральных проектов и ведомственных проектов на очередной финансовый год и плановый период осуществляются в порядке, установленном для внесения изменений в паспорта национальных проектов, паспорта федеральных проектов и ведомственных проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="10A3F87B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="P591"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">163. Подготовка соответствующего единого запроса для целей, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P675">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P590">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 162</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...30 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящего Положения, осуществляется при формировании проекта федерального закона о федеральном бюджете на очередной финансовый год и плановый период (проекта федерального закона о внесении изменений в федеральный закон о федеральном бюджете на текущий финансовый год и плановый период) до внесения указанного проекта федерального закона на рассмотрение в Государственную Думу Федерального Собрания Российской Федерации, а также при необходимости при рассмотрении указанного проекта федерального закона Государственной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>Думой Федерального Собрания Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D8050B6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">164. Указанные в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P676">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P591">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 163</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения единые запросы, содержащие предложения, учтенные в проектах федеральных законов, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P676">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P591">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 163</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения, подлежат:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3EA541A4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) согласованию в порядке, определенном правилами составления проекта федерального бюджета и проектов бюджетов государственных внебюджетных фондов Российской Федерации на очередной финансовый год и плановый период;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="64D3FD3A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">2) актуализации при необходимости в соответствии с проектами указанных в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P676">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P591">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 163</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения федеральных законов по итогам их рассмотрения Государственной Думой Федерального Собрания Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="33A6934E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">3) утверждению в срок не позднее 3 недель после принятия указанных в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P676">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P591">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 163</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения федеральных законов Государственной Думой Федерального Собрания Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="186DED22" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>165. Утверждение соответствующего единого запроса, связанного с приведением параметров паспортов национальных проектов и федеральных проектов, входящих в состав национальных проектов, в соответствие с федеральным законом о федеральном бюджете на очередной финансовый год и плановый период (федеральным законом о внесении изменений в федеральный закон о федеральном бюджете на текущий финансовый год и плановый период), может осуществляться соответствующим проектным комитетом в порядке, определенном настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4C2EE401" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="P597"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>166. Утверждение соответствующего единого запроса, связанного с внесением изменений в сводную бюджетную роспись федерального бюджета в целях увеличения бюджетных ассигнований резервного фонда Правительства Российской Федерации в связи с использованием бюджетных ассигнований резервного фонда Правительства Российской Федерации в соответствии с решением Правительства Российской Федерации, при отсутствии разногласий в ходе согласования такого единого запроса может осуществляться куратором соответствующего проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3DEDCC1C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">При наличии разногласий по соответствующему единому запросу, указанному в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P684">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P597">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего пункта, его утверждение осуществляется соответствующим проектным комитетом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="66BC2E87" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C51E182" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Внесение в проекты изменений, связанных с внесением</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="4C452AB7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>изменений в сводную бюджетную роспись федерального бюджета</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="14849D4D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3E935F40" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>167. Корректировка параметров паспортов национальных проектов, федеральных проектов, ведомственных проектов (за исключением федеральных проектов, не входящих в состав национальных проектов, ведомственных проектов, содержащих сведения, отнесенные к государственной тайне, и (или) сведения конфиденциального характера) в связи с внесением изменений в сводную бюджетную роспись федерального бюджета осуществляется с учетом следующих подходов:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="36B9F0A5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="P604"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>а) не требуется наличие сформированного единого запроса - в случае внесения изменений в сводную бюджетную роспись федерального бюджета по основаниям, предусмотренным:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="0043175D">
-[...10 lines deleted...]
-          </w:rPr>
+    <w:p w14:paraId="1651ADFB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId48">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзацем пятым пункта 3 статьи 217</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00610A05">
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Бюджетного кодекса Российской Федерации в части использования (перераспределения) средств резервного фонда Правительства Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...28 lines deleted...]
-      <w:r>
+    <w:bookmarkStart w:id="76" w:name="P606"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p w14:paraId="568C26F6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:instrText xml:space="preserve"> HYPERLINK "https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511241&amp;dst=6895" \h </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>абзацем девятнадцатым</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006C6774">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> (в части увеличения бюджетных ассигнований резервного фонда Правительства Российской Федерации) пункта 7 статьи 217 Бюджетного кодекса Российской </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59BF8EB9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Согласование и внесение на рассмотрение в порядке, установленном настоящим Положением, единого запроса, связанного с внесением изменений в сводную бюджетную роспись федерального бюджета, в случае, указанном в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P692">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P604">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзацах первом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P695">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P606">
+        <w:r w:rsidRPr="006C6774">
           <w:t>третьем</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего подпункта, обеспечиваются руководителем национального проекта, руководителем федерального проекта, руководителем ведомственного проекта не позднее 5-го рабочего дня со дня внесения изменений в сводную бюджетную роспись федерального бюджета с учетом параллельного рассмотрения такого единого запроса:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="24D32381" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="P608"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>заинтересованными федеральными органами исполнительной власти, иными государственными органами и организациями - в срок не более 2 рабочих дней со дня поступления единого запроса на рассмотрение;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5305CC9A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="P609"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Министерством экономического развития Российской Федерации, Министерством финансов Российской Федерации - в срок не более 3 рабочих дней со дня поступления единого запроса на рассмотрение.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="20870764" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">При отсутствии по истечении сроков, указанных в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P697">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P608">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзацах пятом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P698">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P609">
+        <w:r w:rsidRPr="006C6774">
           <w:t>шестом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего подпункта, позиций заинтересованных федеральных органов исполнительной власти, иных государственных органов и организаций относительно соответствующего единого запроса указанный запрос считается согласованным такими федеральными органами исполнительной власти, иными государственными органами и организациями;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="773339D4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="P611"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">б) на основании единого запроса, формирование, согласование и утверждение которого осуществляются автоматически в системе "Электронный бюджет" одновременно с формированием, согласованием и одобрением заявки, предусмотренной </w:t>
       </w:r>
-      <w:hyperlink r:id="rId208">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId49">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Правилами</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> принятия решений об изменении сводной бюджетной росписи федерального бюджета, лимитов бюджетных обязательств, а также информации об объектах капитального строительства и объектах недвижимого имущества, утвержденными постановлением Правительства Российской Федерации от 30 ноября 2023 г. N 2050 "Об утверждении Правил принятия решений об изменении сводной бюджетной росписи федерального бюджета, лимитов бюджетных обязательств, а также информации об объектах капитального строительства и объектах недвижимого имущества", (далее - заявка) - в иных случаях.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="033E6431" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Формирование, согласование и одобрение заявки осуществляются в соответствии с порядком и типовой формой, которые установлены Правительством Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0B966E1E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Единый запрос, указанный в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P700">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P611">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего подпункта, содержит исключительно изменения параметров паспорта национального проекта, паспорта федерального проекта, паспорта ведомственного проекта, предусмотренных в заявке.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="250B1EDD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>В случае если в заявке отсутствует указание на влияние перераспределения бюджетных ассигнований федерального бюджета на мероприятие (результат) федерального проекта, ведомственного проекта и (или) его характеристику, а также на связанный с таким мероприятием (результатом) показатель национального проекта, федерального проекта, ведомственного проекта, не допускается формирование единого запроса, предусматривающего соответствующее изменение значения такого мероприятия (результата), и (или) значения его характеристики, и (или) значения показателя национального проекта, федерального проекта, ведомственного проекта, обусловленное указанным перераспределением бюджетных ассигнований федерального бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...35 lines deleted...]
-          </w:rPr>
+    <w:p w14:paraId="36ABC3F7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="P615"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">В случае необходимости уточнения иных параметров паспорта национального проекта, паспорта федерального проекта, паспорта ведомственного проекта, не предусмотренных в заявке (включая определение связи показателя, мероприятия (результата) с общественно значимым </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">результатом и (или) задачей соответствующего проекта), руководитель национального проекта, руководитель федерального проекта, руководитель ведомственного проекта обеспечивает формирование дополнительного единого запроса в течение 5 рабочих дней со дня утверждения единого запроса, указанного в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P611">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего подпункта, в порядке, установленном настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7689B474" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Вступление в силу единого запроса, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P700">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P611">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзаце первом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего подпункта, осуществляется не позднее дня, следующего за днем одобрения заявки в соответствии с порядком, установленным Правительством Российской Федерации, а в случае рассмотрения такой заявки Комиссией Федерального Собрания Российской Федерации по перераспределению бюджетных ассигнований в текущем финансовом году и плановом периоде - не позднее дня, следующего за днем принятия указанной Комиссией решения о согласии на внесение изменений в сводную бюджетную роспись федерального бюджета, или по истечении установленного бюджетным законодательством Российской Федерации срока при отсутствии решения указанной Комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1BDCC6DF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="P617"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Формирование единых запросов, связанных с внесением изменений в сводную бюджетную роспись федерального бюджета (за исключением случая, определенного </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P700">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P611">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего подпункта), может осуществляться участниками национальных проектов, участниками федеральных проектов, входящих в состав национальных проектов, осуществляющими функции главных распорядителей средств федерального бюджета в отношении соответствующих бюджетных ассигнований федерального бюджета. Согласование и внесение на рассмотрение таких единых запросов в порядке, установленном настоящим Положением, обеспечиваются руководителем национального проекта, руководителем федерального проекта, руководителем ведомственного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7FC60EE2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Согласование и внесение на рассмотрение и утверждение в порядке, установленном настоящим Положением, единых запросов, содержащих сведения, отнесенные к государственной тайне, и (или) сведения конфиденциального характера, соответствующих изменениям, внесенным в сводную бюджетную роспись федерального бюджета, осуществляются руководителем федерального проекта, руководителем ведомственного проекта не реже одного раза в квартал с учетом необходимости утверждения соответствующего запроса до установленных настоящим Положением сроков представления отчетности по федеральному проекту, ведомственному проекту.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6C35E4F1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Единые запросы, подготовленные в соответствии с настоящим пунктом (за исключением случая, определенного </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P706">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P615">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзацем пятым</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего подпункта), содержат изменения параметров паспорта национального проекта, паспорта федерального проекта, паспорта ведомственного проекта (включая объемы финансового обеспечения, значения показателей и мероприятий (результатов), связанные исключительно с внесением изменений в сводную бюджетную роспись федерального бюджета. Включение иных изменений в единые запросы, подготовленные в соответствии с настоящим пунктом (за исключением случая, определенного </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P706">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P615">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзацем пятым</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего подпункта), не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6A9CE0AB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">На единый запрос, подготовленный в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P700">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P611">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзацем первым</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего подпункта, не распространяется действие </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P566">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P495">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пунктов 131</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P578">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P503">
+        <w:r w:rsidRPr="006C6774">
           <w:t>135</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P588">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P512">
+        <w:r w:rsidRPr="006C6774">
           <w:t>138</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P598">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P521">
+        <w:r w:rsidRPr="006C6774">
           <w:t>140</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P670">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P585">
+        <w:r w:rsidRPr="006C6774">
           <w:t>160</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P684">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P597">
+        <w:r w:rsidRPr="006C6774">
           <w:t>166</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящего Положения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1F63E859" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Особенности формирования, представления, рассмотрения (одобрения), а также утверждения единого запроса, подготовленного в целях внесения изменений в сводную бюджетную роспись федерального бюджета, устанавливаются Правительством Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...19 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="56D56B35" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="547EB807" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>VI. Завершение реализации проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="1C66D457" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="2FECC162" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Общие положения завершения реализации проектов</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="28C393C9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="72094EEC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>168. Подготовка отчета о завершении реализации национального проекта, федерального проекта и ведомственного проекта осуществляется в соответствии с методическими указаниями (рекомендациями).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6A25A9D2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>169. Рассмотрение, согласование и одобрение отчета о завершении реализации национального проекта, федерального проекта и ведомственного проекта осуществляется в порядке, предусмотренном настоящим Положением для мониторинга реализации и анализа реализации национальных проектов, федеральных проектов и ведомственных проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="41F0C152" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>170. При рассмотрении отчета о завершении реализации национального проекта, федерального проекта и ведомственного проекта осуществляется оценка достижения цели, показателей, выполнения общественно значимых результатов, задач, мероприятий (результатов) соответствующего проекта, эффективности использования средств бюджетов бюджетной системы Российской Федерации и внебюджетных источников, направленных на реализацию проекта. При необходимости инициируются иные проекты, направленные на продолжение достижения общественно значимых результатов, выполнение задач и показателей завершаемого проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...25 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="4C352D12" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F0EF3EA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Завершение реализации федерального проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="6BB032D2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="619A81D2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>171. Завершение реализации федерального проекта осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7F7345E7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>планово</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> - по итогам достижения общественно значимых результатов (для федеральных проектов, входящих в состав национальных проектов), выполнения задач федерального проекта, достижения его показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="044DAF59" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) досрочно - при принятии соответствующего решения проектным комитетом или президиумом Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="334CA9B2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>172. При завершении реализации федерального проекта руководителем федерального проекта подготавливается отчет о завершении реализации федерального проекта, обеспечивается его согласование с Министерством экономического развития Российской Федерации, Министерством финансов Российской Федерации, а также получение заключения общественно-экспертного совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1F16ECA1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>173. Отчет о завершении реализации федерального проекта, не входящего в состав национального проекта, подлежит обязательному согласованию с ответственным исполнителем государственной программы Российской Федерации, в рамках которой такой проект реализуется.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4D80A398" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>174. Руководитель федерального проекта вносит согласованный отчет о завершении реализации федерального проекта вместе с результатами согласования Министерством экономического развития Российской Федерации, Министерством финансов Российской Федерации и заключением общественно-экспертного совета:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5B10E685" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) в проектный комитет по национальному проекту - в отношении федерального проекта, входящего в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3268502A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) в проектный комитет по федеральному проекту - в отношении федерального проекта, не входящего в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="66D8188C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) в проектный офис Правительства Российской Федерации (за исключением федеральных проектов, не входящих в состав национальных проектов, все сведения о которых составляют государственную тайну и (или) относятся к сведениям конфиденциального характера, а также отдельных параметров федеральных проектов, не входящих в состав национальных проектов, содержащих сведения, составляющие государственную тайну и (или) относящиеся к сведениям конфиденциального характера).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0B32A308" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>175. Проектный комитет рассматривает отчет о завершении реализации федерального проекта и принимает решение:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="30A51A29" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) об утверждении отчета о завершении реализации федерального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="48E96FD6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) о необходимости доработки отчета о завершении реализации федерального проекта с указанием срока его доработки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3E742F85" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) о необходимости рассмотрения отчета на заседании президиума Совета - для федерального проекта, входящего в состав национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0A4FE5CD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>176. По предложению проектного офиса Правительства Российской Федерации, Министерства экономического развития Российской Федерации и (или) решению проектного комитета и (или) президиума Совета отчет о завершении реализации федерального проекта, входящего в состав национального проекта, может быть внесен в президиум Совета для его утверждения или принятия иного решения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="362F8CD7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>177. При завершении реализации федерального проекта, входящего в состав национального проекта, руководителем национального проекта осуществляется оценка достижения цели, показателей, выполнения общественно значимых результатов, задач, мероприятий (результатов) национального проекта, в состав которого входит соответствующий федеральный проект, эффективности использования средств бюджетов бюджетной системы Российской Федерации и внебюджетных источников, направленных на реализацию национального проекта. При необходимости инициируются иные федеральные проекты, направленные на достижение общественно значимых результатов, выполнение задач и показателей национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...19 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="593AE3C1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="4340402D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Завершение реализации национального проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="12EAC8C1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="542455C0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>178. Завершение реализации национального проекта осуществляется по итогам достижения его общественно значимых результатов, выполнения задач, достижения показателей, а также завершения реализации федеральных проектов, входящих в состав национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="10FA8517" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>179. Проект решения президиума Совета о завершении реализации национального проекта подготавливается руководителем национального проекта, одобряется проектным комитетом и вносится на рассмотрение в президиум Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="75D06AC4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>180. К проекту решения о завершении реализации национального проекта прилагается отчет о завершении реализации национального проекта, который подготавливается руководителем национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="579CCFDF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Руководитель национального проекта обеспечивает согласование с Министерством экономического развития Российской Федерации и Министерством финансов Российской Федерации отчета о завершении реализации национального проекта, а также получение заключения общественно-экспертного совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="35DF82CB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>180(1). Руководитель национального проекта вносит в президиум Совета согласованный отчет о завершении реализации национального проекта вместе с результатами согласования Министерством экономического развития Российской Федерации, Министерством финансов Российской Федерации и заключением общественно-экспертного совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5AA964FC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>180(2). Президиум Совета рассматривает отчет о завершении реализации национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="2F93FD13" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B60A076" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Завершение реализации ведомственного проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="24F8B18D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="73C02A2A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>181. Завершение реализации ведомственного проекта осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2E1E7316" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>планово</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> - по итогам достижения показателей соответствующего проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6131E723" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) досрочно - при принятии соответствующего решения ведомственным координационным органом.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="527D02E1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>182. При завершении реализации ведомственного проекта руководителем такого проекта подготавливается отчет о завершении реализации ведомственного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="20E4516D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Отчет о завершении реализации ведомственного проекта подлежит согласованию с ответственным исполнителем государственной программы Российской Федерации, на достижение показателей которой направлен ведомственный проект.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="72147459" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>183. Руководитель ведомственного проекта вносит согласованный отчет о завершении реализации ведомственного проекта в ведомственный координационный орган.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="15C06B8D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>184. Ведомственный координационный орган рассматривает отчет о завершении реализации ведомственного проекта и принимает решение:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="11EAC562" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) об утверждении отчета о завершении реализации ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="76A30D2D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) о необходимости доработки отчета о завершении реализации ведомственного проекта с указанием срока его доработки.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...34 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="683D699C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17098607" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="636773C9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12D1DD89" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="182C7962" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D39694F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Утверждена</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="1E89EB32" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>постановлением Правительства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="2C109B6E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Российской Федерации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="1427A2A1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>от 31 октября 2018 г. N 1288</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="4F96C1E5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="65994C00" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="P782"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="82" w:name="P679"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>ФУНКЦИОНАЛЬНАЯ СТРУКТУРА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="450585B9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>ПРОЕКТНОЙ ДЕЯТЕЛЬНОСТИ В ПРАВИТЕЛЬСТВЕ РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...196 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="7FE7EF5B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="7FD67E80" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>I. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...60 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="62BFEBDC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77C83E65" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>1. Настоящая функциональная структура содержит перечень участников проектной деятельности с указанием их функций - президиум Совета при Президенте Российской Федерации по стратегическому развитию и национальным проектам (далее - президиум Совета), проектный комитет, ведомственный координационный орган, проектный офис Правительства Российской Федерации, Министерство экономического развития Российской Федерации, ведомственный проектный офис, региональный проектный офис, руководитель национального проекта, руководитель федерального проекта, руководитель ведомственного проекта, администратор национального проекта, администратор федерального проекта, администратор ведомственного проекта, участники национального проекта, участники федерального проекта, участники ведомственного проекта, общественно-экспертный совет, разработчики технологий, основные исполнители, квалифицированные заказчики, центр компетенций проектной деятельности, автономная некоммерческая организация "Аналитический центр при Правительстве Российской Федерации" (далее - Аналитический центр при Правительстве Российской Федерации), автономная некоммерческая организация "Национальные приоритеты", оператор соответствующих подсистем государственной автоматизированной информационной системы "Управление", обеспечивающих анализ реализации национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов (далее - система "Управление").</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580EA2F9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>1(1). При необходимости в рамках реализации национальных проектов по обеспечению технологического лидерства могут быть предусмотрены иные участники, в том числе участники карты технологической кооперации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="448F1514" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">1(2). В настоящей функциональной структуре понятия "высокотехнологичная продукция", "карта технологической кооперации", "квалифицированный заказчик", "критические технологии", "организация с государственным участием", "основной исполнитель", "сквозные технологии" и "технология" используются в значениях, определенных Федеральным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId50">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>законом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> "О технологической политике в Российской Федерации и о внесении изменений в отдельные законодательные акты Российской Федерации" (далее - Закон о технологической политике).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40288C50" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E9BB00D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>II. Президиум Совета</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...12 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="65BDDE81" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="400DD766" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">2. Президиум Совета осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId227">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId51">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Указом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Президента Российской Федерации от 19 июля 2018 г. N 444 "Об упорядочении деятельности совещательных и консультативных органов при Президенте Российской Федерации".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6E0D4A67" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3. Президиум Совета:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0EEC5645" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="P692"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) может принимать решение о целесообразности подготовки федерального проекта, входящего в состав национального проекта, федерального проекта, не входящего в состав национального проекта (далее - федеральные проекты);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1BB64A7E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="P693"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) формирует перечень национальных проектов и федеральных проектов, входящих в состав национальных проектов, и осуществляет оценку их реализации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3B548ACE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) утверждает одобренные проектным комитетом паспорта национальных проектов и единые запросы, предусматривающие изменения паспортов национальных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="355DE22B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="P695"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) рассматривает информацию о ходе реализации национальных проектов и федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6DBA6396" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) утверждает по предложению проектного офиса Правительства Российской Федерации, Министерства экономического развития Российской Федерации, и (или) решению проектного комитета, и (или) собственной инициативе одобренные проектным комитетом паспорта федеральных проектов и соответствующие единые запросы, предусматривающие изменения только паспортов федеральных проектов, входящих в состав национальных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="228B54C6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6) принимает решение о достижении общественно значимых результатов, выполнении задач, не являющихся общественно значимыми результатами (далее - задачи), достижении показателей национальных проектов, а также решение о завершении (в том числе досрочном) указанных параметров национальных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="563FFD54" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="P698"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>7) утверждает подготовленные проектным офисом Правительства Российской Федерации проекты методических указаний и квалификационные требования;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6FE671B4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="P699"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>8) утверждает составы проектных комитетов, кураторов и руководителей национальных проектов и может утверждать руководителей федеральных проектов, входящих в состав национальных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="76A4FFB2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>9) определяет компетенцию ответственного секретаря президиума Совета;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="32F252DD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>10) координирует развитие и применение системы стимулирования государственных гражданских служащих, участвующих в проектной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1561C43A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">11) принимает иные решения в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId228">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId52">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Указом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...10 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Президента Российской Федерации от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>19 июля 2018 г. N 444 "Об упорядочении деятельности совещательных и консультативных органов при Президенте Российской Федерации";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62B193AD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">12) выполняет иные функции, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности в Правительстве Российской Федерации, утвержденным постановлением Правительства Российской Федерации от 31 октября 2018 г. N 1288 "Об организации проектной деятельности в Правительстве Российской Федерации" (далее - Положение об организации проектной деятельности), и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="517B2CF0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">4. Решения по вопросам, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P799">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P692">
+        <w:r w:rsidRPr="006C6774">
           <w:t>подпунктах 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P800">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P693">
+        <w:r w:rsidRPr="006C6774">
           <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P802">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P695">
+        <w:r w:rsidRPr="006C6774">
           <w:t>4</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P805">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P698">
+        <w:r w:rsidRPr="006C6774">
           <w:t>7</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P806">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P699">
+        <w:r w:rsidRPr="006C6774">
           <w:t>8 пункта 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящей функциональной структуры, могут быть приняты председателем президиума Совета без рассмотрения указанных вопросов на заседании президиума Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7D77CBE6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5. Контроль за исполнением решений президиума Совета осуществляют ответственный секретарь президиума Совета, руководитель проектного офиса Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="77D63927" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6. Президиум Совета может принимать решения путем письменного опроса его членов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="705B7E15" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6(1). В целях реализации своих полномочий в отношении национальных проектов и обеспечения межведомственного взаимодействия президиум Совета может формировать рабочие группы (далее - рабочая группа при президиуме Совета).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0100E1A5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6(2). Состав рабочей группы при президиуме Совета формируется на основе предложений членов президиума Совета о включении в ее состав участников, замещающих должности не ниже заместителей руководителей федеральных органов исполнительной власти, иных государственных органов и организаций, и утверждается решением президиума Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="19DD2DB7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6(3). Руководитель рабочей группы при президиуме Совета назначается решением президиума Совета из числа его членов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="552F96DA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6(4). Рабочая группа при президиуме Совета:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1DBB1894" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) рассматривает информацию о ходе реализации национальных проектов и федеральных проектов, входящих в состав национальных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2DAAACCD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) рассматривает и формирует предложения по урегулированию разногласий, возникающих между кураторами национальных проектов и кураторами федеральных проектов, входящих в состав национальных проектов, в ходе разработки и реализации национальных проектов, а также в ходе управления рисками реализации национальных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="07B3EF72" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) подготавливает предложения Председателю Правительства Российской Федерации о повышении эффективности реализации национальных проектов и федеральных проектов, входящих в состав национальных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1CF59A05" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) направляет руководителю национального проекта, руководителю федерального проекта, входящего в состав национального проекта, предложения о повышении эффективности реализации национального проекта, федерального проекта, входящего в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="15226EBC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) выполняет иные функции, предусмотренные положением о создании соответствующей рабочей группы при президиуме Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="64FEEF9F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6(5). Заседания рабочей группы при президиуме Совета проводятся по мере необходимости, но не реже одного раза в квартал.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="233B91FC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F5C479D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>III. Проектный комитет</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...12 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="52342E6C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36E5BDA7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>7. Проектный комитет является коллегиальным органом, состав которого утверждается президиумом Совета или куратором национального проекта по каждому национальному проекту.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="26A97009" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Проектный комитет может формироваться в целях реализации одного или нескольких федеральных проектов, не входящих в состав национальных проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4D3BBDDE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Утверждение состава проектного комитета по федеральному проекту, не входящему в состав национального проекта, осуществляется куратором соответствующего федерального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="07EFDB1F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>В состав проектного комитета включаются кураторы федеральных проектов, руководитель национального проекта (в отношении проектного комитета по национальному проекту), председатель комиссии Государственного Совета Российской Федерации по соответствующему направлению социально-экономического развития Российской Федерации (в отношении проектного комитета по национальному проекту), руководитель федерального проекта, не входящего в состав национального проекта (в отношении проектного комитета по федеральному проекту, не входящему в состав национального проекта), ответственный секретарь проектного комитета, представитель проектного офиса Правительства Российской Федерации, представитель департамента (управления) Правительства Российской Федерации в соответствии с вопросами, отнесенными в соответствии с распределением обязанностей к сфере их ведения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="17B5F634" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>По решению куратора национального проекта в состав проектного комитета могут включаться руководители федеральных проектов, входящих в состав национального проекта, руководители или заместители руководителей федеральных органов исполнительной власти, являющихся исполнителями или соисполнителями федерального проекта, а также по согласованию руководители исполнительных органов субъектов Российской Федерации, органов местного самоуправления, представители общественно-экспертного совета, иных государственных органов и организаций, являющихся исполнителями или соисполнителями национального проекта и федерального проекта, а также иные участники.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3AB2D65F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Абзацы шестой - седьмой утратили силу с 1 января 2025 года. - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId236">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId53">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Постановление</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правительства РФ от 16.12.2024 N 1798.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="79D6DE2A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>8. Председателем проектного комитета по национальному проекту является куратор национального проекта, председателем проектного комитета по федеральному проекту, не входящему в состав национального проекта, - куратор федерального проекта, не входящего в состав национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4315E16D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Заместителями председателя проектного комитета по национальному проекту являются руководитель национального проекта и председатель комиссии Государственного Совета Российской Федерации по соответствующему направлению социально-экономического развития Российской Федерации, заместителем председателя проектного комитета по федеральному проекту - руководитель соответствующего федерального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3975E94A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>9. Ответственным секретарем проектного комитета является работник Аппарата Правительства Российской Федерации, определяемый по согласованию с Заместителем Председателя Правительства Российской Федерации - Руководителем Аппарата Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7B839BCA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>10. Рекомендуемое количество членов проектного комитета составляет не более 10 человек.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="02FC8168" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>11. Состав проектного комитета подлежит актуализации не реже одного раза в год или с иной периодичностью по решению куратора проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2BFD3159" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>12. Проектный комитет:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2B5AF083" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>1) одобряет паспорта национальных проектов или принимает решение о необходимости их доработки;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5AC99F84" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="P733"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) принимает решение о целесообразности подготовки федерального проекта, не входящего в состав национального проекта (за исключением случая, если соответствующее решение принято президиумом Совета);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="03F96133" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) утверждает паспорта федеральных проектов или принимает решение о необходимости их доработки (за исключением федеральных проектов, по которым паспорта утверждаются на заседании президиума Совета);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="111297A1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="P735"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) рассматривает и снимает разногласия, возникающие между участниками проектной деятельности в ходе разработки и реализации национальных проектов и федеральных проектов, в том числе при осуществлении ими функций, предусмотренных настоящей функциональной структурой, при участии заинтересованных федеральных органов исполнительной власти, исполнительных органов субъектов Российской Федерации, иных заинтересованных государственных органов и организаций;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="114FB483" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) рассматривает информацию о ходе реализации национальных проектов и (или) федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="39CCC1D5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">6) рассматривает результаты анализа реализации национальных проектов, федеральных проектов, входящих в состав национальных проектов, федеральных проектов, не входящих в состав национальных проектов, в том числе с учетом реализации плана, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P407">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P330">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 78</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Положения об организации проектной деятельности, а также региональных проектов (при необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7F34E3B7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="P738"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>7) запрашивает у исполнительных органов субъектов Российской Федерации, органов местного самоуправления, иных государственных органов и организаций материалы и информацию по вопросам реализации национальных проектов и федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2B10CD6E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>8) представляет в президиум Совета доклады и предложения по вопросам реализации национальных проектов и федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3EA5C8CE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="P740"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>9) одобряет единые запросы на изменение паспортов национальных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="79156A7D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">10) может утверждать (отклонять) соответствующие единые запросы в случаях и порядке, которые установлены </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="45A32D94" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>11) утверждает (отклоняет) единые запросы, предусматривающие только изменения параметров паспортов федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="20185D76" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>12) принимает решение о достижении показателей, мероприятий (результатов) и контрольных точек федеральных проектов, решение об их завершении (в том числе досрочном);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="61C63169" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>13) оценивает эффективность и результативность деятельности руководителей федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0B62762B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="P745"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>14) принимает решения о корректировке мер реагирования, направленных на устранение (минимизацию) рисков реализации национальных проектов и федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5B5C0E1C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>14(1)) одобряет проект карты технологической кооперации при одобрении паспорта национального проекта по обеспечению технологического лидерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759634BD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">14(2)) рассматривает отчеты о реализации карты технологической кооперации в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId54">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>Положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> о картах технологической кооперации, утвержденным постановлением Правительства Российской Федерации от 6 ноября 2025 г. N 1752 "Об отдельных вопросах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>реализации технологической политики в Российской Федерации" (далее - Положение о картах технологической кооперации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E723E6F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>14(3)) рассматривает и снимает разногласия, возникшие в ходе согласования проекта карты технологической кооперации, проекта изменений в карту технологической кооперации, ежегодного отчета о реализации карты технологической кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD1E0E6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">15) выполняет иные функции, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="51AD9059" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">13. Решения по вопросам, указанным в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P849">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P733">
+        <w:r w:rsidRPr="006C6774">
           <w:t>подпунктах 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P852">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P735">
+        <w:r w:rsidRPr="006C6774">
           <w:t>4</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P856">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P738">
+        <w:r w:rsidRPr="006C6774">
           <w:t>7</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P858">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P740">
+        <w:r w:rsidRPr="006C6774">
           <w:t>9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P858">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P740">
+        <w:r w:rsidRPr="006C6774">
           <w:t>12</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> (в части контрольных точек) и </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P863">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P745">
+        <w:r w:rsidRPr="006C6774">
           <w:t>14 пункта 12</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящей функциональной структуры, могут быть приняты председателем проектного комитета без рассмотрения указанных вопросов на заседании проектного комитета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0A879A66" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>14. В целях реализации своих полномочий проектный комитет может формировать рабочие группы и определять цели деятельности рабочих групп.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0F3AFC65" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>15. Подготовку и организацию проведения заседаний проектного комитета осуществляет ответственный секретарь проектного комитета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="64F17127" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>16. Заседания проектного комитета проводятся при необходимости. Куратором проекта может быть принято решение об утверждении плана-графика заседаний проектного комитета (в отношении проектного комитета по национальному проекту - по предложению проектного офиса Правительства Российской Федерации).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1D8EC36E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>17. Решение о проведении заседания проектного комитета принимается председателем проектного комитета или по согласованию с председателем проектного комитета его заместителем.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="08EC19C6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>18. Принимаемые на заседаниях проектного комитета решения оформляются протоколом, который утверждается председателем проектного комитета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="64A566FE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Контроль за исполнением решений проектных комитетов осуществляет ответственный секретарь проектного комитета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="386D029A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>19. При невозможности присутствовать на заседании проектного комитета член проектного комитета имеет право заблаговременно представить свое мнение по рассматриваемым на заседании проектного комитета вопросам в письменной форме.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4909B01A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Мнение члена проектного комитета, изложенное в письменной форме, подлежит приобщению к протоколу заседания проектного комитета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="13B5AD57" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>20. Проектный комитет может принимать решения путем письменного опроса его членов, проведенного по решению председателя проектного комитета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3BC7988E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>21. При рассмотрении на заседании проектного комитета вопроса, отнесенного в соответствии с распределением обязанностей к сфере ведения соответствующего Заместителя Председателя Правительства Российской Федерации, указанный Заместитель Председателя Правительства Российской Федерации приглашается на заседание проектного комитета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="73345108" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39158AC1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>III(1). Куратор национального проекта, куратор</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="0A78E8DB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>федерального проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...41 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5B89CBC2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="505AC624" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>22. Куратор национального проекта утверждается президиумом Совета из числа заместителей Председателя Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="457025CD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>Куратор федерального проекта, входящего в состав национального проекта, утверждается президиумом Совета из числа заместителей Председателя Правительства Российской Федерации, руководителей федеральных органов исполнительной власти (за исключением федеральных органов исполнительной власти, подведомственных федеральным министерствам), руководителей государственных корпораций.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7A66F153" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>23. Куратор федерального проекта, не входящего в состав национального проекта, утверждается в паспорте (изменениях паспорта) соответствующей государственной программы Российской Федерации из числа заместителей Председателя Правительства Российской Федерации, руководителей федеральных органов исполнительной власти (за исключением федеральных органов исполнительной власти, подведомственных федеральным министерствам), руководителей государственных корпораций.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5A4504C5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>23(1). На куратора национального проекта возлагается обязанность по общему руководству национальным проектом и достижению показателей национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="24D4F114" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>23(2). На куратора федерального проекта возлагается обязанность по общему руководству федеральным проектом и достижению показателей национального проекта (для федеральных проектов, входящих в состав национальных проектов) и показателей федерального проекта, достижение которых обеспечивается за счет реализации соответствующего федерального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="18315B3E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="P770"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>24. Куратор национального проекта, куратор федерального проекта, входящего в состав национального проекта, и куратор федерального проекта, не входящего в состав национального проекта, осуществляют следующие функции:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="38861E3C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) могут утверждать (изменять):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0C42ACEE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>состав проектного комитета по национальному проекту - куратор национального проекта в отношении национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="74F0E4B9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>состав проектного комитета по федеральному проекту, не входящему в состав национального проекта, - куратор федерального проекта, не входящего в состав национального проекта, в отношении федерального проекта, не входящего в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="58838B3C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) возглавляют:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="49816AB7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>проектный комитет по национальному проекту - куратор национального проекта в отношении национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="04E7DA3B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>проектный комитет по федеральному проекту, не входящему в состав национального проекта, - куратор федерального проекта, не входящего в состав национального проекта, в отношении федерального проекта, не входящего в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4DABC48D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2(1)) формирует предложение об определении руководителем национального проекта Заместителя Председателя Правительства Российской Федерации, являющегося куратором национального проекта, в целях дальнейшего рассмотрения предложения на заседании президиума Совета, - куратор национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="51A03B20" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">3) могут утверждать единые запросы в случаях и порядке, которые установлены </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности, - куратор национального проекта в отношении единых запросов, предусматривающих изменения национальных проектов и (или) федеральных проектов, входящих в состав национальных проектов, куратор федерального проекта, не входящего в состав национального проекта, в отношении единых запросов, предусматривающих изменения федеральных проектов, не входящих в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0B0915AB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) принимают решение о передаче полномочий:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7690E8D5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>по утверждению единого запроса на изменение соответствующего проекта, предусматривающего внесение технических изменений, руководителю такого проекта или куратору федерального проекта, входящего в состав национального проекта, - куратор национального проекта в отношении национального проекта и федерального проекта, входящего в состав национального проекта, куратор федерального проекта, не входящего в состав национального проекта, в отношении федерального проекта, не входящего в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3041178F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>по подписанию отчетности за месяц руководителю ведомственного проектного офиса или администратору проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4C319D3E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) рассматривают и снимают разногласия в ходе разработки и реализации соответствующих проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="266A3AA0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6) рассматривают результаты анализа реализации соответствующих проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5457E391" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>7) рассматривают результаты работы руководителей соответствующих проектов с рисками реализации национальных проектов, федеральных проектов и при необходимости принимают решение о корректировке мер реагирования, направленных на устранение (минимизацию) рисков реализации проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4AC20A8A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>8) оказывают содействие успешной реализации соответствующих проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="111B3A4F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>8(1)) могут определять сроки рассмотрения и формирования общественно-экспертным советом заключений на паспорта национальных проектов, федеральных проектов, входящих в состав национальных проектов, - кураторы национальных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5C98AAEF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>8(2)) могут определять с учетом позиции Администрации Президента Российской Федерации (при необходимости) параметры паспортов национальных проектов и федеральных проектов, входящих в состав национальных проектов, подлежащие публикации на общедоступных ресурсах;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="67E2828A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">9) выполняют иные функции, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="77B6E1AA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>24(1). Куратор федерального проекта, входящего в национальный проект, по решению куратора национального проекта может выполнять отдельные функции и полномочия руководителя национального проекта в отношении федеральных проектов, куратором которых он является.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="3DFC286D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">24(2). Куратор национального проекта по обеспечению технологического лидерства дополнительно к функциям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P770">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящей функциональной структуры, осуществляет следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA7A635" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>1) привлекает лиц, осуществляющих содействие развитию технологий, включая Российский научный фонд, для реализации соответствующего национального проекта по обеспечению технологического лидерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="739FF31A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2) по мотивированному предложению руководителя национального проекта по обеспечению технологического лидерства может принимать решение о непривлечении малых технологических компаний к реализации национального проекта по обеспечению технологического лидерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3E20F5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">3) принимает решение о целесообразности включения в карту технологической кооперации технологий (включая критические и сквозные технологии) и высокотехнологичной продукции в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 31</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения о картах технологической кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C83423B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">4) по предложению руководителя национального проекта по обеспечению технологического </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>лидерства определяет направление (направления) и (или) отрасль (отрасли) национального проекта по обеспечению технологического лидерства в порядке, установленном Министерством экономического развития Российской Федерации по согласованию с заинтересованными федеральными органами исполнительной власти, иными государственными органами и организациями и Аппаратом Правительства Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72908222" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">5) по предложению руководителя национального проекта по обеспечению технологического лидерства определяет один (или несколько) федеральный проект, входящий в состав национального проекта по обеспечению технологического лидерства, в качестве федерального проекта, в соответствующий раздел рабочего плана которого в обязательном порядке включается план мероприятий по реализации механизма управления системными изменениями нормативно-правового регулирования в сферах реализации национального проекта по обеспечению технологического лидерства, предусмотренный </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId56">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>частью 2 статьи 12</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Закона о технологической политике (далее - план мероприятий);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CDD551A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>6) по предложению руководителя национального проекта по обеспечению технологического лидерства, согласованному президиумом Комиссии по научно-технологическому развитию Российской Федерации, принимает решение о возложении функций научного центра на межведомственный коллегиальный орган (подразделение организации), утверждает положение о научном центре, его состав (в случае возложения функций научного центра на межведомственный коллегиальный орган);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42169EF0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>7) по предложению руководителя национального проекта по обеспечению технологического лидерства, согласованному президиумом Комиссии по научно-технологическому развитию Российской Федерации, принимает решение о возложении функций кадрового центра на межведомственный коллегиальный орган (подразделение организации), утверждает положение о кадровом центре, его состав (в случае возложения функций кадрового центра на межведомственный коллегиальный орган);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78DC2484" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>8) определяет перечень параметров, включаемых в ежемесячные и ежеквартальные отчеты о реализации карты технологической кооперации с учетом специфики реализации отдельных параметров карты технологической кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3071D929" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>9) одобряет план мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA4C174" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">10) рассматривает отчеты о реализации карты технологической кооперации в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId57">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>Положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> о картах технологической кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D9E4486" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">11) принимает решение о включении высокотехнологичной продукции, создаваемой и (или) развиваемой (совершенствуемой) в рамках национального проекта по обеспечению технологического лидерства, являющейся лекарственными средствами, медицинскими изделиями, биомедицинскими клеточными продуктами, продуктами тканевой инженерии, в карту технологической кооперации для учета в расчете показателя, указанного в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P237">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпункте 2 пункта 42(4)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BB7AA28" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5007CCCC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>IV. Ведомственный координационный орган</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="56488925" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="37C244E1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>25. Координационный орган формируется в федеральном органе исполнительной власти, ином государственном органе или организации в целях реализации одного или более ведомственных проектов.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="32D94FEB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>26. Ведомственный координационный орган является коллегиальным органом, состав которого утверждается (изменяется) руководителем федерального органа исполнительной власти, иного государственного органа или организации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="55DBBE97" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>В состав ведомственного координационного органа включаются кураторы соответствующих ведомственных проектов, заместитель руководителя федерального органа исполнительной власти, ответственный за организацию проектной деятельности в соответствующем федеральном органе исполнительной власти, ином государственном органе или организации, ответственный секретарь ведомственного координационного органа, руководитель ведомственного проектного офиса и при необходимости руководители структурных подразделений федерального органа исполнительной власти, иного государственного органа или организации и представители федеральных органов исполнительной власти и организаций, находящихся в ведении соответствующего федерального органа исполнительной власти, иного государственного органа или организации, в котором реализуется ведомственный проект.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6A2B86FC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>27. В целях обеспечения единства организации проектной деятельности в Правительстве Российской Федерации по предложению проектного офиса Правительства Российской Федерации в состав ведомственного координационного органа может включаться представитель проектного офиса Правительства Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="22E6737A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>В случае несогласия с решением ведомственного координационного органа проектный офис Правительства Российской Федерации вправе представить особое мнение и инициировать рассмотрение соответствующего вопроса президиумом Совета. В этом случае решение ведомственного координационного органа приводится в соответствие с решением президиума Совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7DE8C172" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>28. Председателем ведомственного координационного органа является руководитель федерального органа исполнительной власти, иного государственного органа или организации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6552201B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>29. Ведомственный координационный орган:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1AA6A904" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) принимает решение об утверждении или отклонении паспорта ведомственного проекта (единого запроса, предусматривающего изменения только паспорта ведомственного проекта);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="06AEC5F0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) принимает решение о достижении показателей, выполнении мероприятий (результатов) и контрольных точек ведомственных проектов, решение о завершении реализации (в том числе досрочном) ведомственных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="79EC4699" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) оценивает эффективность и результативность деятельности руководителей ведомственных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="785D678C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) осуществляет координацию участников проектной деятельности в федеральном органе исполнительной власти;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="325A4B63" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">5) выполняет иные функции, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4D0AF399" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>30. В целях реализации своих полномочий ведомственный координационный орган может формировать рабочие группы и определять цели деятельности рабочих групп.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="38301E3B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>31. Куратор ведомственного проекта утверждается руководителем федерального органа исполнительной власти, иного государственных органа или организации из числа его заместителей.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="29049B9F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>32. Куратор ведомственного проекта:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="30D2E29A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">1) может утверждать единые запросы, предусматривающие изменение ведомственных проектов, в случаях и порядке, которые установлены </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="254BFE7F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">2) рассматривает и снимает разногласия в ходе разработки и реализации ведомственного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F6F0BBA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) рассматривает отчеты о ходе реализации ведомственного проекта и результаты анализа реализации ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1221C440" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) принимает решение о передаче полномочий по утверждению единого запроса, предусматривающего внесение технических изменений в ведомственный проект, руководителю такого проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="34729175" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) принимает решение о передаче полномочий по утверждению отчетов о ходе реализации ведомственного проекта за месяц руководителю ведомственного проектного офиса или администратору такого проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2A4316EA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6) рассматривает результаты работы руководителей ведомственного проекта и при необходимости принимает решение о корректировке мер реагирования, направленных на устранение (минимизацию) рисков реализации ведомственных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6AD2C794" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">7) выполняет иные функции, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="333F57ED" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="201CECF3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>V. Проектный офис Правительства Российской Федерации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="10BAF58E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6F6B02CD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>33. Проектный офис Правительства Российской Федерации - структурное подразделение Аппарата Правительства Российской Федерации:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="775777D8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) обеспечивает деятельность президиума Совета;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="719D7F98" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) инициирует и организует проведение заседания президиума Совета по вопросам, внесенным в установленном порядке в президиум Совета, по решению председателя президиума Совета или заместителя председателя президиума Совета;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4234DA3D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) может представлять для утверждения в президиум Совета составы проектных комитетов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="00A51EEB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) подготавливает справочные и иные материалы для рассмотрения на заседаниях президиума Совета, его рабочих групп и проектных комитетов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="599FDF28" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) запрашивает у участников проектной деятельности, федеральных органов исполнительной власти, подразделений Аппарата Правительства Российской Федерации, исполнительных органов субъектов Российской Федерации, экспертного сообщества и организаций информационные и аналитические материалы по национальным проектам, федеральным проектам и ведомственным проектам;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6540EDCD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6) определяет уровень достижения национальных проектов, федеральных проектов и ведомственных проектов, анализирует результаты реализации таких проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="06EFC8D6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>7) при необходимости организует подготовку информационно-аналитического отчета ("саммари") по национальным проектам, федеральным проектам, ведомственным проектам;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...48 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="37F87AC8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">8) осуществляет содействие кураторам национальных проектов и координацию участников проектной деятельности при осуществлении ими функций, предусмотренных настоящей функциональной структурой, координацию подразделений Аппарата Правительства Российской Федерации по вопросам реализации национальных проектов и федеральных проектов, в том числе по вопросам использования и развития соответствующих подсистем государственной интегрированной информационной системы управления общественными финансами "Электронный бюджет", обеспечивающих формирование, ведение, хранение и обмен документами в рамках реализации национальных проектов, федеральных проектов, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>ведомственных проектов и региональных проектов (далее - система "Электронный бюджет"), и системы "Управление";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528B179B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>9) формирует при необходимости предложения о рассмотрении вопросов по национальным проектам и федеральным проектам, в том числе отчетов о ходе их реализации, на заседаниях президиума Совета, его рабочих групп и проектных комитетов, организует оценку достаточности, обоснованности (документальной подтвержденности), актуальности, полноты и корректности информации о реализации национальных проектов и федеральных проектов, осуществление оценки достижения общественно значимых результатов, выполнения задач, показателей, мероприятий (результатов) в системе "Управление" в соответствии с методическими указаниями президиума Совета и (или) методическими рекомендациями проектного офиса Правительства Российской Федерации (далее - методические указания (рекомендации), формирует особое мнение в отношении информации о ходе реализации национальных проектов, федеральных проектов, входящих в состав национальных проектов, направляет кураторам национальных проектов и (или) руководителям соответствующих проектов предложения по снятию с контроля таких показателей, мероприятий (результатов), общественно значимых результатов и задач, а также при необходимости предложения по доработке паспортов национальных проектов, паспортов федеральных проектов, отчетов о ходе реализации национальных проектов, федеральных проектов и региональных проектов, соответствующих единых запросов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3D15840E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>10) координирует работу по организации управления рисками реализации национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7D77D264" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>11) направляет кураторам национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов, руководителям национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов предложения о корректировке мер реагирования, направленных на устранение (минимизацию) рисков реализации таких проектов (при необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="78CF4734" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>12) осуществляет по решению президиума Совета, проектного комитета, а также по собственной инициативе контрольные мероприятия по оценке фактических параметров национальных проектов, федеральных проектов и региональных проектов с привлечением при необходимости федеральных органов исполнительной власти и иных государственных органов и организаций в соответствии с их компетенцией, экспертного сообщества и организаций в порядке, установленном методическими указаниями (рекомендациями). О проведении контрольных мероприятий проектный офис Правительства Российской Федерации информирует кураторов национальных проектов и (или) кураторов федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="42EB7FEA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">13) осуществляет контроль за соблюдением требований и выполнением установленного порядка инициирования, подготовки, реализации, завершения реализации национальных проектов и федеральных проектов, возвращает на доработку паспорта национальных проектов и федеральных проектов, соответствующие единые запросы, отчеты о ходе реализации соответствующих проектов и отчеты о завершении реализации проектов, не соответствующие требованиям </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положения</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и настоящей функциональной структуры;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5F970EBF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>14) представляет кураторам национальных проектов кандидатуры ответственных секретарей проектных комитетов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="411D8DF4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>15) представляет кураторам национальных проектов ответственных работников проектного офиса Правительства Российской Федерации для включения в составы проектных комитетов (в случае если работники проектного офиса Правительства Российской Федерации не являются ответственными секретарями таких проектных комитетов);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="25DB97F1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">16) участвует при необходимости в работе ведомственных координационных органов и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>проектных комитетов в целях рассмотрения вопросов организации и реализации проектной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7460CB45" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>17) осуществляет координацию вопросов разработки и реализации ведомственных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="40630449" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>18) обеспечивает методологическое сопровождение проектной деятельности в Правительстве Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="31A845DA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>19) согласовывает кандидатуры руководителей ведомственных проектных офисов и региональных проектных офисов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1F8C942A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>20) направляет предложения о смене руководителей ведомственных проектных офисов, региональных проектных офисов руководителям соответствующих федеральных органов исполнительной власти, исполнительных органов субъектов Российской Федерации, государственных органов и организаций по итогам соответствующей оценки (тестирования);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6F1CCC2C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">21) согласовывает кандидатуры руководителя (директора) центра компетенций проектной деятельности и заместителя руководителя Аналитического центра при Правительстве Российской Федерации, ответственного за реализацию функций, определенных в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P1253">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P1155">
+        <w:r w:rsidRPr="006C6774">
           <w:t>разделе XIV</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящей функциональной структуры;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3ED1A7AD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>22) осуществляет оценку эффективности проектной деятельности в федеральных органах исполнительной власти, исполнительных органах субъектов Российской Федерации и Аппарате Правительства Российской Федерации, в том числе оценку эффективности деятельности ведомственных проектных офисов, региональных проектных офисов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0C1A5CB6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>23) осуществляет при необходимости определение индекса потребительской лояльности (NPS) структурных подразделений Аппарата Правительства Российской Федерации к деятельности проектного офиса Правительства Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6A6362D1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>24) координирует деятельность ведомственных проектных офисов, региональных проектных офисов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="01D2EEAE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>25) подготавливает методические указания (рекомендации), направляет при необходимости разъяснения указанных методических указаний (рекомендаций), а также координирует деятельность по их применению;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="141B3B44" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">26) формирует функциональные требования, участвует в создании, сопровождении, эксплуатации (в том числе осуществляет анализ и контроль качества данных) и развитии системы "Электронный бюджет" в рамках полномочий проектного офиса Правительства Российской Федерации, установленных </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и настоящей функциональной структурой;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="73BD6011" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">27) участвует в формировании функциональных требований, в создании, сопровождении, эксплуатации (в том числе осуществляет анализ и контроль качества данных) и развитии системы "Управление" в рамках полномочий проектного офиса Правительства Российской Федерации, установленных </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и настоящей функциональной структурой;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="431B5E24" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>28) координирует информационное взаимодействие участников проектной деятельности в части, касающейся системы "Электронный бюджет" и системы "Управление";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0BF76F8F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>29) координирует развитие и использование подсистемы "Система взаимодействия проектных офисов" системы "Управление" (далее - система взаимодействия проектных офисов), осуществляет контроль работы участников в ней;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2E7F8AAE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>30) согласовывает методики расчета показателей национальных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6DF804DB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>31) обеспечивает создание и развитие системы мотивации участников национальных и федеральных проектов, а также иных участников проектной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5EDF48FB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>32) координирует работу по развитию профессиональной компетентности работников федеральных органов исполнительной власти, иных государственных органов и организаций в сфере проектной деятельности, организует ведение базы знаний по проектной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="36FFB61A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>33) координирует организацию информационного сопровождения реализации национальных проектов, проведения социологических опросов населения по вопросам реализации проектов и достижения национальных целей развития Российской Федерации, брендирования результатов, создаваемых в рамках реализации национальных проектов на территории субъектов Российской Федерации, с использованием единого визуального стиля "Национальные проекты России" (далее - брендинг результатов);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0AF9D306" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">34) выполняет иные функции, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="2D213CE9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F2A852B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>VI. Министерство экономического развития</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="4D43AA3F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Российской Федерации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...12 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="37E714D2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37167F47" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>34. Министерство экономического развития Российской Федерации:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="751D891A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) осуществляет мониторинг и анализ реализации национальных проектов, федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0921A123" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) осуществляет оценку взаимосвязи между общественно значимыми мероприятиями (результатами), задачами, показателями и мероприятиями (результатами) национальных проектов, федеральных проектов при подготовке паспортов соответствующих проектов и внесении в них изменений;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6A2F6466" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) обеспечивает оценку достаточности мероприятий (результатов) федеральных проектов, входящих в состав национальных проектов, для достижения общественно значимых результатов, задач и показателей соответствующих федеральных проектов и национальных проектов, а также влияния национальных проектов на достижение национальных целей развития Российской Федерации и согласовывает паспорт национального проекта, паспорт федерального проекта, в инициативном порядке или по решению управляющего совета государственной программы Российской Федерации или его председателя согласовывает паспорт ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="372B8F19" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">4) проводит анализ влияния национальных проектов, федеральных проектов и региональных проектов на достижение национальных целей развития Российской Федерации, их целевых показателей, выполнение задач, определенных </w:t>
       </w:r>
-      <w:hyperlink r:id="rId258">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId58">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Указом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Президента Российской Федерации от 7 мая 2024 г. N 309 "О национальных целях развития Российской Федерации на период до 2030 года и на перспективу до 2036 года";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1D1D7718" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) проводит анализ влияния ведомственных проектов на достижение показателей государственных программ Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0E6E925D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6) осуществляет выборочный контроль разработки и реализации ведомственных проектов на предмет полноты и корректности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="42F1A791" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>7) осуществляет анализ реализации ведомственных проектов по собственной инициативе или решению управляющего совета соответствующей государственной программы Российской Федерации, структурными элементами которой являются указанные ведомственные проекты;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4BB63ED7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>8) определяет факторы, влияющие на достижение общественно значимых результатов, задач и показателей национальных проектов и федеральных проектов, участвует в прогнозировании достижения общественно значимых результатов, задач и показателей национальных проектов и федеральных проектов, в том числе на основании информации и данных, получаемых и обрабатываемых в системе "Управление";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...37 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="29959DCA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>9) анализирует данные и осуществляет оценку достаточности, обоснованности (документальной подтвержденности), актуальности, полноты и корректности данных, содержащихся в отчетах о ходе реализации национальных проектов, отчетах о ходе реализации федеральных проектов, отчетах о ходе реализации ведомственных проектов, а также в информации о реализации региональных проектов, и формирует особое мнение на информацию о ходе реализации национальных проектов, включая информацию о ходе реализации карты технологической кооперации национального проекта по обеспечению технологического лидерства, федеральных проектов и ведомственных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD3267F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>10) осуществляет оценку достаточности, обоснованности (документальной подтвержденности), актуальности, полноты и корректности данных, содержащихся в соответствующих единых запросах, и согласовывает единые запросы, в инициативном порядке или по решению управляющего совета государственной программы Российской Федерации или его председателя согласовывает единый запрос, предусматривающий изменения только паспорта ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1E78C75B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>11) запрашивает у федеральных органов исполнительной власти, иных органов и организаций, исполнительных органов субъектов Российской Федерации, экспертного сообщества и организаций информационные и аналитические материалы по национальным проектам, федеральным проектам, ведомственным проектам;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1A84B338" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>12) по запросу проектного офиса Правительства Российской Федерации или при необходимости подготавливает справочные и иные материалы для их рассмотрения председателем президиума Совета, на заседаниях президиума Совета, его рабочих групп и проектных комитетов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FDC37EB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>13) по запросу проектного офиса Правительства Российской Федерации или при необходимости подготавливает предложения по рассмотрению вопросов о национальных проектах и федеральных проектах на заседаниях президиума Совета, рабочих групп президиума Совета и проектных комитетов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6E5A24A2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>14) направляет при необходимости руководителям соответствующих проектов предложения по доработке паспортов национальных проектов, паспортов федеральных проектов, паспортов ведомственных проектов, отчетов о ходе реализации национальных проектов, федеральных проектов, ведомственных проектов, соответствующих единых запросов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="133C5B35" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">15) участвует в формировании функциональных требований, а также в сопровождении, эксплуатации и развитии системы "Электронный бюджет" в части функций Министерства экономического развития Российской Федерации, предусмотренных настоящим пунктом и </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0D83B994" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>16) формирует функциональные требования к системе "Управление", а также обеспечивает ее создание, сопровождение, эксплуатацию и развитие;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="11731485" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">17) участвует в оценке рисков, возникающих при реализации национальных проектов, федеральных проектов, связанных в том числе с достижением национальных целей развития Российской Федерации, их целевых показателей, выполнением задач, определенных </w:t>
       </w:r>
-      <w:hyperlink r:id="rId262">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId59">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Указом</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...30 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Президента Российской Федерации от 7 мая 2024 г. N 309 "О национальных целях развития Российской Федерации на период до 2030 года и на перспективу до 2036 года", а также </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>рассматривает информацию о рисках реализации национальных проектов, федеральных проектов, указанную в отчетности о ходе реализации национальных проектов, федеральных проектов, а также с учетом предложений при необходимости направляет руководителям национальных проектов, руководителям федеральных проектов предложения о корректировке мер реагирования, направленных на устранение (минимизацию) рисков реализации соответствующих проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E6FD2C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>18) обеспечивает совместно с федеральными органами исполнительной власти разработку алгоритмов для расчета показателей национальных проектов и федеральных проектов, альтернативных показателей (групп показателей) национальных проектов и федеральных проектов и их расчет на основе эталонных данных системы "Управление";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="668B4611" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>19) участвует в координации деятельности ведомственных проектных офисов и региональных проектных офисов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="080BE627" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>20) участвует в оценке эффективности проектной деятельности в федеральных органах исполнительной власти и исполнительных органах субъектов Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4B890FD4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">21) осуществляет разработку и утверждение </w:t>
       </w:r>
-      <w:hyperlink r:id="rId264">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId60">
+        <w:r w:rsidRPr="006C6774">
           <w:t>методических рекомендаций</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> и разъяснений по вопросам управления рисками реализации национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов, а также осуществляет координацию работы по управлению рисками на федеральном и региональном уровнях;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6431118E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>22) участвует в регламентации взаимодействия участников проектной деятельности в системе взаимодействия проектных офисов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="497B50BF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>23) участвует в подготовке проектов актов Правительства Российской Федерации и проектов методических указаний (рекомендаций);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1AD59943" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>23(1)) согласовывает предложения руководителя национального проекта по обеспечению технологического лидерства по определению направления (направлений) и (или) отрасли (отраслей) национального проекта по обеспечению технологического лидерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F656C12" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>23(2)) формирует реестр направлений и отраслей национальных проектов по обеспечению технологического лидерства и обеспечивает отсутствие их дублирования по всем национальным проектам по обеспечению технологического лидерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40EFA204" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">23(3)) согласовывает проект плана мероприятий в порядке, установленном </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>Положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> об организации проектной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44274520" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>23(4)) при необходимости направляет предложения по содержанию карты технологической кооперации (изменениям в нее), прилагаемой к паспорту национального проекта по обеспечению технологического лидерства (единому запросу на изменение национального проекта по обеспечению технологического лидерства), руководителю национального проекта по обеспечению технологического лидерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3193B604" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">23(5)) согласовывает проект карты технологической кооперации (проект изменений в нее), прилагаемой к паспорту национального проекта по обеспечению технологического лидерства (единому запросу на изменение национального проекта по обеспечению технологического лидерства), а также отчеты о реализации карты технологической кооперации в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId61">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>Положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> о картах технологической кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ABA85AF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">24) выполняет иные функции, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="30A72FF7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18E7E2B6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>VII. Ведомственный проектный офис</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...12 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="12F11AA4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4697B3BC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">35. Ведомственный проектный офис формируется в федеральном органе исполнительной власти, в ином государственном органе или организации в случае, если такой федеральный орган исполнительной власти, иной государственный орган или организация являются ответственными за подготовку и реализацию национальных проектов, и (или) федеральных проектов, и (или) ведомственных проектов, и (или) отдельных параметров соответствующих проектов в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="44D708F1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>В федеральном органе исполнительной власти, ответственном за подготовку и реализацию нескольких национальных проектов, по решению руководителя федерального органа исполнительной власти могут создаваться отдельные ведомственные проектные офисы по каждому из национальных проектов в пределах текущей штатной численности его работников.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="087ED0A2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>36. Ведомственный проектный офис формируется в статусе структурного подразделения с полной занятостью работников и возложением на них функций по организации проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="04168A7B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>При необходимости для решения отдельных функций ведомственного проектного офиса может привлекаться подведомственная федеральному органу исполнительной власти организация при наличии соответствующего решения президиума Совета с учетом заключения Правительственной комиссии по вопросам оптимизации и повышения эффективности бюджетных расходов по итогам очного заседания.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6FCB49ED" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Руководителем ведомственного проектного офиса федерального органа исполнительной власти является федеральный государственный служащий.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="64E0009B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>37. Ведомственный проектный офис осуществляет функции в отношении национальных проектов, и (или) федеральных проектов, и (или) ведомственных проектов и отдельных параметров соответствующих проектов, за подготовку и реализацию которых несет ответственность соответствующий федеральный орган исполнительной власти, иной государственный орган или организация, в том числе:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="00842FBA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">1) участвует в мониторинге реализации национальных проектов, федеральных проектов, входящих в состав национальных проектов, федеральных проектов, не входящих в состав национальных проектов, в том числе с учетом реализации плана, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P407">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P330">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 78</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Положения об организации проектной деятельности, а также осуществляет мониторинг реализации ведомственных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6A2797E2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) осуществляет контроль за своевременностью представления и оценку достаточности, обоснованности (документальной подтвержденности), актуальности, полноты и корректности информации о достижении показателей, мероприятий (результатов), контрольных точек федеральных проектов, ведомственных проектов, представляемой участниками федеральных проектов и ведомственных проектов в системе "Электронный бюджет" и системе "Управление" (по мере ввода в эксплуатацию компонентов и модулей системы "Управление");</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0BFAA47A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) анализирует информацию, содержащуюся в отчете о ходе реализации национального проекта, отчете о ходе реализации федерального проекта, отчете о ходе реализации ведомственного проекта, а также информацию о реализации региональных проектов на предмет ее достаточности, обоснованности (документальной подтвержденности), актуальности, полноты и корректности данных, осуществляет анализ замечаний и предложений;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...57 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2984A66D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">4) осуществляет совместно с региональным проектным офисом, участниками проекта, администратором проекта оценку рисков реализации национальных проектов, федеральных проектов и ведомственных проектов в порядке, установленном методическими рекомендациями Министерства экономического развития Российской Федерации по вопросам управления рисками </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>реализации национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60F16FB9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4(1)) подготавливает в порядке, установленном методическими рекомендациями Министерства экономического развития Российской Федерации по вопросам управления рисками реализации национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов, предложения о мерах реагирования на риски, в том числе на основании информации участников проектной деятельности, региональных проектных офисов и иных заинтересованных лиц, а также осуществляет координацию процессов и процедур управления рисками реализации указанных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2957FB07" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) осуществляет анализ уровня достижения и причин недостижения параметров национальных проектов, федеральных проектов, ведомственных проектов, а также эскалацию выявленных проблем и вопросов, в том числе в части уровня достижения федеральных проектов, ведомственных проектов, на руководителей соответствующих проектов и кураторов соответствующих проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2F4607D2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6) представляет по запросу проектного офиса Правительства Российской Федерации и Министерства экономического развития Российской Федерации аналитические и иные материалы о реализации национальных проектов и федеральных проектов, а также иную информацию о проектной деятельности в федеральном органе исполнительной власти;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2CA6D9AF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>7) участвует в контрольных мероприятиях, организованных проектным офисом Правительства Российской Федерации в отношении национальных проектов, федеральных проектов, ведомственных проектов, региональных проектов в порядке, установленном методическими указаниями (рекомендациями);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="17F9D29D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>8) анализирует информацию, содержащуюся в соответствующих единых запросах, на предмет ее достаточности, обоснованности (документальной подтвержденности), актуальности, полноты и корректности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="661181D0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>9) согласовывает (формирует позицию) соответствующий единый запрос, предусматривающий изменение паспорта национального проекта (ведомственный проектный офис федерального органа исполнительной власти, ответственного за подготовку паспорта национального проекта), единый запрос, предусматривающий изменение паспорта федерального проекта (ведомственный проектный офис федерального органа исполнительной власти, иного государственного органа или организации, ответственного за подготовку паспорта федерального проекта), единый запрос, предусматривающий изменение паспорта ведомственного проекта (ведомственный проектный офис федерального органа исполнительной власти, иного государственного органа или организации, ответственного за подготовку паспорта ведомственного проекта);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="48ADEBEB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>10) обеспечивает методологическое сопровождение проектной деятельности в соответствующем федеральном органе исполнительной власти, ином государственном органе и организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="53406AAA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>11) осуществляет контроль за соблюдением требований и порядка, которые установлены нормативными правовыми актами в сфере проектной деятельности, возвращает на доработку паспорт национальных проектов, паспорт федеральных проектов и паспорт ведомственных проектов, единые запросы на их изменение, отчеты о ходе реализации соответствующих проектов и отчеты о завершении реализации проектов, не соответствующие установленным требованиям и порядку;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6948E2DB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>12) обеспечивает деятельность ведомственного координационного органа;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2C33E95D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">13) инициирует при необходимости рассмотрение вопросов реализации ведомственных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>проектов на заседаниях ведомственного координационного органа, а также направляет предложения в части организации реализации ведомственных проектов его участникам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E8C6DA6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>14) осуществляет взаимодействие с проектным офисом Правительства Российской Федерации, иными ведомственными проектными офисами и региональными проектными офисами в системе взаимодействия проектных офисов по вопросам проектной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4C57637A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>15) обеспечивает координацию и консультационную поддержку региональным проектным офисам и руководителям региональных проектов в системе взаимодействия проектных офисов по вопросам реализации соответствующих региональных проектов, обеспечивающих достижение показателей и мероприятий (результатов) федеральных проектов, ответственным за реализацию которых является федеральный орган исполнительной власти, иной государственный орган или организация, в которых сформирован ведомственный проектный офис;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4F9027EB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>16) координирует взаимодействие структурных подразделений соответствующего федерального органа исполнительной власти, иного государственного органа или организации в ходе разработки и реализации национальных проектов, федеральных проектов, ведомственных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="68585216" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>17) осуществляет взаимодействие с автономной некоммерческой организацией "Национальные приоритеты", в том числе по вопросам информационного сопровождения реализации национальных проектов и федеральных проектов, брендинга результатов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1F520F87" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>18) осуществляет координацию информационного сопровождения реализации национальных проектов и федеральных проектов, брендинга результатов в рамках их реализации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2A2A7959" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>19) осуществляет анализ результатов проводимых социологических исследований по вопросам реализации национальных проектов, федеральных проектов, выработку необходимых мер по их улучшению и координации реализации выработанных мер;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3A7E13DD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">20) выполняет иные функции, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="11CCD889" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">38. Утратил силу с 1 января 2025 года. - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId276">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId62">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Постановление</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правительства РФ от 16.12.2024 N 1798.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7A9BABAD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>39. Функции ведомственного проектного офиса могут быть дополнены иными функциями в сфере проектной деятельности в соответствии с положением об организации проектной деятельности, утвержденным (при необходимости) актом федерального органа исполнительной власти, иного государственного органа или организации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4115F69F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>40. Ведомственный проектный офис курирует назначенный руководителем соответствующего федерального органа исполнительной власти, иного государственного органа или организации его заместитель, ответственный за организацию проектной деятельности, который:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="02A30576" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) обеспечивает системное развитие проектной деятельности в федеральном органе исполнительной власти;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="43152F39" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) оказывает содействие успешной реализации в федеральном органе исполнительной власти национальных проектов, федеральных проектов и ведомственных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1EC16FC2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) организует при необходимости проведение самостоятельных контрольных мероприятий в отношении национальных проектов, федеральных проектов, региональных проектов и ведомственных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7DE92BFB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">4) рассматривает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>эскалированные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> ведомственным проектным офисом проблемы и вопросы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>в том числе в части уровня достижения федеральных проектов, ведомственных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75493976" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">5) выполняет иные функции, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="152E58AF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E0CEBF2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>VIII. Региональный проектный офис</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...12 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="40C4697F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A100B06" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>41. В субъекте Российской Федерации формируется региональный проектный офис.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6483AF82" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Региональный проектный офис формируется в виде отдельного структурного подразделения в государственном органе, образованном в целях обеспечения деятельности высшего должностного лица субъекта Российской Федерации (председателя высшего исполнительного органа субъекта Российской Федерации), или в исполнительном органе субъекта Российской Федерации, обладающем необходимыми полномочиями в части организации проектной деятельности и межведомственного взаимодействия. При необходимости для решения отдельных функций регионального проектного офиса может привлекаться подведомственная организация.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2AF0EF43" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Руководителем регионального проектного офиса является государственный гражданский служащий субъекта Российской Федерации или лицо, замещающее государственную должность субъекта Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...28 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7817996E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="P943"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>42. Региональный проектный офис:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3C6604BA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) обеспечивает общую координацию реализации региональных проектов в субъекте Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="30D01F79" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">2) при необходимости согласовывает (формирует позицию) соглашения о реализации на территории субъекта Российской Федерации регионального проекта, обеспечивающего достижение показателей и результатов федерального проекта, входящего в состав национального проекта, а также соглашения, заключаемые с высшим исполнительным органом субъекта Российской Федерации, о реализации на территории субъекта Российской Федерации государственных программ субъекта Российской Федерации, направленных на достижение целей и показателей государственной программы Российской Федерации в соответствии с </w:t>
       </w:r>
-      <w:hyperlink r:id="rId278">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId63">
+        <w:r w:rsidRPr="006C6774">
           <w:t>постановлением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правительства Российской Федерации от 26 мая 2021 г. N 786 "О системе управления государственными программами Российской Федерации" (согласование (формирование позиции) осуществляется в отношении проектной части государственных программ субъекта Российской Федерации), дополнительные соглашения о внесении изменений в указанные соглашения о реализации на территории субъекта Российской Федерации регионального проекта, обеспечивающего достижение показателей и результатов федерального проекта, входящего в состав национального проекта, и соглашения о реализации на территории субъекта Российской Федерации государственных программ субъекта Российской Федерации, направленных на достижение целей и показателей государственной программы Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3B543EDF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) осуществляет мониторинг реализации региональных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="29FCC9A7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">4) координирует разработку плана, указанного в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P407">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P330">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 78</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Положения об организации проектной деятельности, организацию мониторинга и контроля его исполнения;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="61D0E0EF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) подготавливает при необходимости предложения о доработке отчетов о ходе реализации региональных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...37 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="255225CA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">6) осуществляет контроль за своевременностью представления и оценку достаточности, обоснованности (документальной подтвержденности), актуальности, полноты и корректности информации о достижении показателей, мероприятий (результатов), контрольных точек региональных проектов, представляемой участниками региональных проектов в системе "Электронный бюджет" и системе "Управление" (по мере ввода в эксплуатацию компонентов и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>модулей системы "Управление"), и формирует предложения о доработке указанной информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B807E9D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>7) в рамках осуществления мониторинга и анализа реализации региональных проектов направляет руководителям федеральных проектов и в Министерство экономического развития Российской Федерации информацию о достижении показателей, мероприятий (результатов), контрольных точек и рисках реализации региональных проектов, оказывающих негативное влияние на реализацию федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6B862AC5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>7(1)) осуществляет совместно с участниками региональных проектов оценку рисков реализации региональных проектов в порядке, установленном методическими рекомендациями Министерства экономического развития Российской Федерации по вопросам управления рисками реализации национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1523AA53" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>8) осуществляет координацию процессов и процедур управления рисками реализации региональных проектов, формирует совместно с участниками региональных проектов предложения о мерах реагирования на риски реализации региональных проектов для их последующего утверждения руководителем регионального проекта в порядке, установленном методическими рекомендациями Министерства экономического развития Российской Федерации по вопросам управления рисками реализации национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1449F537" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>8(1)) по запросу ведомственного проектного офиса представляет в порядке, установленном методическими рекомендациями Министерства экономического развития Российской Федерации по вопросам управления рисками реализации национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов, дополнительную информацию о параметрах региональных проектов, которые оказывают влияние на риски реализации национальных проектов, федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="74510842" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>9) осуществляет анализ уровня достижения и причин недостижения параметров региональных проектов, а также эскалацию выявленных проблем и вопросов, в том числе в части уровня достижения региональных проектов, на руководителей соответствующих проектов и кураторов соответствующих проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="63B6BE8A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>10) представляет по запросу проектного офиса Правительства Российской Федерации, Министерства экономического развития Российской Федерации, центра компетенций проектной деятельности, Аналитического центра при Правительстве Российской Федерации и иных участников проектной деятельности аналитические и иные материалы о реализации в субъекте Российской Федерации национальных проектов, федеральных проектов и региональных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="74B8A9FE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>11) участвует в контрольных мероприятиях, организованных проектным офисом Правительства Российской Федерации в отношении национальных проектов, федеральных проектов и региональных проектов в порядке, установленном методическими указаниями (рекомендациями), а также организует проведение самостоятельных контрольных мероприятий, инициированных заместителем высшего должностного лица субъекта Российской Федерации (председателя высшего исполнительного органа субъекта Российской Федерации), ответственным за организацию проектной деятельности в субъекте Российской Федерации, в отношении региональных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6B5E6AC2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>12) обеспечивает методологическое сопровождение реализации региональных проектов, в том числе разрабатывает и развивает нормативные правовые акты и методические документы по проектной деятельности в субъекте Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="20328D7D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>13) организует работу по развитию профессиональных компетенций участников региональных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4E6AB55F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>14) формирует при необходимости систему мотивации участников региональных проектов и организации проектной деятельности, подготавливает предложения об оценке ключевых показателей эффективности деятельности участников региональных проектов в целях осуществления их мотивации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6EBCE9DB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>15) осуществляет координацию взаимодействия участников проектной деятельности федерального, регионального и муниципального уровней в субъекте Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6064696C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>16) совместно с ответственными исполнительными органами субъекта Российской Федерации осуществляет оценку достаточности параметров региональных проектов для достижения показателей и мероприятий (результатов), определенных в соглашении о реализации на территории субъекта Российской Федерации регионального проекта, обеспечивающего достижение показателей и результатов федерального проекта, входящего в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="072D3F9C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>17) совместно с ответственными исполнительными органами субъекта Российской Федерации осуществляет анализ влияния региональных проектов на достижение показателей эффективности высшего должностного лица субъекта Российской Федерации (председателя высшего исполнительного органа субъекта Российской Федерации);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6DEE024F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>18) осуществляет организационное и аналитическое обеспечение деятельности коллегиальных органов в сфере проектной деятельности, сформированных при высшем должностном лице субъекта Российской Федерации (председателе высшего исполнительного органа субъекта Российской Федерации) или его заместителе, ответственном за организацию проектной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5EDB8B35" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>19) подготавливает справочные и аналитические материалы по вопросам реализации в субъекте Российской Федерации национальных проектов, федеральных проектов и региональных проектов высшему должностному лицу субъекта Российской Федерации (председателю высшего исполнительного органа субъекта Российской Федерации) или его заместителю, ответственному за организацию проектной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2778497F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>20) координирует и организует возможность реализации функций участников региональных проектов в системе "Электронный бюджет" и системе "Управление";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4CA84D6D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>21) анализирует информацию, содержащуюся в запросах на изменение паспортов региональных проектов, на предмет ее достоверности, актуальности, полноты и корректности и осуществляет согласование (формирование позиции) запросов на изменение паспортов региональных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6FAF2297" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>22) осуществляет контроль за соблюдением требований и порядка, установленных нормативными правовыми актами в сфере проектной деятельности, возвращает на доработку паспорта региональных проектов, запросы на их изменение, отчеты о ходе реализации соответствующих проектов и отчеты о завершении реализации проектов, не соответствующие установленным требованиям и порядку;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2CCEEC73" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>23) осуществляет контроль сроков исполнения поручений и экспертизу хода исполнения поручений, формируемых в рамках реализации национальных проектов, федеральных проектов и региональных проектов на федеральном и региональном уровнях;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1951B958" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>24) осуществляет взаимодействие с проектным офисом Правительства Российской Федерации, иными ведомственными проектными офисами и региональными проектными офисами в системе взаимодействия проектных офисов по вопросам проектной деятельности, координирует взаимодействие структурных подразделений исполнительных органов субъекта Российской Федерации в ходе разработки и реализации региональных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6F4015F8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>25) осуществляет взаимодействие с автономной некоммерческой организацией "Национальные приоритеты", в том числе по вопросам информационного сопровождения реализации национальных проектов и федеральных проектов, брендинга результатов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0897C35B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>26) осуществляет координацию информационного сопровождения реализации национальных и федеральных проектов, брендинга результатов в рамках их реализации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="412E4211" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>27) осуществляет анализ результатов проводимых социологических исследований по вопросам реализации национальных проектов, федеральных проектов в субъекте Российской Федерации, выработку необходимых мер по их улучшению и координацию реализации выработанных мер;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="26A94F02" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>28) осуществляет взаимодействие с контрольно-надзорными и правоохранительными органами, политическими и общественными организациями и объединениями.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4848C87B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">43. Функции регионального проектного офиса, указанные в </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P1074">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P943">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 42</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> настоящей функциональной структуры, распространяются на региональные проекты, обеспечивающие достижение и (или) вклад в достижение целей и (или) показателей и мероприятий (результатов) федерального проекта, входящего в состав национального проекта, и (или) структурных элементов государственной программы Российской Федерации, и (или) государственной программы субъекта Российской Федерации, с учетом положений об организации проектной деятельности, утвержденных высшими исполнительными органами субъектов Российской Федерации или высшим должностным лицом субъекта Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2B3FFED6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>44. Функции регионального проектного офиса могут быть дополнены иными функциями в сфере проектной деятельности в соответствии с актами, утвержденными высшими исполнительными органами субъектов Российской Федерации или высшим должностным лицом субъекта Российской Федерации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="51201DA6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>45. Региональный проектный офис курирует назначенный высшим должностным лицом субъекта Российской Федерации (председателем высшего исполнительного органа субъекта Российской Федерации) его заместитель, ответственный за организацию проектной деятельности, который:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="581E5533" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) обеспечивает системное развитие проектной деятельности в субъекте Российской Федерации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1EB774F3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) оказывает содействие успешной реализации региональных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7F0E4592" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) организует при необходимости проведение самостоятельных контрольных мероприятий в отношении региональных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="618FF430" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">4) рассматривает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>эскалированные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> региональным проектным офисом проблемы и вопросы, в том числе в части уровня достижения региональных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A97C2E8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">5) выполняет иные функции, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5B1D2695" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>46. В исполнительных органах субъектов Российской Федерации могут создаваться проектные офисы исполнительных органов субъектов Российской Федерации, в муниципальных образованиях - муниципальные проектные офисы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="085DF5FA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17B2351D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>IX. Руководитель национального проекта, руководитель</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="2AAC6357" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>федерального проекта, руководитель ведомственного проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...74 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="326BD739" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E2C7EA5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">47. Руководителем национального проекта и руководителем федерального проекта являются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>лица, на которых по решению президиума Совета (в отношении федерального проекта, входящего в состав национального проекта) или проектного комитета (в отношении федерального проекта, не входящего в состав национального проекта) возлагается персональная ответственность за достижение общественно значимых результатов, обеспечение достижения показателей и выполнение (достижение) мероприятий (результатов), выполнение задач, указанных в паспорте соответствующего проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C037115" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Руководителем национального проекта является руководитель федерального органа исполнительной власти, руководитель государственной корпорации или заместитель Председателя Правительства Российской Федерации, являющийся куратором национального проекта, при принятии президиумом Совета соответствующего решения по предложению куратора национального проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B161741" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Руководителем федерального проекта является руководитель (заместитель руководителя) федерального органа исполнительной власти, иного государственного органа или организации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="498716A4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Абзацы четвертый - пятый утратили силу с 1 января 2025 года. - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId289">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId64">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Постановление</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правительства РФ от 16.12.2024 N 1798.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5E7C7F7F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>48. Руководителем ведомственного проекта является должностное лицо, на которое по решению ведомственного координационного органа или его председателя возлагается персональная ответственность за достижение показателей и выполнение (достижение) мероприятий (результатов), выполнение задач, указанных в паспорте ведомственного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="693416E2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Руководителем ведомственного проекта является руководитель структурного подразделения федерального органа исполнительной власти, иного государственного органа или организации, ответственного за реализацию ведомственного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0E5EBD96" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="P993"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>49. Руководители национальных проектов в отношении национальных проектов и (или) руководители федеральных проектов в отношении федеральных проектов:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="639BE308" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) обеспечивают разработку и своевременную актуализацию соответствующего паспорта национального проекта или паспорта федерального проекта, в том числе с учетом обратной связи от целевых групп проекта и (или) общественно-экспертного совета (для федеральных проектов, не входящих в состав национальных проектов, - при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6E6184F1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) осуществляют управление реализацией соответствующего национального проекта или федерального проекта, обеспечивая достижение его общественно значимых результатов, выполнение задач, показателей, мероприятий (результатов) и контрольных точек в соответствии с утвержденным паспортом национального проекта или утвержденным паспортом федерального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2E3605FE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) заключают соглашение с руководителем регионального проекта, уполномоченным высшим должностным лицом субъекта Российской Федерации, о реализации на территории субъекта Российской Федерации регионального проекта, обеспечивающего достижение показателей и реализацию мероприятий (результатов) соответствующего федерального проекта, не входящего в состав национального проекта, - руководитель федерального проекта, не входящего в состав национального проекта, в отношении федерального проекта, не входящего в состав национального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="69909F3D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) обеспечивают своевременное представление участниками федерального проекта в системе "Электронный бюджет" достоверной информации о реализации федерального проекта - руководитель федерального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6C39C950" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) обеспечивают формирование отчетности, несут ответственность за достоверность, обоснованность, актуальность и полноту информации, содержащейся в отчетности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7FED0050" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>6) обеспечивают управление рисками реализации соответствующих национальных проектов и федеральных проектов, а также утверждают меры реагирования, направленные на устранение (минимизацию) рисков реализации таких национальных проектов и федеральных проектов, в порядке, установленном методическими рекомендациями Министерства экономического развития Российской Федерации по вопросам управления рисками реализации национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов, а также при необходимости могут наделять указанными полномочиями администраторов соответствующих проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4231FFD0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>7) организуют передачу данных и интеграцию государственных информационных систем и иных информационных систем, содержащих информацию и данные, необходимые для анализа реализации национальных проектов и федеральных проектов, с системой "Управление" и системой "Электронный бюджет";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="132FA70E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>8) осуществляют мониторинг реализации рабочих планов федеральных проектов (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="26288B6B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>9) инициируют внесение изменений в паспорт соответствующего национального проекта или паспорт федерального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7C795EB6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>10) по решению куратора национального проекта (в отношении национального проекта и федерального проекта, входящего в состав национального проекта) и куратора федерального проекта (в отношении федерального проекта, не входящего в состав национального проекта) могут утверждать соответствующие единые запросы, предусматривающие внесение технических изменений в паспорт соответствующего проекта, в случаях и порядке, которые определены методическими указаниями (рекомендациями);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="573359F6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>11) обеспечивают формирование и актуализацию документов и данных, касающихся соответствующего национального проекта или федерального проекта, в системе "Электронный бюджет";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="680F174B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>12) согласовывают кандидатуры участников соответствующего национального проекта или участников федерального проекта, представленные руководителями федеральных органов исполнительной власти, иных государственных органов и организаций или их заместителями;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="25FD8BCA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>13) дают поручения участникам соответствующего национального проекта или участникам федерального проекта в рамках их реализации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0AE87B4F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>14) обеспечивают соблюдение исполнительской дисциплины, направляют куратору национального проекта или куратору федерального проекта предложения по применению мер дисциплинарного воздействия в отношении участников национального проекта или участников федерального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="13CF3EA6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>15) проводят оценку эффективности деятельности участников национальных проектов или участников федеральных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="10A31B95" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>16) представляют для утверждения в проектный комитет или куратору национального проекта либо куратору федерального проекта предложения по составу общественно-экспертного совета;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5C65DC39" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>16(1)) участвуют в процессе формирования и ведения справочника показателей национальных проектов, государственных программ Российской Федерации и их структурных элементов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4ABE6048" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>16(2)) согласовывают методики расчета показателей соответствующего национального проекта или федерального проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="04808160" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">17) выполняют иные функции, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="50F003D6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">49(1). Руководители национальных проектов по обеспечению технологического лидерства в отношении национальных проектов по обеспечению технологического лидерства дополнительно к функциям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P993">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 49</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящей функциональной структуры:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22CFF8EB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">1) обеспечивают взаимодействие участников национального проекта по обеспечению технологического лидерства, в том числе определенных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P1080">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>разделе XI(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящей функциональной структуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F8D107C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="P1015"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">2) обеспечивают формирование проекта карты технологической кооперации, проекта изменений в карту технологической кооперации, отчета о реализации карты технологической кооперации, направление их на экспертизу и согласование в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId65">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>Положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> о картах технологической кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01BE38F8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3) представляют в проектный комитет для одобрения (утверждения) единые запросы на изменение национального проекта по обеспечению технологического лидерства, связанные с утверждением карты технологической кооперации или изменений в нее (одновременно с представлением проекта соответствующей карты технологической кооперации или изменений в нее);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="799C465A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">4) утверждают и представляют на рассмотрение в проектный комитет отчеты о реализации карты технологической кооперации в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId66">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>Положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> о картах технологической кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B43D6BE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">5) обеспечивают в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P339">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 79(3)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности включение особенностей осуществления функций квалифицированного заказчика, основного исполнителя и разработчика технологий (далее - особенности осуществления функций) и рекомендуемых условий, необходимых для целей осуществления функций квалифицированного заказчика, основного исполнителя и разработчика технологий (далее - рекомендуемые условия), в действующие юридически значимые документы, направленные на создание и (или) развитие (совершенствование) высокотехнологичной продукции и технологий, необходимых для ее создания и (или) развития (совершенствования), применяемые к указанным лицам (далее - действующие юридически значимые документы), или в соглашения об участии квалифицированных заказчиков, основных исполнителей и разработчиков технологий в реализации национального проекта по обеспечению технологического лидерства (определяет при необходимости уполномоченных лиц для заключения указанных соглашений из числа заместителей руководителя федерального органа исполнительной власти, государственной корпорации, ответственных за реализацию национального проекта по обеспечению технологического лидерства);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74922517" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>6) по согласованию с Министерством экономического развития Российской Федерации и заинтересованными федеральными органами исполнительной власти, иными государственными органами и организациями (в том числе государственными корпорациями) направляют куратору национального проекта по обеспечению технологического лидерства предложения по определению направления (направлений) и (или) отрасли (отраслей) национального проекта по обеспечению технологического лидерства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25A5DD1E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">7) могут принять решение о применении особенностей осуществления функций, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P348">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункте 79(6)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности, и рекомендуемых условий в отношении высокотехнологичной продукции, являющейся лекарственными средствами, медицинскими изделиями, биомедицинскими клеточными продуктами, продуктами тканевой инженерии, и (или) в отношении технологий, применяемых при оказании медицинской помощи (медицинских технологий);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="672081D1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">8) обеспечивают включение квалифицированных заказчиков, основных исполнителей и разработчиков технологий в карту технологической кооперации и паспорт национального проекта по обеспечению технологического лидерства после выполнения положений </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P339">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункта 79(3)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6521186C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>9) определяют лиц, участвующих в реализации карты технологической кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B2DDD9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>10) направляют по итогам согласования президиумом Комиссии по научно-технологическому развитию Российской Федерации куратору национального проекта по обеспечению технологического лидерства предложения по возложению функций научного центра на межведомственный коллегиальный орган (подразделение организации), по проекту положения о научном центре, его составу (в случае возложения функций научного центра на межведомственный коллегиальный орган);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F595EB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>11) направляют по итогам согласования президиумом Комиссии по научно-технологическому развитию Российской Федерации куратору национального проекта по обеспечению технологического лидерства предложения по возложению функций кадрового центра на межведомственный коллегиальный орган (подразделение организации), по проекту положения о кадровом центре, его составу (в случае возложения функций кадрового центра на межведомственный коллегиальный орган);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="398501CF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>12) координируют деятельность научных центров и кадровых центров, в том числе взаимодействие между ними.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EA326D5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">49(2). Руководитель национального проекта по обеспечению технологического лидерства вправе принять решение о передаче полномочий, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P1015">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпункте 2 пункта 49(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящей функциональной структуры, администратору национального проекта по обеспечению технологического лидерства и (или) руководителям федеральных проектов, входящих в состав национального проекта по обеспечению технологического лидерства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1415A1E8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">49(3). Руководитель федерального проекта, входящего в состав национального проекта по обеспечению технологического лидерства, в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P289">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 62(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности обеспечивает согласование проекта плана мероприятий с руководителем национального проекта по обеспечению технологического лидерства и Министерством экономического развития Российской Федерации и получение заключения экспертного совета, формируемого при президиуме Правительственной комиссии по модернизации экономики и инновационному развитию России, на проект плана мероприятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF103AC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>50. Руководитель национального проекта определяет достаточность федеральных проектов, входящих в состав национального проекта, для обеспечения достижения общественно значимых результатов, выполнения задач, показателей национального проекта и при завершении реализации федерального проекта осуществляет оценку достижения общественно значимых результатов, показателей и выполнения задач национального проекта, а также эффективности использования средств бюджетов бюджетной системы Российской Федерации, направленных на реализацию национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="65268E69" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>51. Руководитель ведомственного проекта:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="13324370" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) обеспечивает разработку и своевременную актуализацию паспорта ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0A51EBBE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) осуществляет управление реализацией ведомственного проекта, обеспечивая выполнение задач, достижение показателей, выполнение (достижение) мероприятий (результатов), контрольных точек и объектов в соответствии с утвержденным паспортом ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="03CD9984" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">3) обеспечивает своевременное представление участниками ведомственного проекта в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>системе "Электронный бюджет" достоверной информации о реализации ведомственного проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018706FE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) обеспечивает формирование отчетности, несет ответственность за достоверность, обоснованность, актуальность и полноту информации, содержащейся в отчетности;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3423EDEE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) обеспечивает управление рисками реализации ведомственных проектов, а также утверждает меры реагирования, направленные на устранение (минимизацию) рисков реализации ведомственных проектов, в порядке, установленном методическими рекомендациями Министерства экономического развития Российской Федерации по вопросам управления рисками реализации национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов, а также при необходимости может наделять администратора ведомственного проекта указанными полномочиями;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="616B8B04" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6) инициирует внесение изменений в паспорт ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="75C10FB3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>7) обеспечивает формирование и актуализацию документов и данных, касающихся ведомственного проекта, в системе "Электронный бюджет";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0A843620" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>8) согласовывает кандидатуры участников ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0D1D12EA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>9) дает поручения участникам ведомственного проекта в рамках его реализации;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2F6B51B5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>10) обеспечивает соблюдение исполнительской дисциплины, направляет куратору ведомственного проекта предложения по применению мер дисциплинарного воздействия в отношении участников ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="432A5728" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>10(1)) участвует в процессе формирования и ведения справочника показателей национальных проектов, государственных программ Российской Федерации и их структурных элементов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4A5E8188" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>10(2)) согласовывает методики расчета показателей ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="269C1CBE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">11) выполняет иные функции, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="4E0772CC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ECBEAC8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>X. Администратор национального проекта, администратор</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="3FFAB8FF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>федерального проекта, администратор ведомственного проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...12 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1097ED46" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F7659B7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>52. Администратором национального проекта является заместитель руководителя федерального органа исполнительной власти, иного государственного органа или организации. Администратор национального проекта назначается по решению куратора национального проекта или руководителя национального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6A5C9FAA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Администратором федерального проекта является ответственное должностное лицо федерального органа исполнительной власти, иного государственного органа или организации. Администратор федерального проекта назначается по решению руководителя федерального проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7E6622F5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">Абзац утратил силу с 1 января 2025 года. - </w:t>
       </w:r>
-      <w:hyperlink r:id="rId299">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId67">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Постановление</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правительства РФ от 16.12.2024 N 1798.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2F5807EB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Администратор ведомственного проекта назначается при необходимости. По предложению руководителя ведомственного проекта и решению ведомственного координационного органа администратором ведомственного проекта является ответственное должностное лицо федерального органа исполнительной власти, иного государственного органа или организации.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5F348009" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">53. Администратор национального проекта в отношении национального проекта, и (или) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>администратор федерального проекта в отношении федерального проекта, и (или) администратор ведомственного проекта в отношении ведомственного проекта:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C20C5EA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) организуют подготовку соответствующего паспорта национального проекта, паспорта федерального проекта или паспорта ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="10558A63" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) по поручению соответствующего руководителя национального проекта, руководителя федерального проекта, руководителя ведомственного проекта проводят совещания по разработке и реализации соответствующего национального проекта, федерального проекта или ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3CAAAC7D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) осуществляют ведение мониторинга реализации соответствующего национального проекта, федерального проекта или ведомственного проекта и формирование отчетности, а также по решению руководителя соответствующего проекта осуществляют управление рисками реализации национальных и федеральных проектов, подготавливают предложения по мерам реагирования на риски на основании информации ведомственного проектного офиса, региональных проектных офисов, участников проектной деятельности и иных заинтересованных лиц, осуществляют мониторинг и контроль хода исполнения мер реагирования, направленных на устранение (минимизацию) рисков;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7AA81DE9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3(1)) по поручению соответствующего руководителя национального проекта, руководителя федерального проекта, руководителя ведомственного проекта обеспечивают управление рисками реализации соответствующих национальных проектов, федеральных проектов, ведомственных проектов, а также утверждают меры реагирования, направленные на устранение (минимизацию) рисков реализации таких национальных проектов, федеральных проектов, ведомственных проектов, в порядке, установленном методическими рекомендациями Министерства экономического развития Российской Федерации по вопросам управления рисками реализации национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1E906011" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) подписывают отчет соответствующего национального проекта, федерального проекта, ведомственного проекта за месяц, квартал и год в случае увольнения руководителя соответствующего проекта, временного отсутствия у руководителя соответствующего проекта возможности утверждения отчетности (за месяц, квартал и год) по причине временной нетрудоспособности, отпуска, командировки, а также при отсутствии действующей усиленной квалифицированной электронной подписи или по решению куратора соответствующего проекта (для отчетности за месяц), при подписании отчетности (за месяц, квартал и год) несут ответственность за достоверность, обоснованность, актуальность и полноту информации, содержащейся в ней;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="23C23FB9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) обеспечивают учет методических указаний (рекомендаций) и иных документов в этой сфере, в том числе требований в отношении использования системы "Электронный бюджет";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6E1363FC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6) представляют по запросу проектного офиса Правительства Российской Федерации, Министерства экономического развития Российской Федерации, центра компетенций проектной деятельности, Аналитического центра при Правительстве Российской Федерации информационные и аналитические материалы по соответствующим национальным проектам, федеральным проектам, ведомственным проектам;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="78EFBB32" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">7) обеспечивают формирование и направление на согласование и утверждение в соответствии с </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности соответствующего единого запроса, содержащего исключительно информацию о смене руководителя соответствующего национального проекта, федерального проекта, ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1FED68B9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">7(1)) по решению руководителя национального проекта по обеспечению технологического </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">лидерства выполняют функции руководителя национального проекта по обеспечению технологического лидерства, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P1015">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпунктом 2 пунктом 49(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящей функциональной структуры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D748E9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>7(2)) доводят утвержденные карту технологической кооперации, изменения в карту технологической кооперации, отчет о реализации карты технологической кооперации до центра научно-технологического развития, подведомственного Правительству Российской Федерации, научных центров, кадровых центров, генеральных конструкторов, квалифицированных заказчиков, основных исполнителей и разработчиков технологий в части, касающейся их компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B150C53" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">8) выполняют иные функции, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="2186CBC2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B4391D7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:id="97" w:name="P1064"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>XI. Участники национального проекта, участники федерального</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="7A3EC011" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>проекта, участники ведомственного проекта</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...12 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="545B39A5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ABF5751" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>54. Участниками национального проекта, участниками федерального проекта являются ответственные работники федеральных органов исполнительной власти, исполнительных органов субъектов Российской Федерации, органов местного самоуправления, иных государственных органов и организаций, деятельность которых направлена на достижение общественно значимых результатов, показателей, мероприятий (результатов) и контрольных точек, выполнение задач соответствующего проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2985993E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Участниками ведомственного проекта являются ответственные работники федерального органа исполнительной власти и находящихся в его ведении федеральных органов исполнительной власти, организаций, иных федеральных органов исполнительной власти, деятельность которых направлена на достижение показателей, мероприятий (результатов) и контрольных точек, выполнение задач ведомственного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="055498B3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Решение о привлечении работника федерального органа исполнительной власти, исполнительного органа субъекта Российской Федерации, иного государственного органа и организации в национальный проект, федеральный проект или ведомственный проект в качестве участника принимается руководителем или заместителем руководителя соответствующего государственного органа или организации по согласованию с руководителем национального проекта, руководителем федерального проекта или руководителем ведомственного проекта.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="1972AED9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>55. Участники национального проекта, участники федерального проекта, участники ведомственного проекта включаются в паспорт национального проекта, паспорт федерального проекта и его рабочий план (при наличии) и паспорт ведомственного проекта и его план реализации (при наличии).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5FAA6790" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>56. Участники национального проекта в отношении национального проекта, участники федерального проекта в отношении федерального проекта, участники ведомственного проекта в отношении ведомственного проекта:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2753EA03" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>1) обеспечивают исполнение национального проекта, федерального проекта, ведомственного проекта в соответствии с паспортом соответствующего проекта и иными документами, формируемыми в рамках проектной деятельности, указаниями и поручениями руководителя национального проекта, руководителя федерального проекта, руководителя ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="594541BE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">2) представляют руководителю национального проекта, руководителю федерального проекта, руководителю ведомственного проекта, администратору национального проекта, администратору федерального проекта, администратору ведомственного проекта, в ведомственный проектный офис информацию о реализации соответствующего проекта, в том </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>числе информацию о рисках реализации соответствующего проекта, а также информацию о мерах реагирования, направленных на устранение (минимизацию) рисков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50F7E8E5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) несут ответственность за достоверность, актуальность и полноту информации о реализации национального проекта, федерального проекта или ведомственного проекта;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="51AE6EFC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>4) направляют руководителю национального проекта, руководителю федерального проекта, руководителю ведомственного проекта предложения по обеспечению своевременного достижения общественно значимых результатов, выполнения задач национального проекта, федерального проекта, достижения их показателей, мероприятий (результатов) и контрольных точек;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2BE49290" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>5) представляют по запросу проектного офиса Правительства Российской Федерации, Министерства экономического развития Российской Федерации, центра компетенций проектной деятельности и Аналитического центра при Правительстве Российской Федерации информацию о реализации национальных проектов, федеральных проектов и ведомственных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="7AD7700E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>6) участвуют в управлении рисками реализации национальных проектов, федеральных проектов и ведомственных проектов, а также представляют информацию о рисках и предложения о мерах реагирования на риски в ведомственный проектный офис в порядке, установленном методическими рекомендациями Министерства экономического развития Российской Федерации по вопросам управления рисками реализации национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="35F2CFCF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">7) выполняют иные функции, предусмотренные </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="3F1B0274" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A39F635" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
-[...318 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="98" w:name="P1080"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>XI(1). Иные участники национального проекта по обеспечению</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA70F77" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>технологического лидерства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60093B9E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D41121C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Общие положения об иных участниках национального проекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2460A3BA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>по обеспечению технологического лидерства</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A75CB19" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03FD3E3A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="P1086"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">56(1). Наряду с участниками проектной деятельности, определенными в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P1064">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>разделе XI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящей функциональной структуры, участниками национального проекта по обеспечению технологического лидерства являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2548D6C4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>1) разработчики технологий (в том числе малые технологические компании);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7663F0AC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2) основные исполнители (в том числе малые технологические компании);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7314DDA8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3) квалифицированные заказчики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02887AE2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">56(2). Во избежание конфликта интересов по согласованию с куратором национального проекта по обеспечению технологического лидерства участники национального проекта по обеспечению технологического лидерства могут быть определены как лица, одновременно осуществляющие функции разных участников национального проекта по обеспечению технологического лидерства, указанных в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P1086">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункте 56(1)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящей функциональной структуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48DEE586" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A183314" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Разработчики технологий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D6C583C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4081EB0F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">56(3). Разработчиком технологий является лицо, в отношении которого в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P339">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 79(3)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности установлены особенности осуществления функций и рекомендуемые условия в действующем юридически значимом документе или соглашении об участии разработчика технологий в реализации национального </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">проекта по обеспечению технологического лидерства с учетом положений </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P1101">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпункта 6 пункта 56(4)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящей функциональной структуры, при условии определения в указанном действующем юридически значимом документе (соглашении) такого лица в качестве разработчика технологий и соответствия указанного действующего юридически значимого документа (соглашения) положениям </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P342">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункта 79(5)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="532382A1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="P1095"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>56(4). Разработчик технологий:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14572EB6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>1) обеспечивает разработку и (или) развитие (совершенствование) технологий, необходимых для создания высокотехнологичной продукции и ее выпуска;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA7B5E2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2) участвует в разработке карты технологической кооперации и формировании ежегодного отчета о реализации карты технологической кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FF9A108" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3) участвует в определении основным исполнителем направлений исследований и работ, необходимых для создания высокотехнологичной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A3622E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>4) обеспечивает защиту прав на результаты интеллектуальной деятельности и правовую охрану результатов интеллектуальной деятельности по разрабатываемым (новым) и (или) развиваемым (совершенствуемым) технологиям, необходимым для создания высокотехнологичной продукции и ее выпуска;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74FA7A57" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>5) осуществляет взаимодействие с участниками национального проекта по обеспечению технологического лидерства по вопросам реализации карты технологической кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="483450B8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="P1101"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">6) осуществляет иные функции, необходимые для реализации карты технологической кооперации, в том числе закрепленные за ним в рамках действующего юридически значимого документа или соглашения об участии разработчика технологий в реализации национального проекта по обеспечению технологического лидерства, соответствующих положениям </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P342">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункта 79(5)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A097917" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78771D73" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Основные исполнители</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB1CA87" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BB3595D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">56(5). Основным исполнителем является российское юридическое лицо, в отношении которого в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P339">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 79(3)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности установлены особенности осуществления функций и рекомендуемые условия в действующем юридически значимом документе или соглашении об участии основного исполнителя в реализации национального проекта по обеспечению технологического лидерства с учетом положений </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P1110">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпункта 4 пункта 56(6)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящей функциональной структуры, при условии определения в указанном действующем юридически значимом документе (соглашении) такого лица в качестве основного исполнителя и соответствия указанного действующего юридически значимого документа (соглашения) положениям </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P348">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктов 79(6)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink r:id="rId308">
-[...7 lines deleted...]
-      <w:r>
+      <w:hyperlink w:anchor="P356">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>79(7)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Положения об организации проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="4A7800BA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="P1106"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">56(6). Основной исполнитель дополнительно к функциям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId68">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>статьей 15</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Закона о технологической политике:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C0C565" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">1) разрабатывает с привлечением квалифицированного заказчика и при необходимости разработчиков технологий карту технологической кооперации в </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>порядке</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>, установленном Положением о картах технологической кооперации, и участвует в формировании ежегодного отчета о реализации карты технологической кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1661AE21" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2) представляет руководителю национального проекта по обеспечению технологического лидерства сведения о критических технологиях, необходимых для реализации национального проекта по обеспечению технологического лидерства, и возможностях их приобретения, использования или создания в рамках карты технологической кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C61D3F9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>3) осуществляет взаимодействие с участниками национального проекта по обеспечению технологического лидерства по вопросам реализации карты технологической кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100DC2D7" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="P1110"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">4) осуществляет иные функции, необходимые для реализации карты технологической кооперации, в том числе закрепленные за ним в рамках действующего юридически значимого документа или соглашения об участии основного исполнителя в реализации национального проекта по обеспечению технологического лидерства, соответствующих положениям </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P348">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункта 79(6)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF85B3D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">56(7). В случае если в соответствии с настоящей функциональной структурой основной исполнитель не включает особенности осуществления функций и рекомендуемые условия в действующий юридически значимый документ и не заключает соглашение, указанное в </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P1110">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпункте 4 пункта 56(6)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящей функциональной структуры, основным исполнителем является лицо, заключившее с разработчиком технологий соглашение в целях выпуска разработанной продукции, при условии соответствия такого соглашения положениям </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P348">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктов 79(6)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P356">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>79(7)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D128A6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07113AF4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Квалифицированные заказчики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0F6387" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="586A176B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">56(8). Квалифицированным заказчиком является российское юридическое лицо, в отношении которого в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P339">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 79(3)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности установлены особенности осуществления функций и рекомендуемые условия в действующем юридически значимом документе или соглашении об участии квалифицированного заказчика в реализации национального проекта по обеспечению технологического лидерства с учетом положений </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P1119">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>подпункта 3 пункта 56(9)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> настоящей функциональной структуры, при условии определения в указанном действующем юридически значимом документе (соглашении) такого лица в качестве квалифицированного заказчика и соответствия указанного действующего юридически значимого документа (соглашения) положениям </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P358">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункта 79(8)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79115ADB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="P1116"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">56(9). Квалифицированный заказчик дополнительно к функциям, предусмотренным </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId70">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>частью 1 статьи 14</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Закона о технологической политике:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D76E7C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>1) осуществляет контроль за соблюдением юридических условий соглашений, заключенных в целях создания высокотехнологичной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B64651" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2) осуществляет взаимодействие с участниками национального проекта по обеспечению технологического лидерства по вопросам реализации карты технологической кооперации и участвует в формировании ежегодного отчета о реализации карты технологической кооперации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B45EE8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="P1119"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">3) осуществляет иные функции, необходимые для реализации карты технологической кооперации, в том числе закрепленные за ним в рамках действующего юридически значимого документа или соглашения об участии квалифицированного заказчика в реализации национального проекта по обеспечению технологического лидерства, соответствующих положениям </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P358">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пункта 79(8)</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09A996B8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">56(10). В соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId71">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктом 3 части 1 статьи 14</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Закона о технологической политике возможность контроля создания и приемки высокотехнологичной продукции может быть обеспечена квалифицированным заказчиком с привлечением третьих лиц, обладающих необходимой компетенцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A07B94E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="255CC279" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
-[...91 lines deleted...]
-          </w:rPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>XII. Общественно-экспертный совет</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729D6D54" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C781366" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">57. Общественно-экспертный совет является коллегиальным органом, формируемым куратором национального проекта, куратором федерального проекта, не входящего в состав </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>национального проекта, или проектным комитетом по национальному проекту и федеральному проекту, не входящему в состав национального проекта, по представлению руководителя соответствующего проекта в целях внешнего экспертного сопровождения реализации соответствующего проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="458CE87A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Общественно-экспертный совет формируется с привлечением независимых представителей экспертных отраслевых сообществ и представителей общественных и деловых объединений, организаций и групп граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49BF618B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Для осуществления функций общественно-экспертного совета по решению куратора национального проекта, куратора федерального проекта, не входящего в состав национального проекта, или проектного комитета по национальному проекту и федеральному проекту, не входящему в состав национального проекта, могут формироваться экспертный совет и общественно-деловой совет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E0DE770" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>При необходимости по решению куратора национального проекта могут формироваться несколько общественно-экспертных советов по одному национальному проекту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06749AA5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>По решению куратора федерального проекта, не входящего в состав национального проекта (для федеральных проектов, не входящих в состав национальных проектов), по решению руководителя федерального органа исполнительной власти (для ведомственных проектов) функции общественно-экспертного совета в отношении федерального проекта, не входящего в состав национального проекта, или ведомственного проекта могут быть возложены на существующие консультативные или совещательные органы, сформированные при федеральном органе исполнительной власти, ответственном за реализацию соответствующего проекта, и включающие представителей общественных и экспертных организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425D4F15" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Допускается формирование одного общественно-экспертного совета по нескольким федеральным проектам, не входящим в состав национального проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10AFB9BD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>58. Общественно-экспертный совет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40754AB9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>1) участвует в определении общественно значимых результатов, задач и показателей национальных проектов, федеральных проектов, мероприятий (результатов) федеральных проектов, основных требований к результатам, а также к их качественным и количественным характеристикам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC0647C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2) формирует заключение на паспорт национального проекта, паспорт федерального проекта, входящего в состав национального проекта (при принятии решения об определении куратором национального проекта сроков рассмотрения - в пределах определенных сроков), заключение на паспорт федерального проекта, не входящего в состав национального проекта, паспорт ведомственного проекта и соответствующие единые запросы - при необходимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65DBDB9C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3) направляет в проектный комитет, руководителю национального проекта и руководителю федерального проекта предложения о повышении эффективности реализации национального проекта и федерального проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E84E589" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>4) по обращению проектного офиса Правительства Российской Федерации и (или) решению проектного комитета принимает участие в мониторинге реализации национальных проектов и федеральных проектов, а также в контрольных мероприятиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6687E6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>5) формирует при необходимости по решению руководителя соответствующего проекта заключения на проекты актов Правительства Российской Федерации, подготавливаемые в рамках реализации федеральных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77782ED6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">6) подготавливает в отношении единых запросов, предусматривающих изменение паспортов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>национальных проектов и паспортов федеральных проектов, соответствующие заключения в случаях, если изменения, содержащиеся в таких запросах на изменение, предусматривают изменение общественно значимых результатов, задач, показателей, мероприятий (результатов) (за исключением значений мероприятий (результатов) по годам реализации) и общего объема бюджетных ассигнований на реализацию соответствующих проектов, а также в иных случаях по предложению руководителей соответствующих проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58A9AEFE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>7) принимает участие при необходимости в оценке достижения мероприятий (результатов) федерального проекта, направляет соответствующие заключения в проектный комитет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00AB2BCE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">8) выполняет иные функции, предусмотренные </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="41BC3608" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>59. Предложения и замечания, содержащиеся в заключениях общественно-экспертного совета, могут быть учтены при доработке паспортов национальных проектов, паспортов федеральных проектов, соответствующих единых запросов, проектов актов Правительства Российской Федерации, подготавливаемых в ходе реализации федеральных проектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C71B396" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>60. При осуществлении своих функций общественно-экспертный совет взаимодействует с руководителем национального проекта и руководителем федерального проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61036F43" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>60(1). Заседания общественно-экспертного совета проводятся не реже одного раза в квартал в очной форме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD03B39" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">в части национальных проектов и федеральных проектов, входящих в состав национальных проектов, - при наличии вопросов для рассмотрения в соответствии с </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId72">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>Положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> об организации проектной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E7CEA66" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">в части федеральных проектов, не входящих в состав национальных проектов, ведомственных проектов, - при наличии решений, предусмотренных </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId73">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>пунктами 33</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId74">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>141</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> Положения об организации проектной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79392C15" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="215D2A73" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="P1253"/>
-[...67 lines deleted...]
-          </w:rPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>XIII. Центр компетенций проектной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E324B55" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A80AF48" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="P1147"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>61. Центр компетенций проектной деятельности осуществляет организационное, информационно-аналитическое и экспертное обеспечение деятельности проектного офиса Правительства Российской Федерации, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D127DB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>1) осуществляет отраслевую и научно-исследовательскую экспертизы реализации национальных проектов, федеральных проектов, региональных проектов, направленных на достижение показателей национальных проектов, и достижения их общественно значимых результатов, показателей и мероприятий (результатов), выполнения задач;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F3006E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>2) осуществляет взаимодействие с участниками проектной деятельности по вопросам реализации национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C64702D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3) оказывает экспертную и консультационную поддержку участникам проектной деятельности, работникам ведомственных проектных офисов, региональных проектных офисов в системе взаимодействия проектных офисов по вопросам реализации национальных проектов, федеральных проектов, региональных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44303DB2" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>4) участвует в формировании и развитии комплекса образовательных программ и оценке компетенций в сфере проектной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09BBBD38" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">5) организует в соответствии с отдельными решениями Правительства Российской Федерации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>проведение конференций, семинаров и иных мероприятий по вопросам реализации национальных проектов и федеральных проектов, а также по иным вопросам проектной деятельности в Правительстве Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0256C1DF" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">6) оказывает иное содействие проектному офису Правительства Российской Федерации при выполнении функций, предусмотренных настоящей функциональной структурой, </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...37 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="55584826" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36D4C63B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+      <w:bookmarkStart w:id="107" w:name="P1155"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>XIV. Аналитический центр при Правительстве</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC5898C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...168 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+      <w:r w:rsidRPr="006C6774">
+        <w:t>Российской Федерации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043A779C" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="520B548B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>62. Аналитический центр при Правительстве Российской Федерации осуществляет обеспечение исполнения функций проектного офиса Правительства Российской Федерации, в том числе в части формирования функциональных требований к системе "Электронный бюджет", участия в формировании функциональных требований к системе "Управление", а также в создании, сопровождении, эксплуатации и развитии системы "Электронный бюджет" и системы "Управление".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B72D2B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>63. Аналитический центр при Правительстве Российской Федерации осуществляет организационное, информационно-аналитическое и экспертное обеспечение деятельности проектного офиса Правительства Российской Федерации, в том числе осуществляет взаимодействие с участниками проектной деятельности по вопросам реализации национальных проектов, федеральных проектов, ведомственных проектов и региональных проектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="694C87D6" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>64. Аналитический центр при Правительстве Российской Федерации по поручению проектного офиса Правительства Российской Федерации осуществляет решение системных проблем, являющихся причиной возникновения однотипных проблем при реализации проектов, при взаимодействии со структурными подразделениями Аппарата Правительства Российской Федерации, федеральными органами исполнительной власти и исполнительными органами субъектов Российской Федерации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380405F1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">65. Аналитический центр при Правительстве Российской Федерации оказывает иное содействие проектному офису Правительства Российской Федерации при выполнении Аналитическим центром при Правительстве Российской Федерации функций, предусмотренных настоящей функциональной структурой, </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
+          <w:t>Положением</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D64C94B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>65(1). Аналитический центр при Правительстве Российской Федерации осуществляет мониторинг процесса управления рисками реализации проектов, осуществляемого руководителями проектов совместно с участниками проектной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8AF472" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63D0AE13" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>XV. Автономная некоммерческая организация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57B3080F" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>"Национальные приоритеты"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A491CA4" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31DC765A" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>66. Автономная некоммерческая организация "Национальные приоритеты" осуществляет обеспечение исполнения функций проектного офиса Правительства Российской Федерации в части организации информационного сопровождения реализации национальных проектов и брендинга результатов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71B52C11" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>1) осуществляет методологическое обеспечение информационного сопровождения реализации национальных проектов и брендинга результатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E686C0E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t xml:space="preserve">2) обеспечивает координацию и консультационную поддержку региональных проектных офисов в системе взаимодействия проектных офисов по вопросам проведения необходимых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
+        <w:t>мероприятий в рамках брендинга результатов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170633E0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>3) определяет совместно с Правительством Российской Федерации и высшим должностным лицом субъекта Российской Федерации цели информационного освещения национальных проектов для каждого субъекта Российской Федерации в соответствии с целями и задачами соответствующих национальных проектов и разрабатывает предложения по их достижению, включающие рекомендации для кураторов, руководителей национальных проектов, высших должностных лиц субъектов Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6400C33B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>4) разрабатывает и доводит до сведения ведомственных проектных офисов, ответственных за реализацию национальных проектов, и региональных проектных офисов методические рекомендации по информационному освещению национальных проектов и брендингу результатов, включающие форму, сроки и порядок представления отчетности о достижении мероприятий (результатов) в рамках коммуникационного освещения и реализации планов информационного продвижения национальных проектов, а также запрашивает у ведомственных проектных офисов и региональных проектных офисов отчетность по применению указанных методических рекомендаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C4EAABE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>5) разрабатывает совместно с проектным офисом Правительства Российской Федерации и доводит до сведения ведомственных проектных офисов и региональных проектных офисов ключевые показатели эффективности по информационному освещению национальных проектов и брендингу результатов и рекомендации по достижению ключевых показателей эффективности, а также обеспечивает оценку достижения ключевых показателей эффективности ведомственными проектными офисами и региональными проектными офисами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40F8FB9D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>6) осуществляет сбор и анализ полученных результатов по информационному освещению национальных проектов и брендингу результатов и направляет в проектный офис Правительства Российской Федерации сводный отчет о таких результатах (не реже одного раза в квартал);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD97F8B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>7) утверждает по согласованию с федеральными органами исполнительной власти, ответственными за реализацию национальных проектов, и проектным офисом Правительства Российской Федерации региональные планы информационного продвижения национальных проектов, учитывающие деятельность руководителей национальных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74FEB23D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>8) оказывает экспертную и консультационную поддержку ведомственным и региональным проектным офисам, проектным офисам организаций в системе взаимодействия проектных офисов по вопросам координации планов информационного продвижения национальных проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A08B795" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>9) обеспечивает создание, эксплуатацию и развитие информационной системы, осуществляющей получение необходимых материалов ведомственными проектными офисами и региональными проектными офисами, для обеспечения в соответствии с требованиями автономной некоммерческой организации "Национальные приоритеты" национальных проектов и брендинга результатов, а также утверждение и доведение до сведения пользователей указанной системы регламента работы с ней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B77BED8" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>10) обеспечивает регулярное проведение (не менее 2 раз в год) социологических исследований по вопросу отношения населения к реализации национальных проектов и инициатив социально-экономического развития Российской Федерации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE15E00" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:t>11) может проводить социологические опросы целевых групп национальных проектов, федеральных проектов по решению кураторов таких проектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE017D1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12FE8379" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusTitle"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>XVI. Оператор системы "Управление"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...12 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="49066491" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="154CDD94" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>67. Оператор системы "Управление":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="40DD3482" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1) выполняет функции, определенные </w:t>
       </w:r>
-      <w:hyperlink r:id="rId312">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId75">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> о государственной автоматизированной информационной системе "Управление", утвержденным постановлением Правительства Российской Федерации от 25 декабря 2009 г. N 1088 "О государственной автоматизированной информационной системе "Управление", для оператора системы "Управление";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="01342C7B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>2) оказывает консультационную и техническую поддержку работникам ведомственных проектных офисов и региональных проектных офисов, участникам проектной деятельности в системе взаимодействия проектных офисов по вопросам работы в системе "Управление";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="499B2893" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>3) осуществляет анализ и контроль качества и полноты данных в части параметров национальных проектов, федеральных проектов и ведомственных проектов, передаваемых в систему "Управление" из иных информационных систем;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...26 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="60706A97" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">4) оказывает иное содействие проектному офису Правительства Российской Федерации при выполнении им функций, предусмотренных настоящей функциональной структурой, </w:t>
       </w:r>
-      <w:hyperlink w:anchor="P61">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink w:anchor="P43">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положением</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> об организации проектной деятельности и иными нормативными правовыми актами в сфере проектной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...34 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="53B60A55" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09B732CD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5424A6BB" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D1D3FFC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="062C572E" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E192EC3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Утверждены</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="5723F1BD" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>постановлением Правительства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="18FDC617" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Российской Федерации</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="5AA51F72" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>от 31 октября 2018 г. N 1288</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="0BB43002" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="1AA27D2B" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="83" w:name="P1298"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="108" w:name="P1197"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r w:rsidRPr="006C6774">
         <w:t>ИЗМЕНЕНИЯ,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="66A89630" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitle"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t>КОТОРЫЕ ВНОСЯТСЯ В АКТЫ ПРАВИТЕЛЬСТВА РОССИЙСКОЙ ФЕДЕРАЦИИ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="6C9698C9" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="68703FB1" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId314">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId76">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Абзацы четвертый</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId77">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пятый пункта 1</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> порядка разработки и реализации федеральных целевых программ и межгосударственных целевых программ, в осуществлении которых участвует Российская Федерация, утвержденного постановлением Правительства Российской Федерации от 26 июня 1995 г. N 594 "О реализации Федерального закона "О поставках продукции для федеральных государственных нужд" (Собрание законодательства Российской Федерации, 1995, N 28, ст. 2669; 2003, N 12, ст. 1140; 2004, N 52, ст. 5506; 2009, N 47, ст. 5665; 2011, N 35, ст. 5095; 2016, N 43, ст. 6028; 2017, N 5, ст. 812), изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="35486010" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>"Допускается включение отдельных федеральных проектов и (или) мероприятий, входящих в состав федеральных проектов, в целевые программы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="349A1BD5" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>Разработка, реализация, изменение и финансовое обеспечение федеральных проектов, указанных в абзаце четвертом настоящего пункта, осуществляются в соответствии с Положением об организации проектной деятельности в Правительстве Российской Федерации, утвержденным постановлением Правительства Российской Федерации от 31 октября 2018 г. N 1288 "Об организации проектной деятельности в Правительстве Российской Федерации".".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="172A81F0" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId316">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId78">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Абзац четвертый пункта 3</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правил подготовки нормативных правовых актов федеральных органов исполнительной власти и их государственной регистрации, утвержденных постановлением Правительства Российской Федерации от 13 августа 1997 г. N 1009 "Об утверждении Правил подготовки нормативных правовых актов федеральных органов исполнительной власти и их государственной регистрации" (Собрание законодательства Российской Федерации, 1997, N 33, ст. 3895; 2009, N 2, ст. 240; 2010, N 21, ст. 2602; 2011, N 9, ст. 1251; N 29, ст. 4472; 2012, N 1, ст. 148; N 19, ст. 2419; N 38, ст. 5102; N 52, ст. 7491, 7507; 2013; N 48, ст. 6259; 2016, N 20, ст. 2832; N 43, ст. 6028; 2018, N 40, ст. 6142), изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="54C79992" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
+        <w:lastRenderedPageBreak/>
         <w:t>"Согласование проектов нормативных правовых актов, подготавливаемых в рамках реализации федеральных проектов, по решению проектного комитета по национальному проекту или федеральному проекту, утверждаемому президиумом Совета при Президенте Российской Федерации по стратегическому развитию и национальным проектам, осуществляется с учетом особенностей, установленных Положением об организации проектной деятельности в Правительстве Российской Федерации, утвержденным постановлением Правительства Российской Федерации от 31 октября 2018 г. N 1288 "Об организации проектной деятельности в Правительстве Российской Федерации".".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="085B5786" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">3. В </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId79">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзаце седьмом пункта 57</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Регламента Правительства Российской Федерации, утвержденного постановлением Правительства Российской Федерации от 1 июня 2004 г. N 260 "О Регламенте Правительства Российской Федерации и Положении об Аппарате Правительства Российской Федерации" (Собрание законодательства Российской Федерации, 2004, N 23, ст. 2313; 2006, N 29, ст. 3251; 2012, N 41, ст. 5635; 2015, N 31, ст. 4692; 2016, N 31, ст. 5025; 2016, N 43, ст. 6028; 2017, N 29, ст. 4374), слова "приоритетных проектов (программ), осуществляется в соответствии с" заменить словами "федеральных проектов, осуществляется с учетом особенностей, установленных".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="33396F38" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">4. В </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId80">
+        <w:r w:rsidRPr="006C6774">
           <w:t>абзаце девятом подпункта "б" пункта 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правил раскрытия федеральными органами исполнительной власти информации о подготовке проектов нормативных правовых актов и результатах их общественного обсуждения, утвержденных постановлением Правительства Российской Федерации от 25 августа 2012 г. N 851 "О порядке раскрытия федеральными органами исполнительной власти информации о подготовке проектов нормативных правовых актов и результатах их общественного обсуждения" (Собрание законодательства Российской Федерации, 2012, N 36, ст. 4902; 2014, N 32, ст. 4502; 2016, N 43, ст. 6028; 2018, N 6, ст. 880), слова "приоритетных проектов (программ)" заменить словами "федеральных проектов".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3D6C9262" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">5. В </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId81">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункте 2</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> Правил проведения федеральными органами исполнительной власти оценки регулирующего воздействия проектов нормативных правовых актов и проектов решений Евразийской экономической комиссии, утвержденных постановлением Правительства Российской Федерации от 17 декабря 2012 г. N 1318 "О порядке проведения федеральными органами исполнительной власти оценки регулирующего воздействия проектов нормативных правовых актов и проектов решений Евразийской экономической комиссии, а также о внесении изменений в некоторые акты Правительства Российской Федерации" (Собрание законодательства Российской Федерации, 2012, N 52, ст. 7491; 2015, N 6, ст. 965; N 36, ст. 5037; 2016, N 28, ст. 4738; N 43, ст. 6028; 2017, N 29, ст. 4374; N 41, ст. 5963), слова "приоритетных проектов (программ)" заменить словами "федеральных проектов".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="093887AE" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">6. В </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId82">
+        <w:r w:rsidRPr="006C6774">
           <w:t>Положении</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> о государственной интегрированной информационной системе управления общественными финансами "Электронный бюджет", утвержденном постановлением Правительства Российской Федерации от 30 июня 2015 г. N 658 "О государственной интегрированной информационной системе управления общественными финансами "Электронный бюджет" (Собрание законодательства Российской Федерации, 2015, N 28, ст. 4228; 2016, N 4, ст. 536; 2017, N 11, ст. 1573):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="58B9DC07" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">а) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId321">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId83">
+        <w:r w:rsidRPr="006C6774">
           <w:t>пункт 6</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> дополнить подпунктом "н" следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6D3ACCC3" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t>"н) управления национальными проектами.";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="03CE34FA" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:spacing w:before="220"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve">б) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322">
-[...3 lines deleted...]
-          </w:rPr>
+      <w:hyperlink r:id="rId84">
+        <w:r w:rsidRPr="006C6774">
           <w:t>подпункт "в" пункта 35</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="006C6774">
         <w:t xml:space="preserve"> после слов "в части передачи информации" дополнить словами "о реализации федеральных проектов,".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
-[...13 lines deleted...]
-    <w:p w:rsidR="00610A05" w:rsidRDefault="00610A05">
+    <w:p w14:paraId="18D31019" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="741D482D" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
+      <w:pPr>
+        <w:pStyle w:val="ConsPlusNormal"/>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2266CFEC" w14:textId="77777777" w:rsidR="006C6774" w:rsidRPr="006C6774" w:rsidRDefault="006C6774">
       <w:pPr>
         <w:pStyle w:val="ConsPlusNormal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="100" w:after="100"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009B0CF4" w:rsidRDefault="009B0CF4"/>
-    <w:sectPr w:rsidR="009B0CF4" w:rsidSect="00716E2D">
+    <w:p w14:paraId="5D436806" w14:textId="77777777" w:rsidR="009958FA" w:rsidRPr="006C6774" w:rsidRDefault="009958FA"/>
+    <w:sectPr w:rsidR="009958FA" w:rsidRPr="006C6774" w:rsidSect="00722E8B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00610A05"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009B0CF4"/>
+    <w:rsidRoot w:val="006C6774"/>
+    <w:rsid w:val="00323F82"/>
+    <w:rsid w:val="006C6774"/>
+    <w:rsid w:val="009958FA"/>
+    <w:rsid w:val="00E676EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="66C5BB08"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{64481189-660D-4E3F-8796-1C4CA8B0B72D}"/>
+  <w15:docId w15:val="{99DB0E5E-E353-4D7B-90DC-210DB1EF1CAC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -19675,212 +15865,221 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNormal">
     <w:name w:val="ConsPlusNormal"/>
-    <w:rsid w:val="00610A05"/>
+    <w:rsid w:val="006C6774"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusNonformat">
     <w:name w:val="ConsPlusNonformat"/>
-    <w:rsid w:val="00610A05"/>
+    <w:rsid w:val="006C6774"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitle">
     <w:name w:val="ConsPlusTitle"/>
-    <w:rsid w:val="00610A05"/>
+    <w:rsid w:val="006C6774"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusCell">
     <w:name w:val="ConsPlusCell"/>
-    <w:rsid w:val="00610A05"/>
+    <w:rsid w:val="006C6774"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusDocList">
     <w:name w:val="ConsPlusDocList"/>
-    <w:rsid w:val="00610A05"/>
+    <w:rsid w:val="006C6774"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTitlePage">
     <w:name w:val="ConsPlusTitlePage"/>
-    <w:rsid w:val="00610A05"/>
+    <w:rsid w:val="006C6774"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusJurTerm">
     <w:name w:val="ConsPlusJurTerm"/>
-    <w:rsid w:val="00610A05"/>
+    <w:rsid w:val="006C6774"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="26"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ConsPlusTextList">
     <w:name w:val="ConsPlusTextList"/>
-    <w:rsid w:val="00610A05"/>
+    <w:rsid w:val="006C6774"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100093" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100325" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499391&amp;dst=100005" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100027" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100152" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100167" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100216" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100283" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493612&amp;dst=100013" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100047" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100109" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=315563&amp;dst=100005" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=505544&amp;dst=100006" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100236" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100296" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100012" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100133" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100312" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100335" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100058" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100150" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100185" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508374&amp;dst=4298" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100257" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463713&amp;dst=100170" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100082" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=287235&amp;dst=101004" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100014" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100153" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100206" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100275" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511416&amp;dst=100012" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100285" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100030" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=503339&amp;dst=100009" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100059" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507235" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100299" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493612&amp;dst=100015" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100016" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100050" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100070" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481202&amp;dst=100010" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100137" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493615&amp;dst=100029" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100156" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499391&amp;dst=100012" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100207" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100242" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100263" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100286" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100314" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463712&amp;dst=100455" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=414294&amp;dst=100018" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=308363&amp;dst=100013" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100032" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=482079&amp;dst=100009" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100085" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100123" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100050" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100170" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507491" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507874&amp;dst=100013" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100220" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100244" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100276" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=420574&amp;dst=100005" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493626&amp;dst=100012" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100017" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100031" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100072" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100300" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=307841&amp;dst=100579" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=356721&amp;dst=100005" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100096" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481202&amp;dst=100010" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100158" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100180" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100209" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100222" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100265" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=303019&amp;dst=100015" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493626&amp;dst=100015" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100033" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100288" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100316" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463712&amp;dst=100561" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100038" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100086" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100125" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499391&amp;dst=100010" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100172" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100187" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100200" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100211" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100245" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465358&amp;dst=100010" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493612&amp;dst=100016" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100018" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100302" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=289201&amp;dst=100110" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100054" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100071" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100139" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100160" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507874&amp;dst=100276" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493612&amp;dst=100005" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511416&amp;dst=100020" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507235&amp;dst=100019" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100223" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100266" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100290" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100318" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463712&amp;dst=100778" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453646&amp;dst=100014" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100039" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100041" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100087" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100126" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100051" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100173" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100188" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100194" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493626&amp;dst=100005" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100212" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100246" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100277" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100303" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=279843&amp;dst=95" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493626&amp;dst=100012" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100019" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100032" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100074" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100101" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100140" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100059" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481361" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100181" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511416&amp;dst=100022" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100224" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453646&amp;dst=100035" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100291" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100319" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100338" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100011" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507874&amp;dst=100275" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100041" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100089" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481202&amp;dst=100010" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=213762&amp;dst=100016" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991&amp;dst=100122" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100053" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100174" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507874&amp;dst=100278" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100195" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100214" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100248" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486533&amp;dst=100008" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100304" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453646&amp;dst=100013" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=388365&amp;dst=100014" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100021" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100075" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100107" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100342" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507491" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100061" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100142" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100162" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511416&amp;dst=100013" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511416&amp;dst=100025" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100230" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100269" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=356721&amp;dst=100011" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100030" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100091" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100292" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100321" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100327" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100022" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100056" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100128" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100055" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100175" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100190" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=213762&amp;dst=100035" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499391&amp;dst=100014" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493626&amp;dst=100451" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100250" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507874&amp;dst=100275" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=489350&amp;dst=100171" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100278" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100306" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100013" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100077" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100108" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100144" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100164" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507491" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100344" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100043" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=482088&amp;dst=100009" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507874&amp;dst=100279" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100232" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=504507&amp;dst=100020" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100270" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100293" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100323" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493626&amp;dst=100013" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508563&amp;dst=100013" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100129" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=451089&amp;dst=100008" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507491" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100329" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=213762&amp;dst=100111" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=483455&amp;dst=100010" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100193" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511416&amp;dst=100014" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100030" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=453646&amp;dst=100031" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100252" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100280" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100307" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493612&amp;dst=100011" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508563&amp;dst=100011" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100047" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100146" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100165" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493875&amp;dst=100071" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=499391&amp;dst=100005" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100045" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100063" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100182" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100201" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100233" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100272" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100294" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100324" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100092" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100131" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100057" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100331" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100005" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493612&amp;dst=100017" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100025" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100033" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100176" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100060" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511416&amp;dst=100016" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100215" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100253" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100281" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100308" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100079" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100109" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100346" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507491&amp;dst=100375" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=388365&amp;dst=100010" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508563&amp;dst=100010" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100046" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100042" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507491" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100166" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100178" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100203" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100235" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100274" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507491" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100333" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=388365&amp;dst=100016" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100057" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100047" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507874&amp;dst=100277" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100199" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100255" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100081" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100310" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=388365&amp;dst=100005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511416&amp;dst=100012" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100148" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=287235&amp;dst=101003" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100065" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100152" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100205" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508563&amp;dst=100010" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100029" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100095" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100168" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507235" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100285" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493612&amp;dst=100014" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100110" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100297" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100049" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100136" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100179" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=331222&amp;dst=100005" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100240" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100313" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100336" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=308448" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=465327&amp;dst=100035" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100151" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100186" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511416&amp;dst=100018" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100259" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=504507&amp;dst=100019" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100084" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100276" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=307839&amp;dst=100165" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100030" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=481361" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511502&amp;dst=100278" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100150" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=213762&amp;dst=100111" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=483455&amp;dst=100010" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100128" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100256" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100235" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463712&amp;dst=100778" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=307841&amp;dst=100579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507235&amp;dst=100019" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100043" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100086" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100127" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100082" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100141" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511241&amp;dst=4298" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100128" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100310" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518331&amp;dst=100175" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=287235&amp;dst=101004" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=308448" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507235" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463712&amp;dst=100455" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=289201&amp;dst=100110" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100014" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=482079&amp;dst=100009" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510916&amp;dst=100010" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=508699&amp;dst=100029" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100325" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=451089&amp;dst=100008" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518331&amp;dst=100022" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100293" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100144" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493875&amp;dst=100071" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=213762&amp;dst=100035" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100011" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991&amp;dst=100122" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=475991" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518331&amp;dst=100022" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100142" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511502&amp;dst=100013" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518331&amp;dst=100022" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=493555&amp;dst=100014" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510916&amp;dst=100010" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=516405&amp;dst=100006" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=507235" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=486533&amp;dst=100008" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518331&amp;dst=100022" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=463712&amp;dst=100561" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=307839&amp;dst=100165" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=279843&amp;dst=95" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=303019&amp;dst=100015" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=308363&amp;dst=100013" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=482088&amp;dst=100009" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100256" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100014" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518331&amp;dst=100150" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=287235&amp;dst=101003" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=489350&amp;dst=100171" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100147" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100082" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=510916&amp;dst=100010" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=494804&amp;dst=100256" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=511498" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518331&amp;dst=100022" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=518331&amp;dst=100022" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://login.consultant.ru/link/?req=doc&amp;base=LAW&amp;n=213762&amp;dst=100016" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -20138,70 +16337,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>260403</Characters>
+  <Pages>90</Pages>
+  <Words>45777</Words>
+  <Characters>260930</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2170</Lines>
-  <Paragraphs>610</Paragraphs>
+  <Lines>2174</Lines>
+  <Paragraphs>612</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>305477</CharactersWithSpaces>
+  <CharactersWithSpaces>306095</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Дашиева Ганна Борисовна</dc:creator>
+  <dc:creator>Дорофеева Мария Михайловна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>